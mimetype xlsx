--- v0 (2025-10-02)
+++ v1 (2026-02-13)
@@ -11,101 +11,102 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="10402"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B7529E3-9A9A-3147-9794-CAAE41DA8CAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{848CC288-8F89-4FC7-85D7-5F3A19009D92}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2140" yWindow="760" windowWidth="28580" windowHeight="18580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="61065" yWindow="2025" windowWidth="19515" windowHeight="14880" firstSheet="7" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover Sheet" sheetId="12" r:id="rId1"/>
     <sheet name="Info" sheetId="10" r:id="rId2"/>
     <sheet name="population" sheetId="1" r:id="rId3"/>
     <sheet name="auto" sheetId="2" r:id="rId4"/>
     <sheet name="creditcard" sheetId="3" r:id="rId5"/>
     <sheet name="mortgage" sheetId="4" r:id="rId6"/>
-    <sheet name="student loan" sheetId="5" r:id="rId7"/>
+    <sheet name="studentloan" sheetId="5" r:id="rId7"/>
     <sheet name="total" sheetId="11" r:id="rId8"/>
     <sheet name="auto_delinq" sheetId="6" r:id="rId9"/>
     <sheet name="creditcard_delinq" sheetId="7" r:id="rId10"/>
     <sheet name="mortgage_delinq" sheetId="8" r:id="rId11"/>
     <sheet name="studentloan_delinq" sheetId="9" r:id="rId12"/>
   </sheets>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="838" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="874" uniqueCount="132">
   <si>
     <t>state</t>
   </si>
   <si>
     <t>AK</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
@@ -417,220 +418,223 @@
   <si>
     <t>Q4_2022</t>
   </si>
   <si>
     <t>Q4_2022</t>
   </si>
   <si>
     <t>Q4_2022</t>
   </si>
   <si>
     <t>Q4_2022</t>
   </si>
   <si>
     <t>Q4_2022</t>
   </si>
   <si>
     <t>Q4_2023</t>
   </si>
   <si>
     <t>Q4_2003</t>
   </si>
   <si>
     <t>Q4_2024</t>
   </si>
   <si>
-    <t>Citation: State Level Household Debt Statistics 2003-2024, Federal Reserve Bank of New York, April 2025</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="0" tint="-0.49995422223578601"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>NEW YORK FED</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="3" tint="0.59999389629810485"/>
+        <color theme="3" tint="0.59996337778862885"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="3" tint="0.59999389629810485"/>
+        <color theme="3" tint="0.59996337778862885"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>ECONOMIC RESEARCH</t>
     </r>
   </si>
   <si>
     <t>https://www.newyorkfed.org/research</t>
   </si>
   <si>
     <t>Please refer to our Terms of Use.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="0" tint="-0.49995422223578601"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Suggested citation:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="0" tint="-0.49995422223578601"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1" tint="0.499984740745262"/>
+        <color theme="1" tint="0.49995422223578601"/>
         <rFont val="Calibri (Body)"/>
       </rPr>
       <t>Source:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="1" tint="0.499984740745262"/>
+        <color theme="1" tint="0.49995422223578601"/>
         <rFont val="Calibri (Body)"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="2" tint="-0.499984740745262"/>
+        <color theme="2" tint="-0.49995422223578601"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>New York Fed Consumer Credit Panel / Equifax</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="0" tint="-0.49995422223578601"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Note: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="0" tint="-0.49995422223578601"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">The data here exclude US Territories like Guam and the US Virgin Islands, as well as certain other areas. In addition, they are subject to sampling variation. As such, national and state totals here may not match those reported in the Quarterly Report on Household Debt and Credit. </t>
     </r>
   </si>
   <si>
-    <t>State Level Household Debt Statistics 2003-2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Center for Microeconomic Data/Household Debt and Credit</t>
   </si>
   <si>
     <t>For any questions, please contact Joelle Scally, Joelle.Scally@ny.frb.org, or Donghoon Lee, Donghoon.Lee@ny.frb.org.</t>
-  </si>
-[...1 lines deleted...]
-    <t>State Level Household Debt Statistics 2003-2024, Federal Reserve Bank of New York, April 2025, https://www.newyorkfed.org/medialibrary/Interactives/householdcredit/data/xls/area_report_by_year</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color theme="0" tint="-0.14999847407452621"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>NEW YORK FED</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
-        <color theme="3" tint="0.59999389629810485"/>
+        <color theme="3" tint="0.59996337778862885"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  ECONOMIC RESEARCH</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">NEW YORK FED </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
-        <color theme="3" tint="0.59999389629810485"/>
+        <color theme="3" tint="0.59996337778862885"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> ECONOMIC RESEARCH</t>
     </r>
+  </si>
+  <si>
+    <t>Q4_2025</t>
+  </si>
+  <si>
+    <t>State Level Household Debt Statistics 2003-2025</t>
+  </si>
+  <si>
+    <t>State Level Household Debt Statistics 2003-2025, Federal Reserve Bank of New York, February 2026, https://www.newyorkfed.org/medialibrary/Interactives/householdcredit/data/xls/area_report_by_year</t>
+  </si>
+  <si>
+    <t>Citation: State Level Household Debt Statistics 2003-2025, Federal Reserve Bank of New York, February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="33">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -650,187 +654,187 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <color theme="0" tint="-0.49995422223578601"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="3" tint="0.59999389629810485"/>
+      <color theme="3" tint="0.59996337778862885"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="3" tint="0.59999389629810485"/>
+      <color theme="3" tint="0.59996337778862885"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF001F33"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="36"/>
       <color rgb="FF001F33"/>
       <name val="Roboto Condensed"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="2" tint="-0.499984740745262"/>
+      <color theme="2" tint="-0.49995422223578601"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.24994659260841701"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <color theme="0" tint="-0.49995422223578601"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1" tint="0.499984740745262"/>
+      <color theme="1" tint="0.49995422223578601"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <color theme="0" tint="-0.49995422223578601"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <color theme="0" tint="-0.49995422223578601"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1" tint="0.499984740745262"/>
+      <color theme="1" tint="0.49995422223578601"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <color theme="0" tint="-0.49995422223578601"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <color theme="0" tint="-0.49995422223578601"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="22"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="16"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
-      <color theme="3" tint="0.59999389629810485"/>
+      <color theme="3" tint="0.59996337778862885"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="0" tint="-0.14999847407452621"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF001F33"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1134,130 +1138,130 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="7" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="8" applyFill="1"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="10" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="8" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="8" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="8" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="8" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="9" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="10" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="8"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="8" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="8" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="8" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="8" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="8" applyFill="1" applyBorder="1"/>
-[...11 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="8" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="10" xfId="8" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="17" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="13" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="10" xfId="8" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="10" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="13" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="10" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="8" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Comma 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
-    <cellStyle name="Hyperlink 3" xfId="9" xr:uid="{ABA6CEA7-5AD8-7C4D-BC8C-E856B2BFD2CB}"/>
+    <cellStyle name="Hyperlink 3" xfId="9" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
-    <cellStyle name="Normal 3" xfId="8" xr:uid="{ED201114-8EE5-7A4B-8D94-D9303D1EF8D6}"/>
+    <cellStyle name="Normal 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.JPG"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.JPG"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.JPG"/></Relationships>
 </file>
@@ -1340,51 +1344,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADBF957E-18F2-CD4A-9D7D-7EBCF097DA31}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1439,51 +1443,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D58DFB96-AE01-554B-A71A-B18FDCAA0ACD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1538,51 +1542,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E56B6E64-0180-484D-99B8-4CAABE6A19A7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1637,51 +1641,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FDED09C-0D4F-B841-A989-62B3169EACB8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1736,51 +1740,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29E1D9FC-C7BB-C340-A9FF-0EB66CDE96E8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1830,51 +1834,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="5" name="Picture 4" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{819BA242-3CDC-6045-AE53-68419BA21D29}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1929,51 +1933,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CB300E2-941B-4847-B4AD-A81BC9CF7A47}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2028,51 +2032,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72242DC7-2B9F-7343-92DD-6FB9A9D98C1D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2127,51 +2131,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="5" name="Picture 4" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03D24DCE-D59D-CD47-8544-0019A1BD1AA6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2226,51 +2230,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EAD13EF-7703-AF4E-A2DF-9E87631A77EA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2325,51 +2329,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FEE4986-CFB2-6249-AA2E-816240AF526B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2419,51 +2423,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="5" name="Picture 4" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{613F597E-358F-8343-ADA2-B4466178741B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2513,51 +2517,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 6" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="7" name="Picture 6" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E408BE4E-E5F3-184B-AB94-CA1BA2D44C5B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2612,51 +2616,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{406F8D84-D1BA-7C45-A5D0-C44A8029A88D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -2711,51 +2715,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="151944"/>
           <a:ext cx="1651000" cy="638631"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>30163</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1670051" cy="727792"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue.&#10;">
+        <xdr:cNvPr id="3" name="Picture 2" descr="Logo of the Federal Reserve Bank of New York. This includes eagle and circle in light color over dark blue. ">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{684A8D97-EC06-C546-83DB-90A401B53441}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -3087,948 +3091,950 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newyorkfed.org/research.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E73D0554-E691-754D-BCAD-208097DCDC79}">
   <dimension ref="A1:P631"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="P17" sqref="P17"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="O8" sqref="O8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="16384" width="8.83203125" style="46"/>
+    <col min="1" max="12" width="8.81640625" style="41"/>
+    <col min="13" max="13" width="10.1796875" style="41" customWidth="1"/>
+    <col min="14" max="16384" width="8.81640625" style="41"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="32" customFormat="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="68" t="s">
+    <row r="1" spans="1:16" s="32" customFormat="1"/>
+    <row r="2" spans="1:16" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="58" t="s">
+        <v>127</v>
+      </c>
+      <c r="E2" s="58"/>
+      <c r="F2" s="58"/>
+      <c r="G2" s="58"/>
+      <c r="H2" s="58"/>
+      <c r="I2" s="58"/>
+      <c r="J2" s="58"/>
+      <c r="K2" s="58"/>
+    </row>
+    <row r="3" spans="1:16" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="58"/>
+      <c r="E3" s="58"/>
+      <c r="F3" s="58"/>
+      <c r="G3" s="58"/>
+      <c r="H3" s="58"/>
+      <c r="I3" s="58"/>
+      <c r="J3" s="58"/>
+      <c r="K3" s="58"/>
+    </row>
+    <row r="4" spans="1:16" s="32" customFormat="1">
+      <c r="D4" s="33" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" s="34" customFormat="1"/>
+    <row r="6" spans="1:16" s="49" customFormat="1" ht="28">
+      <c r="D6" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="E6" s="52"/>
+      <c r="F6" s="52"/>
+      <c r="G6" s="52"/>
+      <c r="H6" s="52"/>
+      <c r="I6" s="52"/>
+      <c r="J6" s="52"/>
+      <c r="K6" s="52"/>
+      <c r="L6" s="52"/>
+      <c r="M6" s="52"/>
+    </row>
+    <row r="7" spans="1:16" s="35" customFormat="1" ht="29" customHeight="1">
+      <c r="D7" s="36"/>
+      <c r="E7" s="36"/>
+      <c r="F7" s="36"/>
+      <c r="G7" s="36"/>
+      <c r="H7" s="36"/>
+      <c r="I7" s="36"/>
+      <c r="J7" s="36"/>
+      <c r="K7" s="36"/>
+      <c r="L7" s="36"/>
+      <c r="M7" s="36"/>
+    </row>
+    <row r="8" spans="1:16" s="51" customFormat="1" ht="40" customHeight="1">
+      <c r="A8" s="50"/>
+      <c r="C8" s="50"/>
+      <c r="D8" s="59" t="s">
+        <v>129</v>
+      </c>
+      <c r="E8" s="59"/>
+      <c r="F8" s="59"/>
+      <c r="G8" s="59"/>
+      <c r="H8" s="59"/>
+      <c r="I8" s="59"/>
+      <c r="J8" s="59"/>
+      <c r="K8" s="59"/>
+      <c r="L8" s="59"/>
+      <c r="M8" s="54"/>
+      <c r="N8" s="54"/>
+      <c r="O8" s="54"/>
+      <c r="P8" s="53"/>
+    </row>
+    <row r="9" spans="1:16" s="37" customFormat="1">
+      <c r="C9" s="44"/>
+      <c r="D9" s="44"/>
+      <c r="E9" s="44"/>
+      <c r="F9" s="44"/>
+      <c r="G9" s="44"/>
+      <c r="H9" s="44"/>
+      <c r="I9" s="44"/>
+      <c r="J9" s="44"/>
+      <c r="K9" s="44"/>
+      <c r="L9" s="44"/>
+      <c r="M9" s="44"/>
+      <c r="N9" s="44"/>
+      <c r="O9" s="44"/>
+      <c r="P9" s="44"/>
+    </row>
+    <row r="10" spans="1:16" s="37" customFormat="1">
+      <c r="D10" s="60" t="s">
+        <v>121</v>
+      </c>
+      <c r="E10" s="61"/>
+      <c r="F10" s="61"/>
+      <c r="G10" s="61"/>
+      <c r="H10" s="61"/>
+      <c r="I10" s="61"/>
+      <c r="J10" s="61"/>
+      <c r="K10" s="61"/>
+      <c r="L10" s="61"/>
+      <c r="M10" s="61"/>
+      <c r="N10" s="61"/>
+      <c r="O10" s="61"/>
+    </row>
+    <row r="11" spans="1:16" s="37" customFormat="1" ht="50" customHeight="1">
+      <c r="D11" s="62" t="s">
         <v>130</v>
       </c>
-      <c r="E2" s="68"/>
-[...18 lines deleted...]
-      <c r="D4" s="34" t="s">
+      <c r="E11" s="63"/>
+      <c r="F11" s="63"/>
+      <c r="G11" s="63"/>
+      <c r="H11" s="63"/>
+      <c r="I11" s="63"/>
+      <c r="J11" s="63"/>
+      <c r="K11" s="63"/>
+      <c r="L11" s="63"/>
+      <c r="M11" s="64"/>
+    </row>
+    <row r="12" spans="1:16" s="37" customFormat="1" ht="23.25" customHeight="1">
+      <c r="A12" s="42"/>
+      <c r="B12" s="43"/>
+      <c r="C12" s="43"/>
+      <c r="D12" s="38" t="s">
+        <v>122</v>
+      </c>
+      <c r="E12" s="34"/>
+      <c r="F12" s="34"/>
+      <c r="G12" s="34"/>
+      <c r="H12" s="34"/>
+      <c r="I12" s="34"/>
+      <c r="J12" s="34"/>
+      <c r="K12" s="42"/>
+    </row>
+    <row r="13" spans="1:16" s="42" customFormat="1" ht="58" customHeight="1">
+      <c r="A13" s="37"/>
+      <c r="B13" s="37"/>
+      <c r="D13" s="65" t="s">
+        <v>123</v>
+      </c>
+      <c r="E13" s="66"/>
+      <c r="F13" s="66"/>
+      <c r="G13" s="66"/>
+      <c r="H13" s="66"/>
+      <c r="I13" s="66"/>
+      <c r="J13" s="66"/>
+      <c r="K13" s="67"/>
+    </row>
+    <row r="14" spans="1:16" s="37" customFormat="1" ht="43" customHeight="1">
+      <c r="A14" s="44"/>
+      <c r="B14" s="45"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="47"/>
+      <c r="F14" s="47"/>
+      <c r="G14" s="47"/>
+      <c r="H14" s="47"/>
+      <c r="I14" s="47"/>
+      <c r="J14" s="47"/>
+      <c r="K14" s="47"/>
+      <c r="L14" s="48"/>
+    </row>
+    <row r="15" spans="1:16" s="44" customFormat="1" ht="23.25" customHeight="1">
+      <c r="B15" s="45"/>
+      <c r="C15" s="45"/>
+      <c r="D15" s="39" t="s">
+        <v>125</v>
+      </c>
+      <c r="E15" s="34"/>
+      <c r="F15" s="34"/>
+      <c r="G15" s="34"/>
+      <c r="H15" s="34"/>
+      <c r="I15" s="34"/>
+      <c r="J15" s="7"/>
+    </row>
+    <row r="16" spans="1:16" s="37" customFormat="1">
+      <c r="D16" s="40" t="s">
         <v>120</v>
       </c>
-    </row>
-[...155 lines deleted...]
-      <c r="I16" s="35"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="34"/>
+      <c r="H16" s="34"/>
+      <c r="I16" s="34"/>
       <c r="J16" s="7"/>
     </row>
-    <row r="17" s="38" customFormat="1" x14ac:dyDescent="0.2"/>
-[...613 lines deleted...]
-    <row r="631" s="38" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="17" s="37" customFormat="1"/>
+    <row r="18" s="37" customFormat="1"/>
+    <row r="19" s="37" customFormat="1"/>
+    <row r="20" s="37" customFormat="1"/>
+    <row r="21" s="37" customFormat="1"/>
+    <row r="22" s="37" customFormat="1"/>
+    <row r="23" s="37" customFormat="1"/>
+    <row r="24" s="37" customFormat="1"/>
+    <row r="25" s="37" customFormat="1"/>
+    <row r="26" s="37" customFormat="1"/>
+    <row r="27" s="37" customFormat="1"/>
+    <row r="28" s="37" customFormat="1"/>
+    <row r="29" s="37" customFormat="1"/>
+    <row r="30" s="37" customFormat="1"/>
+    <row r="31" s="37" customFormat="1"/>
+    <row r="32" s="37" customFormat="1"/>
+    <row r="33" s="37" customFormat="1"/>
+    <row r="34" s="37" customFormat="1"/>
+    <row r="35" s="37" customFormat="1"/>
+    <row r="36" s="37" customFormat="1"/>
+    <row r="37" s="37" customFormat="1"/>
+    <row r="38" s="37" customFormat="1"/>
+    <row r="39" s="37" customFormat="1"/>
+    <row r="40" s="37" customFormat="1"/>
+    <row r="41" s="37" customFormat="1"/>
+    <row r="42" s="37" customFormat="1"/>
+    <row r="43" s="37" customFormat="1"/>
+    <row r="44" s="37" customFormat="1"/>
+    <row r="45" s="37" customFormat="1"/>
+    <row r="46" s="37" customFormat="1"/>
+    <row r="47" s="37" customFormat="1"/>
+    <row r="48" s="37" customFormat="1"/>
+    <row r="49" s="37" customFormat="1"/>
+    <row r="50" s="37" customFormat="1"/>
+    <row r="51" s="37" customFormat="1"/>
+    <row r="52" s="37" customFormat="1"/>
+    <row r="53" s="37" customFormat="1"/>
+    <row r="54" s="37" customFormat="1"/>
+    <row r="55" s="37" customFormat="1"/>
+    <row r="56" s="37" customFormat="1"/>
+    <row r="57" s="37" customFormat="1"/>
+    <row r="58" s="37" customFormat="1"/>
+    <row r="59" s="37" customFormat="1"/>
+    <row r="60" s="37" customFormat="1"/>
+    <row r="61" s="37" customFormat="1"/>
+    <row r="62" s="37" customFormat="1"/>
+    <row r="63" s="37" customFormat="1"/>
+    <row r="64" s="37" customFormat="1"/>
+    <row r="65" s="37" customFormat="1"/>
+    <row r="66" s="37" customFormat="1"/>
+    <row r="67" s="37" customFormat="1"/>
+    <row r="68" s="37" customFormat="1"/>
+    <row r="69" s="37" customFormat="1"/>
+    <row r="70" s="37" customFormat="1"/>
+    <row r="71" s="37" customFormat="1"/>
+    <row r="72" s="37" customFormat="1"/>
+    <row r="73" s="37" customFormat="1"/>
+    <row r="74" s="37" customFormat="1"/>
+    <row r="75" s="37" customFormat="1"/>
+    <row r="76" s="37" customFormat="1"/>
+    <row r="77" s="37" customFormat="1"/>
+    <row r="78" s="37" customFormat="1"/>
+    <row r="79" s="37" customFormat="1"/>
+    <row r="80" s="37" customFormat="1"/>
+    <row r="81" s="37" customFormat="1"/>
+    <row r="82" s="37" customFormat="1"/>
+    <row r="83" s="37" customFormat="1"/>
+    <row r="84" s="37" customFormat="1"/>
+    <row r="85" s="37" customFormat="1"/>
+    <row r="86" s="37" customFormat="1"/>
+    <row r="87" s="37" customFormat="1"/>
+    <row r="88" s="37" customFormat="1"/>
+    <row r="89" s="37" customFormat="1"/>
+    <row r="90" s="37" customFormat="1"/>
+    <row r="91" s="37" customFormat="1"/>
+    <row r="92" s="37" customFormat="1"/>
+    <row r="93" s="37" customFormat="1"/>
+    <row r="94" s="37" customFormat="1"/>
+    <row r="95" s="37" customFormat="1"/>
+    <row r="96" s="37" customFormat="1"/>
+    <row r="97" s="37" customFormat="1"/>
+    <row r="98" s="37" customFormat="1"/>
+    <row r="99" s="37" customFormat="1"/>
+    <row r="100" s="37" customFormat="1"/>
+    <row r="101" s="37" customFormat="1"/>
+    <row r="102" s="37" customFormat="1"/>
+    <row r="103" s="37" customFormat="1"/>
+    <row r="104" s="37" customFormat="1"/>
+    <row r="105" s="37" customFormat="1"/>
+    <row r="106" s="37" customFormat="1"/>
+    <row r="107" s="37" customFormat="1"/>
+    <row r="108" s="37" customFormat="1"/>
+    <row r="109" s="37" customFormat="1"/>
+    <row r="110" s="37" customFormat="1"/>
+    <row r="111" s="37" customFormat="1"/>
+    <row r="112" s="37" customFormat="1"/>
+    <row r="113" s="37" customFormat="1"/>
+    <row r="114" s="37" customFormat="1"/>
+    <row r="115" s="37" customFormat="1"/>
+    <row r="116" s="37" customFormat="1"/>
+    <row r="117" s="37" customFormat="1"/>
+    <row r="118" s="37" customFormat="1"/>
+    <row r="119" s="37" customFormat="1"/>
+    <row r="120" s="37" customFormat="1"/>
+    <row r="121" s="37" customFormat="1"/>
+    <row r="122" s="37" customFormat="1"/>
+    <row r="123" s="37" customFormat="1"/>
+    <row r="124" s="37" customFormat="1"/>
+    <row r="125" s="37" customFormat="1"/>
+    <row r="126" s="37" customFormat="1"/>
+    <row r="127" s="37" customFormat="1"/>
+    <row r="128" s="37" customFormat="1"/>
+    <row r="129" s="37" customFormat="1"/>
+    <row r="130" s="37" customFormat="1"/>
+    <row r="131" s="37" customFormat="1"/>
+    <row r="132" s="37" customFormat="1"/>
+    <row r="133" s="37" customFormat="1"/>
+    <row r="134" s="37" customFormat="1"/>
+    <row r="135" s="37" customFormat="1"/>
+    <row r="136" s="37" customFormat="1"/>
+    <row r="137" s="37" customFormat="1"/>
+    <row r="138" s="37" customFormat="1"/>
+    <row r="139" s="37" customFormat="1"/>
+    <row r="140" s="37" customFormat="1"/>
+    <row r="141" s="37" customFormat="1"/>
+    <row r="142" s="37" customFormat="1"/>
+    <row r="143" s="37" customFormat="1"/>
+    <row r="144" s="37" customFormat="1"/>
+    <row r="145" s="37" customFormat="1"/>
+    <row r="146" s="37" customFormat="1"/>
+    <row r="147" s="37" customFormat="1"/>
+    <row r="148" s="37" customFormat="1"/>
+    <row r="149" s="37" customFormat="1"/>
+    <row r="150" s="37" customFormat="1"/>
+    <row r="151" s="37" customFormat="1"/>
+    <row r="152" s="37" customFormat="1"/>
+    <row r="153" s="37" customFormat="1"/>
+    <row r="154" s="37" customFormat="1"/>
+    <row r="155" s="37" customFormat="1"/>
+    <row r="156" s="37" customFormat="1"/>
+    <row r="157" s="37" customFormat="1"/>
+    <row r="158" s="37" customFormat="1"/>
+    <row r="159" s="37" customFormat="1"/>
+    <row r="160" s="37" customFormat="1"/>
+    <row r="161" s="37" customFormat="1"/>
+    <row r="162" s="37" customFormat="1"/>
+    <row r="163" s="37" customFormat="1"/>
+    <row r="164" s="37" customFormat="1"/>
+    <row r="165" s="37" customFormat="1"/>
+    <row r="166" s="37" customFormat="1"/>
+    <row r="167" s="37" customFormat="1"/>
+    <row r="168" s="37" customFormat="1"/>
+    <row r="169" s="37" customFormat="1"/>
+    <row r="170" s="37" customFormat="1"/>
+    <row r="171" s="37" customFormat="1"/>
+    <row r="172" s="37" customFormat="1"/>
+    <row r="173" s="37" customFormat="1"/>
+    <row r="174" s="37" customFormat="1"/>
+    <row r="175" s="37" customFormat="1"/>
+    <row r="176" s="37" customFormat="1"/>
+    <row r="177" s="37" customFormat="1"/>
+    <row r="178" s="37" customFormat="1"/>
+    <row r="179" s="37" customFormat="1"/>
+    <row r="180" s="37" customFormat="1"/>
+    <row r="181" s="37" customFormat="1"/>
+    <row r="182" s="37" customFormat="1"/>
+    <row r="183" s="37" customFormat="1"/>
+    <row r="184" s="37" customFormat="1"/>
+    <row r="185" s="37" customFormat="1"/>
+    <row r="186" s="37" customFormat="1"/>
+    <row r="187" s="37" customFormat="1"/>
+    <row r="188" s="37" customFormat="1"/>
+    <row r="189" s="37" customFormat="1"/>
+    <row r="190" s="37" customFormat="1"/>
+    <row r="191" s="37" customFormat="1"/>
+    <row r="192" s="37" customFormat="1"/>
+    <row r="193" s="37" customFormat="1"/>
+    <row r="194" s="37" customFormat="1"/>
+    <row r="195" s="37" customFormat="1"/>
+    <row r="196" s="37" customFormat="1"/>
+    <row r="197" s="37" customFormat="1"/>
+    <row r="198" s="37" customFormat="1"/>
+    <row r="199" s="37" customFormat="1"/>
+    <row r="200" s="37" customFormat="1"/>
+    <row r="201" s="37" customFormat="1"/>
+    <row r="202" s="37" customFormat="1"/>
+    <row r="203" s="37" customFormat="1"/>
+    <row r="204" s="37" customFormat="1"/>
+    <row r="205" s="37" customFormat="1"/>
+    <row r="206" s="37" customFormat="1"/>
+    <row r="207" s="37" customFormat="1"/>
+    <row r="208" s="37" customFormat="1"/>
+    <row r="209" s="37" customFormat="1"/>
+    <row r="210" s="37" customFormat="1"/>
+    <row r="211" s="37" customFormat="1"/>
+    <row r="212" s="37" customFormat="1"/>
+    <row r="213" s="37" customFormat="1"/>
+    <row r="214" s="37" customFormat="1"/>
+    <row r="215" s="37" customFormat="1"/>
+    <row r="216" s="37" customFormat="1"/>
+    <row r="217" s="37" customFormat="1"/>
+    <row r="218" s="37" customFormat="1"/>
+    <row r="219" s="37" customFormat="1"/>
+    <row r="220" s="37" customFormat="1"/>
+    <row r="221" s="37" customFormat="1"/>
+    <row r="222" s="37" customFormat="1"/>
+    <row r="223" s="37" customFormat="1"/>
+    <row r="224" s="37" customFormat="1"/>
+    <row r="225" s="37" customFormat="1"/>
+    <row r="226" s="37" customFormat="1"/>
+    <row r="227" s="37" customFormat="1"/>
+    <row r="228" s="37" customFormat="1"/>
+    <row r="229" s="37" customFormat="1"/>
+    <row r="230" s="37" customFormat="1"/>
+    <row r="231" s="37" customFormat="1"/>
+    <row r="232" s="37" customFormat="1"/>
+    <row r="233" s="37" customFormat="1"/>
+    <row r="234" s="37" customFormat="1"/>
+    <row r="235" s="37" customFormat="1"/>
+    <row r="236" s="37" customFormat="1"/>
+    <row r="237" s="37" customFormat="1"/>
+    <row r="238" s="37" customFormat="1"/>
+    <row r="239" s="37" customFormat="1"/>
+    <row r="240" s="37" customFormat="1"/>
+    <row r="241" s="37" customFormat="1"/>
+    <row r="242" s="37" customFormat="1"/>
+    <row r="243" s="37" customFormat="1"/>
+    <row r="244" s="37" customFormat="1"/>
+    <row r="245" s="37" customFormat="1"/>
+    <row r="246" s="37" customFormat="1"/>
+    <row r="247" s="37" customFormat="1"/>
+    <row r="248" s="37" customFormat="1"/>
+    <row r="249" s="37" customFormat="1"/>
+    <row r="250" s="37" customFormat="1"/>
+    <row r="251" s="37" customFormat="1"/>
+    <row r="252" s="37" customFormat="1"/>
+    <row r="253" s="37" customFormat="1"/>
+    <row r="254" s="37" customFormat="1"/>
+    <row r="255" s="37" customFormat="1"/>
+    <row r="256" s="37" customFormat="1"/>
+    <row r="257" s="37" customFormat="1"/>
+    <row r="258" s="37" customFormat="1"/>
+    <row r="259" s="37" customFormat="1"/>
+    <row r="260" s="37" customFormat="1"/>
+    <row r="261" s="37" customFormat="1"/>
+    <row r="262" s="37" customFormat="1"/>
+    <row r="263" s="37" customFormat="1"/>
+    <row r="264" s="37" customFormat="1"/>
+    <row r="265" s="37" customFormat="1"/>
+    <row r="266" s="37" customFormat="1"/>
+    <row r="267" s="37" customFormat="1"/>
+    <row r="268" s="37" customFormat="1"/>
+    <row r="269" s="37" customFormat="1"/>
+    <row r="270" s="37" customFormat="1"/>
+    <row r="271" s="37" customFormat="1"/>
+    <row r="272" s="37" customFormat="1"/>
+    <row r="273" s="37" customFormat="1"/>
+    <row r="274" s="37" customFormat="1"/>
+    <row r="275" s="37" customFormat="1"/>
+    <row r="276" s="37" customFormat="1"/>
+    <row r="277" s="37" customFormat="1"/>
+    <row r="278" s="37" customFormat="1"/>
+    <row r="279" s="37" customFormat="1"/>
+    <row r="280" s="37" customFormat="1"/>
+    <row r="281" s="37" customFormat="1"/>
+    <row r="282" s="37" customFormat="1"/>
+    <row r="283" s="37" customFormat="1"/>
+    <row r="284" s="37" customFormat="1"/>
+    <row r="285" s="37" customFormat="1"/>
+    <row r="286" s="37" customFormat="1"/>
+    <row r="287" s="37" customFormat="1"/>
+    <row r="288" s="37" customFormat="1"/>
+    <row r="289" s="37" customFormat="1"/>
+    <row r="290" s="37" customFormat="1"/>
+    <row r="291" s="37" customFormat="1"/>
+    <row r="292" s="37" customFormat="1"/>
+    <row r="293" s="37" customFormat="1"/>
+    <row r="294" s="37" customFormat="1"/>
+    <row r="295" s="37" customFormat="1"/>
+    <row r="296" s="37" customFormat="1"/>
+    <row r="297" s="37" customFormat="1"/>
+    <row r="298" s="37" customFormat="1"/>
+    <row r="299" s="37" customFormat="1"/>
+    <row r="300" s="37" customFormat="1"/>
+    <row r="301" s="37" customFormat="1"/>
+    <row r="302" s="37" customFormat="1"/>
+    <row r="303" s="37" customFormat="1"/>
+    <row r="304" s="37" customFormat="1"/>
+    <row r="305" s="37" customFormat="1"/>
+    <row r="306" s="37" customFormat="1"/>
+    <row r="307" s="37" customFormat="1"/>
+    <row r="308" s="37" customFormat="1"/>
+    <row r="309" s="37" customFormat="1"/>
+    <row r="310" s="37" customFormat="1"/>
+    <row r="311" s="37" customFormat="1"/>
+    <row r="312" s="37" customFormat="1"/>
+    <row r="313" s="37" customFormat="1"/>
+    <row r="314" s="37" customFormat="1"/>
+    <row r="315" s="37" customFormat="1"/>
+    <row r="316" s="37" customFormat="1"/>
+    <row r="317" s="37" customFormat="1"/>
+    <row r="318" s="37" customFormat="1"/>
+    <row r="319" s="37" customFormat="1"/>
+    <row r="320" s="37" customFormat="1"/>
+    <row r="321" s="37" customFormat="1"/>
+    <row r="322" s="37" customFormat="1"/>
+    <row r="323" s="37" customFormat="1"/>
+    <row r="324" s="37" customFormat="1"/>
+    <row r="325" s="37" customFormat="1"/>
+    <row r="326" s="37" customFormat="1"/>
+    <row r="327" s="37" customFormat="1"/>
+    <row r="328" s="37" customFormat="1"/>
+    <row r="329" s="37" customFormat="1"/>
+    <row r="330" s="37" customFormat="1"/>
+    <row r="331" s="37" customFormat="1"/>
+    <row r="332" s="37" customFormat="1"/>
+    <row r="333" s="37" customFormat="1"/>
+    <row r="334" s="37" customFormat="1"/>
+    <row r="335" s="37" customFormat="1"/>
+    <row r="336" s="37" customFormat="1"/>
+    <row r="337" s="37" customFormat="1"/>
+    <row r="338" s="37" customFormat="1"/>
+    <row r="339" s="37" customFormat="1"/>
+    <row r="340" s="37" customFormat="1"/>
+    <row r="341" s="37" customFormat="1"/>
+    <row r="342" s="37" customFormat="1"/>
+    <row r="343" s="37" customFormat="1"/>
+    <row r="344" s="37" customFormat="1"/>
+    <row r="345" s="37" customFormat="1"/>
+    <row r="346" s="37" customFormat="1"/>
+    <row r="347" s="37" customFormat="1"/>
+    <row r="348" s="37" customFormat="1"/>
+    <row r="349" s="37" customFormat="1"/>
+    <row r="350" s="37" customFormat="1"/>
+    <row r="351" s="37" customFormat="1"/>
+    <row r="352" s="37" customFormat="1"/>
+    <row r="353" s="37" customFormat="1"/>
+    <row r="354" s="37" customFormat="1"/>
+    <row r="355" s="37" customFormat="1"/>
+    <row r="356" s="37" customFormat="1"/>
+    <row r="357" s="37" customFormat="1"/>
+    <row r="358" s="37" customFormat="1"/>
+    <row r="359" s="37" customFormat="1"/>
+    <row r="360" s="37" customFormat="1"/>
+    <row r="361" s="37" customFormat="1"/>
+    <row r="362" s="37" customFormat="1"/>
+    <row r="363" s="37" customFormat="1"/>
+    <row r="364" s="37" customFormat="1"/>
+    <row r="365" s="37" customFormat="1"/>
+    <row r="366" s="37" customFormat="1"/>
+    <row r="367" s="37" customFormat="1"/>
+    <row r="368" s="37" customFormat="1"/>
+    <row r="369" s="37" customFormat="1"/>
+    <row r="370" s="37" customFormat="1"/>
+    <row r="371" s="37" customFormat="1"/>
+    <row r="372" s="37" customFormat="1"/>
+    <row r="373" s="37" customFormat="1"/>
+    <row r="374" s="37" customFormat="1"/>
+    <row r="375" s="37" customFormat="1"/>
+    <row r="376" s="37" customFormat="1"/>
+    <row r="377" s="37" customFormat="1"/>
+    <row r="378" s="37" customFormat="1"/>
+    <row r="379" s="37" customFormat="1"/>
+    <row r="380" s="37" customFormat="1"/>
+    <row r="381" s="37" customFormat="1"/>
+    <row r="382" s="37" customFormat="1"/>
+    <row r="383" s="37" customFormat="1"/>
+    <row r="384" s="37" customFormat="1"/>
+    <row r="385" s="37" customFormat="1"/>
+    <row r="386" s="37" customFormat="1"/>
+    <row r="387" s="37" customFormat="1"/>
+    <row r="388" s="37" customFormat="1"/>
+    <row r="389" s="37" customFormat="1"/>
+    <row r="390" s="37" customFormat="1"/>
+    <row r="391" s="37" customFormat="1"/>
+    <row r="392" s="37" customFormat="1"/>
+    <row r="393" s="37" customFormat="1"/>
+    <row r="394" s="37" customFormat="1"/>
+    <row r="395" s="37" customFormat="1"/>
+    <row r="396" s="37" customFormat="1"/>
+    <row r="397" s="37" customFormat="1"/>
+    <row r="398" s="37" customFormat="1"/>
+    <row r="399" s="37" customFormat="1"/>
+    <row r="400" s="37" customFormat="1"/>
+    <row r="401" s="37" customFormat="1"/>
+    <row r="402" s="37" customFormat="1"/>
+    <row r="403" s="37" customFormat="1"/>
+    <row r="404" s="37" customFormat="1"/>
+    <row r="405" s="37" customFormat="1"/>
+    <row r="406" s="37" customFormat="1"/>
+    <row r="407" s="37" customFormat="1"/>
+    <row r="408" s="37" customFormat="1"/>
+    <row r="409" s="37" customFormat="1"/>
+    <row r="410" s="37" customFormat="1"/>
+    <row r="411" s="37" customFormat="1"/>
+    <row r="412" s="37" customFormat="1"/>
+    <row r="413" s="37" customFormat="1"/>
+    <row r="414" s="37" customFormat="1"/>
+    <row r="415" s="37" customFormat="1"/>
+    <row r="416" s="37" customFormat="1"/>
+    <row r="417" s="37" customFormat="1"/>
+    <row r="418" s="37" customFormat="1"/>
+    <row r="419" s="37" customFormat="1"/>
+    <row r="420" s="37" customFormat="1"/>
+    <row r="421" s="37" customFormat="1"/>
+    <row r="422" s="37" customFormat="1"/>
+    <row r="423" s="37" customFormat="1"/>
+    <row r="424" s="37" customFormat="1"/>
+    <row r="425" s="37" customFormat="1"/>
+    <row r="426" s="37" customFormat="1"/>
+    <row r="427" s="37" customFormat="1"/>
+    <row r="428" s="37" customFormat="1"/>
+    <row r="429" s="37" customFormat="1"/>
+    <row r="430" s="37" customFormat="1"/>
+    <row r="431" s="37" customFormat="1"/>
+    <row r="432" s="37" customFormat="1"/>
+    <row r="433" s="37" customFormat="1"/>
+    <row r="434" s="37" customFormat="1"/>
+    <row r="435" s="37" customFormat="1"/>
+    <row r="436" s="37" customFormat="1"/>
+    <row r="437" s="37" customFormat="1"/>
+    <row r="438" s="37" customFormat="1"/>
+    <row r="439" s="37" customFormat="1"/>
+    <row r="440" s="37" customFormat="1"/>
+    <row r="441" s="37" customFormat="1"/>
+    <row r="442" s="37" customFormat="1"/>
+    <row r="443" s="37" customFormat="1"/>
+    <row r="444" s="37" customFormat="1"/>
+    <row r="445" s="37" customFormat="1"/>
+    <row r="446" s="37" customFormat="1"/>
+    <row r="447" s="37" customFormat="1"/>
+    <row r="448" s="37" customFormat="1"/>
+    <row r="449" s="37" customFormat="1"/>
+    <row r="450" s="37" customFormat="1"/>
+    <row r="451" s="37" customFormat="1"/>
+    <row r="452" s="37" customFormat="1"/>
+    <row r="453" s="37" customFormat="1"/>
+    <row r="454" s="37" customFormat="1"/>
+    <row r="455" s="37" customFormat="1"/>
+    <row r="456" s="37" customFormat="1"/>
+    <row r="457" s="37" customFormat="1"/>
+    <row r="458" s="37" customFormat="1"/>
+    <row r="459" s="37" customFormat="1"/>
+    <row r="460" s="37" customFormat="1"/>
+    <row r="461" s="37" customFormat="1"/>
+    <row r="462" s="37" customFormat="1"/>
+    <row r="463" s="37" customFormat="1"/>
+    <row r="464" s="37" customFormat="1"/>
+    <row r="465" s="37" customFormat="1"/>
+    <row r="466" s="37" customFormat="1"/>
+    <row r="467" s="37" customFormat="1"/>
+    <row r="468" s="37" customFormat="1"/>
+    <row r="469" s="37" customFormat="1"/>
+    <row r="470" s="37" customFormat="1"/>
+    <row r="471" s="37" customFormat="1"/>
+    <row r="472" s="37" customFormat="1"/>
+    <row r="473" s="37" customFormat="1"/>
+    <row r="474" s="37" customFormat="1"/>
+    <row r="475" s="37" customFormat="1"/>
+    <row r="476" s="37" customFormat="1"/>
+    <row r="477" s="37" customFormat="1"/>
+    <row r="478" s="37" customFormat="1"/>
+    <row r="479" s="37" customFormat="1"/>
+    <row r="480" s="37" customFormat="1"/>
+    <row r="481" s="37" customFormat="1"/>
+    <row r="482" s="37" customFormat="1"/>
+    <row r="483" s="37" customFormat="1"/>
+    <row r="484" s="37" customFormat="1"/>
+    <row r="485" s="37" customFormat="1"/>
+    <row r="486" s="37" customFormat="1"/>
+    <row r="487" s="37" customFormat="1"/>
+    <row r="488" s="37" customFormat="1"/>
+    <row r="489" s="37" customFormat="1"/>
+    <row r="490" s="37" customFormat="1"/>
+    <row r="491" s="37" customFormat="1"/>
+    <row r="492" s="37" customFormat="1"/>
+    <row r="493" s="37" customFormat="1"/>
+    <row r="494" s="37" customFormat="1"/>
+    <row r="495" s="37" customFormat="1"/>
+    <row r="496" s="37" customFormat="1"/>
+    <row r="497" s="37" customFormat="1"/>
+    <row r="498" s="37" customFormat="1"/>
+    <row r="499" s="37" customFormat="1"/>
+    <row r="500" s="37" customFormat="1"/>
+    <row r="501" s="37" customFormat="1"/>
+    <row r="502" s="37" customFormat="1"/>
+    <row r="503" s="37" customFormat="1"/>
+    <row r="504" s="37" customFormat="1"/>
+    <row r="505" s="37" customFormat="1"/>
+    <row r="506" s="37" customFormat="1"/>
+    <row r="507" s="37" customFormat="1"/>
+    <row r="508" s="37" customFormat="1"/>
+    <row r="509" s="37" customFormat="1"/>
+    <row r="510" s="37" customFormat="1"/>
+    <row r="511" s="37" customFormat="1"/>
+    <row r="512" s="37" customFormat="1"/>
+    <row r="513" s="37" customFormat="1"/>
+    <row r="514" s="37" customFormat="1"/>
+    <row r="515" s="37" customFormat="1"/>
+    <row r="516" s="37" customFormat="1"/>
+    <row r="517" s="37" customFormat="1"/>
+    <row r="518" s="37" customFormat="1"/>
+    <row r="519" s="37" customFormat="1"/>
+    <row r="520" s="37" customFormat="1"/>
+    <row r="521" s="37" customFormat="1"/>
+    <row r="522" s="37" customFormat="1"/>
+    <row r="523" s="37" customFormat="1"/>
+    <row r="524" s="37" customFormat="1"/>
+    <row r="525" s="37" customFormat="1"/>
+    <row r="526" s="37" customFormat="1"/>
+    <row r="527" s="37" customFormat="1"/>
+    <row r="528" s="37" customFormat="1"/>
+    <row r="529" s="37" customFormat="1"/>
+    <row r="530" s="37" customFormat="1"/>
+    <row r="531" s="37" customFormat="1"/>
+    <row r="532" s="37" customFormat="1"/>
+    <row r="533" s="37" customFormat="1"/>
+    <row r="534" s="37" customFormat="1"/>
+    <row r="535" s="37" customFormat="1"/>
+    <row r="536" s="37" customFormat="1"/>
+    <row r="537" s="37" customFormat="1"/>
+    <row r="538" s="37" customFormat="1"/>
+    <row r="539" s="37" customFormat="1"/>
+    <row r="540" s="37" customFormat="1"/>
+    <row r="541" s="37" customFormat="1"/>
+    <row r="542" s="37" customFormat="1"/>
+    <row r="543" s="37" customFormat="1"/>
+    <row r="544" s="37" customFormat="1"/>
+    <row r="545" s="37" customFormat="1"/>
+    <row r="546" s="37" customFormat="1"/>
+    <row r="547" s="37" customFormat="1"/>
+    <row r="548" s="37" customFormat="1"/>
+    <row r="549" s="37" customFormat="1"/>
+    <row r="550" s="37" customFormat="1"/>
+    <row r="551" s="37" customFormat="1"/>
+    <row r="552" s="37" customFormat="1"/>
+    <row r="553" s="37" customFormat="1"/>
+    <row r="554" s="37" customFormat="1"/>
+    <row r="555" s="37" customFormat="1"/>
+    <row r="556" s="37" customFormat="1"/>
+    <row r="557" s="37" customFormat="1"/>
+    <row r="558" s="37" customFormat="1"/>
+    <row r="559" s="37" customFormat="1"/>
+    <row r="560" s="37" customFormat="1"/>
+    <row r="561" s="37" customFormat="1"/>
+    <row r="562" s="37" customFormat="1"/>
+    <row r="563" s="37" customFormat="1"/>
+    <row r="564" s="37" customFormat="1"/>
+    <row r="565" s="37" customFormat="1"/>
+    <row r="566" s="37" customFormat="1"/>
+    <row r="567" s="37" customFormat="1"/>
+    <row r="568" s="37" customFormat="1"/>
+    <row r="569" s="37" customFormat="1"/>
+    <row r="570" s="37" customFormat="1"/>
+    <row r="571" s="37" customFormat="1"/>
+    <row r="572" s="37" customFormat="1"/>
+    <row r="573" s="37" customFormat="1"/>
+    <row r="574" s="37" customFormat="1"/>
+    <row r="575" s="37" customFormat="1"/>
+    <row r="576" s="37" customFormat="1"/>
+    <row r="577" s="37" customFormat="1"/>
+    <row r="578" s="37" customFormat="1"/>
+    <row r="579" s="37" customFormat="1"/>
+    <row r="580" s="37" customFormat="1"/>
+    <row r="581" s="37" customFormat="1"/>
+    <row r="582" s="37" customFormat="1"/>
+    <row r="583" s="37" customFormat="1"/>
+    <row r="584" s="37" customFormat="1"/>
+    <row r="585" s="37" customFormat="1"/>
+    <row r="586" s="37" customFormat="1"/>
+    <row r="587" s="37" customFormat="1"/>
+    <row r="588" s="37" customFormat="1"/>
+    <row r="589" s="37" customFormat="1"/>
+    <row r="590" s="37" customFormat="1"/>
+    <row r="591" s="37" customFormat="1"/>
+    <row r="592" s="37" customFormat="1"/>
+    <row r="593" s="37" customFormat="1"/>
+    <row r="594" s="37" customFormat="1"/>
+    <row r="595" s="37" customFormat="1"/>
+    <row r="596" s="37" customFormat="1"/>
+    <row r="597" s="37" customFormat="1"/>
+    <row r="598" s="37" customFormat="1"/>
+    <row r="599" s="37" customFormat="1"/>
+    <row r="600" s="37" customFormat="1"/>
+    <row r="601" s="37" customFormat="1"/>
+    <row r="602" s="37" customFormat="1"/>
+    <row r="603" s="37" customFormat="1"/>
+    <row r="604" s="37" customFormat="1"/>
+    <row r="605" s="37" customFormat="1"/>
+    <row r="606" s="37" customFormat="1"/>
+    <row r="607" s="37" customFormat="1"/>
+    <row r="608" s="37" customFormat="1"/>
+    <row r="609" s="37" customFormat="1"/>
+    <row r="610" s="37" customFormat="1"/>
+    <row r="611" s="37" customFormat="1"/>
+    <row r="612" s="37" customFormat="1"/>
+    <row r="613" s="37" customFormat="1"/>
+    <row r="614" s="37" customFormat="1"/>
+    <row r="615" s="37" customFormat="1"/>
+    <row r="616" s="37" customFormat="1"/>
+    <row r="617" s="37" customFormat="1"/>
+    <row r="618" s="37" customFormat="1"/>
+    <row r="619" s="37" customFormat="1"/>
+    <row r="620" s="37" customFormat="1"/>
+    <row r="621" s="37" customFormat="1"/>
+    <row r="622" s="37" customFormat="1"/>
+    <row r="623" s="37" customFormat="1"/>
+    <row r="624" s="37" customFormat="1"/>
+    <row r="625" s="37" customFormat="1"/>
+    <row r="626" s="37" customFormat="1"/>
+    <row r="627" s="37" customFormat="1"/>
+    <row r="628" s="37" customFormat="1"/>
+    <row r="629" s="37" customFormat="1"/>
+    <row r="630" s="37" customFormat="1"/>
+    <row r="631" s="37" customFormat="1" ht="14.25" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="D2:K3"/>
     <mergeCell ref="D8:L8"/>
     <mergeCell ref="D10:O10"/>
     <mergeCell ref="D11:M11"/>
     <mergeCell ref="D13:K13"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{A9B67101-C636-1F41-B7B7-2C5EAA30F2B6}"/>
-[...5 lines deleted...]
-    <hyperlink ref="D2:K3" r:id="rId7" display="NEW YORK FED  ECONOMIC RESEARCH" xr:uid="{0F7DCFE3-F26A-0D49-9E50-96C5E82DACB1}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="D8" r:id="rId2" display="https://libertystreeteconomics.newyorkfed.org/2022/05/refinance-boom-winds-down/" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="D6:M6" r:id="rId3" display="Center for Microeconomic Data/Household Debt and Credit" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="D16" r:id="rId4" display="Terms of Use:" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="D15" r:id="rId5" display="For any questions, please contact New York Fed Research Publications." xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="D8:L8" r:id="rId6" display="State Level Household Debt Statistics 2003-2025" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="D2:K3" r:id="rId7" display="NEW YORK FED  ECONOMIC RESEARCH" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId8"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000NONCONFIDENTIAL // EXTERNAL&amp;1#</oddHeader>
   </headerFooter>
   <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="H10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="15" max="15" width="9.33203125"/>
+    <col min="15" max="15" width="9.36328125"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" t="s">
         <v>0</v>
       </c>
       <c r="B9" t="s">
         <v>116</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>58</v>
       </c>
       <c r="H9" t="s">
         <v>59</v>
       </c>
       <c r="I9" t="s">
@@ -4054,52 +4060,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" t="s">
         <v>101</v>
       </c>
       <c r="R9" t="s">
         <v>103</v>
       </c>
       <c r="S9" t="s">
         <v>104</v>
       </c>
       <c r="T9" t="s">
         <v>105</v>
       </c>
       <c r="U9" s="27" t="s">
         <v>112</v>
       </c>
       <c r="V9" t="s">
         <v>115</v>
       </c>
       <c r="W9" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="24">
         <v>5.21</v>
       </c>
       <c r="C10">
         <v>5.68</v>
       </c>
       <c r="D10">
         <v>5.2</v>
       </c>
       <c r="E10">
         <v>6.61</v>
       </c>
       <c r="F10">
         <v>6.4</v>
       </c>
       <c r="G10">
         <v>5.58</v>
       </c>
       <c r="H10">
         <v>7.01</v>
       </c>
       <c r="I10">
@@ -4125,52 +4134,55 @@
       </c>
       <c r="P10" s="17">
         <v>5.83</v>
       </c>
       <c r="Q10" s="17">
         <v>6.34</v>
       </c>
       <c r="R10" s="19">
         <v>6.58</v>
       </c>
       <c r="S10" s="21">
         <v>7.84</v>
       </c>
       <c r="T10" s="24">
         <v>7.53</v>
       </c>
       <c r="U10" s="25">
         <v>6.46</v>
       </c>
       <c r="V10" s="24">
         <v>8.1199999999999992</v>
       </c>
       <c r="W10">
         <v>9.19</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10">
+        <v>9.7900000000000009</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="24">
         <v>11.92</v>
       </c>
       <c r="C11">
         <v>11.09</v>
       </c>
       <c r="D11">
         <v>10.7</v>
       </c>
       <c r="E11">
         <v>11.88</v>
       </c>
       <c r="F11">
         <v>11.07</v>
       </c>
       <c r="G11">
         <v>10.130000000000001</v>
       </c>
       <c r="H11">
         <v>11.61</v>
       </c>
       <c r="I11">
@@ -4196,52 +4208,55 @@
       </c>
       <c r="P11" s="17">
         <v>7.68</v>
       </c>
       <c r="Q11" s="17">
         <v>7.73</v>
       </c>
       <c r="R11" s="19">
         <v>8.3699999999999992</v>
       </c>
       <c r="S11" s="21">
         <v>9.14</v>
       </c>
       <c r="T11" s="24">
         <v>8.5299999999999994</v>
       </c>
       <c r="U11" s="25">
         <v>8.17</v>
       </c>
       <c r="V11" s="24">
         <v>9.86</v>
       </c>
       <c r="W11">
         <v>11.200000000000001</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11">
+        <v>12.22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="24">
         <v>11.22</v>
       </c>
       <c r="C12">
         <v>10.75</v>
       </c>
       <c r="D12">
         <v>10.08</v>
       </c>
       <c r="E12">
         <v>11.38</v>
       </c>
       <c r="F12">
         <v>10.79</v>
       </c>
       <c r="G12">
         <v>10.15</v>
       </c>
       <c r="H12">
         <v>11.79</v>
       </c>
       <c r="I12">
@@ -4267,52 +4282,55 @@
       </c>
       <c r="P12" s="17">
         <v>8.66</v>
       </c>
       <c r="Q12" s="17">
         <v>9.06</v>
       </c>
       <c r="R12" s="19">
         <v>9.74</v>
       </c>
       <c r="S12" s="21">
         <v>10.74</v>
       </c>
       <c r="T12" s="24">
         <v>10.23</v>
       </c>
       <c r="U12" s="25">
         <v>9.49</v>
       </c>
       <c r="V12" s="24">
         <v>11.29</v>
       </c>
       <c r="W12">
         <v>12.530000000000001</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12">
+        <v>13.84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="24">
         <v>8.9700000000000006</v>
       </c>
       <c r="C13">
         <v>9.19</v>
       </c>
       <c r="D13">
         <v>8.34</v>
       </c>
       <c r="E13">
         <v>9.1</v>
       </c>
       <c r="F13">
         <v>8.9600000000000009</v>
       </c>
       <c r="G13">
         <v>10.95</v>
       </c>
       <c r="H13">
         <v>16.36</v>
       </c>
       <c r="I13">
@@ -4338,52 +4356,55 @@
       </c>
       <c r="P13" s="17">
         <v>9.5399999999999991</v>
       </c>
       <c r="Q13" s="17">
         <v>9.8699999999999992</v>
       </c>
       <c r="R13" s="19">
         <v>10.39</v>
       </c>
       <c r="S13" s="21">
         <v>10.93</v>
       </c>
       <c r="T13" s="24">
         <v>9.4</v>
       </c>
       <c r="U13" s="25">
         <v>8.01</v>
       </c>
       <c r="V13" s="24">
         <v>10.130000000000001</v>
       </c>
       <c r="W13">
         <v>12.11</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13">
+        <v>13.67</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="24">
         <v>8.84</v>
       </c>
       <c r="C14">
         <v>8.5500000000000007</v>
       </c>
       <c r="D14">
         <v>7.65</v>
       </c>
       <c r="E14">
         <v>8.98</v>
       </c>
       <c r="F14">
         <v>9.32</v>
       </c>
       <c r="G14">
         <v>11.57</v>
       </c>
       <c r="H14">
         <v>17.190000000000001</v>
       </c>
       <c r="I14">
@@ -4409,52 +4430,55 @@
       </c>
       <c r="P14" s="17">
         <v>8.3699999999999992</v>
       </c>
       <c r="Q14" s="17">
         <v>8.23</v>
       </c>
       <c r="R14" s="19">
         <v>8.6999999999999993</v>
       </c>
       <c r="S14" s="21">
         <v>10.41</v>
       </c>
       <c r="T14" s="24">
         <v>9.07</v>
       </c>
       <c r="U14" s="25">
         <v>7.9</v>
       </c>
       <c r="V14" s="24">
         <v>10.23</v>
       </c>
       <c r="W14">
         <v>12.01</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14">
+        <v>13.200000000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="24">
         <v>7.3100000000000005</v>
       </c>
       <c r="C15">
         <v>7.61</v>
       </c>
       <c r="D15">
         <v>6.75</v>
       </c>
       <c r="E15">
         <v>7.82</v>
       </c>
       <c r="F15">
         <v>7.96</v>
       </c>
       <c r="G15">
         <v>8.0500000000000007</v>
       </c>
       <c r="H15">
         <v>10.72</v>
       </c>
       <c r="I15">
@@ -4480,52 +4504,55 @@
       </c>
       <c r="P15" s="17">
         <v>6.3</v>
       </c>
       <c r="Q15" s="17">
         <v>6.19</v>
       </c>
       <c r="R15" s="19">
         <v>6.46</v>
       </c>
       <c r="S15" s="21">
         <v>7.51</v>
       </c>
       <c r="T15" s="24">
         <v>6.57</v>
       </c>
       <c r="U15" s="25">
         <v>6.03</v>
       </c>
       <c r="V15" s="24">
         <v>8.33</v>
       </c>
       <c r="W15">
         <v>9.77</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15">
+        <v>11.06</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="24">
         <v>7.8100000000000005</v>
       </c>
       <c r="C16">
         <v>7.21</v>
       </c>
       <c r="D16">
         <v>6.47</v>
       </c>
       <c r="E16">
         <v>7.7</v>
       </c>
       <c r="F16">
         <v>7.64</v>
       </c>
       <c r="G16">
         <v>8.3000000000000007</v>
       </c>
       <c r="H16">
         <v>11.16</v>
       </c>
       <c r="I16">
@@ -4551,52 +4578,55 @@
       </c>
       <c r="P16" s="17">
         <v>6.84</v>
       </c>
       <c r="Q16" s="17">
         <v>6.7</v>
       </c>
       <c r="R16" s="19">
         <v>7.06</v>
       </c>
       <c r="S16" s="21">
         <v>8.26</v>
       </c>
       <c r="T16" s="24">
         <v>7.1</v>
       </c>
       <c r="U16" s="25">
         <v>6.72</v>
       </c>
       <c r="V16" s="24">
         <v>8.77</v>
       </c>
       <c r="W16">
         <v>9.91</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16">
+        <v>10.53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="24">
         <v>9.7200000000000006</v>
       </c>
       <c r="C17">
         <v>9.51</v>
       </c>
       <c r="D17">
         <v>8.42</v>
       </c>
       <c r="E17">
         <v>9.19</v>
       </c>
       <c r="F17">
         <v>8.2200000000000006</v>
       </c>
       <c r="G17">
         <v>8.35</v>
       </c>
       <c r="H17">
         <v>8.93</v>
       </c>
       <c r="I17">
@@ -4622,52 +4652,55 @@
       </c>
       <c r="P17" s="17">
         <v>5.86</v>
       </c>
       <c r="Q17" s="17">
         <v>5.6</v>
       </c>
       <c r="R17" s="19">
         <v>6.53</v>
       </c>
       <c r="S17" s="21">
         <v>8.01</v>
       </c>
       <c r="T17" s="24">
         <v>7.29</v>
       </c>
       <c r="U17" s="25">
         <v>7.94</v>
       </c>
       <c r="V17" s="24">
         <v>9.83</v>
       </c>
       <c r="W17">
         <v>10.76</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17">
+        <v>11.16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="24">
         <v>9.0400000000000009</v>
       </c>
       <c r="C18">
         <v>8.6999999999999993</v>
       </c>
       <c r="D18">
         <v>8.2899999999999991</v>
       </c>
       <c r="E18">
         <v>9.81</v>
       </c>
       <c r="F18">
         <v>8.98</v>
       </c>
       <c r="G18">
         <v>10.199999999999999</v>
       </c>
       <c r="H18">
         <v>12.08</v>
       </c>
       <c r="I18">
@@ -4693,52 +4726,55 @@
       </c>
       <c r="P18" s="17">
         <v>8.31</v>
       </c>
       <c r="Q18" s="17">
         <v>8.4600000000000009</v>
       </c>
       <c r="R18" s="19">
         <v>8.56</v>
       </c>
       <c r="S18" s="21">
         <v>9.06</v>
       </c>
       <c r="T18" s="24">
         <v>8.3800000000000008</v>
       </c>
       <c r="U18" s="25">
         <v>7.67</v>
       </c>
       <c r="V18" s="24">
         <v>9.98</v>
       </c>
       <c r="W18">
         <v>11.290000000000001</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18">
+        <v>12.22</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="24">
         <v>11.870000000000001</v>
       </c>
       <c r="C19">
         <v>11.4</v>
       </c>
       <c r="D19">
         <v>10.47</v>
       </c>
       <c r="E19">
         <v>11.2</v>
       </c>
       <c r="F19">
         <v>10.85</v>
       </c>
       <c r="G19">
         <v>13.76</v>
       </c>
       <c r="H19">
         <v>19.38</v>
       </c>
       <c r="I19">
@@ -4764,52 +4800,55 @@
       </c>
       <c r="P19" s="17">
         <v>9.41</v>
       </c>
       <c r="Q19" s="17">
         <v>9.67</v>
       </c>
       <c r="R19" s="19">
         <v>10.54</v>
       </c>
       <c r="S19" s="21">
         <v>11.94</v>
       </c>
       <c r="T19" s="24">
         <v>10.66</v>
       </c>
       <c r="U19" s="25">
         <v>9.3699999999999992</v>
       </c>
       <c r="V19" s="24">
         <v>11.68</v>
       </c>
       <c r="W19">
         <v>13.49</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19">
+        <v>14.94</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="24">
         <v>9.67</v>
       </c>
       <c r="C20">
         <v>9.6199999999999992</v>
       </c>
       <c r="D20">
         <v>9.23</v>
       </c>
       <c r="E20">
         <v>10.6</v>
       </c>
       <c r="F20">
         <v>9.6999999999999993</v>
       </c>
       <c r="G20">
         <v>9.7100000000000009</v>
       </c>
       <c r="H20">
         <v>13.01</v>
       </c>
       <c r="I20">
@@ -4835,52 +4874,55 @@
       </c>
       <c r="P20" s="17">
         <v>7.64</v>
       </c>
       <c r="Q20" s="17">
         <v>7.66</v>
       </c>
       <c r="R20" s="19">
         <v>8.33</v>
       </c>
       <c r="S20" s="21">
         <v>9.52</v>
       </c>
       <c r="T20" s="24">
         <v>8.91</v>
       </c>
       <c r="U20" s="25">
         <v>8.42</v>
       </c>
       <c r="V20" s="24">
         <v>10.5</v>
       </c>
       <c r="W20">
         <v>12.49</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20">
+        <v>13.91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="24">
         <v>7.67</v>
       </c>
       <c r="C21">
         <v>7.44</v>
       </c>
       <c r="D21">
         <v>7.23</v>
       </c>
       <c r="E21">
         <v>7.63</v>
       </c>
       <c r="F21">
         <v>7.78</v>
       </c>
       <c r="G21">
         <v>7.87</v>
       </c>
       <c r="H21">
         <v>10.47</v>
       </c>
       <c r="I21">
@@ -4906,52 +4948,55 @@
       </c>
       <c r="P21" s="17">
         <v>6.2</v>
       </c>
       <c r="Q21" s="17">
         <v>6.24</v>
       </c>
       <c r="R21" s="19">
         <v>7.17</v>
       </c>
       <c r="S21" s="21">
         <v>8.4</v>
       </c>
       <c r="T21" s="24">
         <v>7.27</v>
       </c>
       <c r="U21" s="25">
         <v>6.48</v>
       </c>
       <c r="V21" s="24">
         <v>8.31</v>
       </c>
       <c r="W21">
         <v>9.370000000000001</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21">
+        <v>10.17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="24">
         <v>7.58</v>
       </c>
       <c r="C22">
         <v>7.66</v>
       </c>
       <c r="D22">
         <v>7.18</v>
       </c>
       <c r="E22">
         <v>8.4</v>
       </c>
       <c r="F22">
         <v>7.62</v>
       </c>
       <c r="G22">
         <v>6.91</v>
       </c>
       <c r="H22">
         <v>8.39</v>
       </c>
       <c r="I22">
@@ -4977,52 +5022,55 @@
       </c>
       <c r="P22" s="17">
         <v>6.08</v>
       </c>
       <c r="Q22" s="17">
         <v>6.31</v>
       </c>
       <c r="R22" s="19">
         <v>6.98</v>
       </c>
       <c r="S22" s="21">
         <v>7.66</v>
       </c>
       <c r="T22" s="24">
         <v>6.65</v>
       </c>
       <c r="U22" s="25">
         <v>6.52</v>
       </c>
       <c r="V22" s="24">
         <v>8.1999999999999993</v>
       </c>
       <c r="W22">
         <v>9.58</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22">
+        <v>10.26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="24">
         <v>7.03</v>
       </c>
       <c r="C23">
         <v>7.42</v>
       </c>
       <c r="D23">
         <v>6.6</v>
       </c>
       <c r="E23">
         <v>7.69</v>
       </c>
       <c r="F23">
         <v>7.11</v>
       </c>
       <c r="G23">
         <v>7.82</v>
       </c>
       <c r="H23">
         <v>10.69</v>
       </c>
       <c r="I23">
@@ -5048,52 +5096,55 @@
       </c>
       <c r="P23" s="17">
         <v>6.55</v>
       </c>
       <c r="Q23" s="17">
         <v>6.34</v>
       </c>
       <c r="R23" s="19">
         <v>6.83</v>
       </c>
       <c r="S23" s="21">
         <v>7.39</v>
       </c>
       <c r="T23" s="24">
         <v>6.71</v>
       </c>
       <c r="U23" s="25">
         <v>5.6</v>
       </c>
       <c r="V23" s="24">
         <v>7.35</v>
       </c>
       <c r="W23">
         <v>8.81</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23">
+        <v>9.52</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="24">
         <v>7.9</v>
       </c>
       <c r="C24">
         <v>7.91</v>
       </c>
       <c r="D24">
         <v>7.29</v>
       </c>
       <c r="E24">
         <v>8.52</v>
       </c>
       <c r="F24">
         <v>8.14</v>
       </c>
       <c r="G24">
         <v>8.61</v>
       </c>
       <c r="H24">
         <v>11.3</v>
       </c>
       <c r="I24">
@@ -5119,52 +5170,55 @@
       </c>
       <c r="P24" s="17">
         <v>6.3</v>
       </c>
       <c r="Q24" s="17">
         <v>6.06</v>
       </c>
       <c r="R24" s="19">
         <v>6.62</v>
       </c>
       <c r="S24" s="21">
         <v>7.91</v>
       </c>
       <c r="T24" s="24">
         <v>7.04</v>
       </c>
       <c r="U24" s="25">
         <v>6.65</v>
       </c>
       <c r="V24" s="24">
         <v>9.07</v>
       </c>
       <c r="W24">
         <v>10.43</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24">
+        <v>11.59</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="24">
         <v>7.67</v>
       </c>
       <c r="C25">
         <v>7.6</v>
       </c>
       <c r="D25">
         <v>7.25</v>
       </c>
       <c r="E25">
         <v>8.4</v>
       </c>
       <c r="F25">
         <v>8.31</v>
       </c>
       <c r="G25">
         <v>8.06</v>
       </c>
       <c r="H25">
         <v>10.050000000000001</v>
       </c>
       <c r="I25">
@@ -5190,52 +5244,55 @@
       </c>
       <c r="P25" s="17">
         <v>6.46</v>
       </c>
       <c r="Q25" s="17">
         <v>6.49</v>
       </c>
       <c r="R25" s="19">
         <v>7.04</v>
       </c>
       <c r="S25" s="21">
         <v>7.94</v>
       </c>
       <c r="T25" s="24">
         <v>7.08</v>
       </c>
       <c r="U25" s="25">
         <v>6.72</v>
       </c>
       <c r="V25" s="24">
         <v>9.1300000000000008</v>
       </c>
       <c r="W25">
         <v>10.74</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25">
+        <v>11.72</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="24">
         <v>8.44</v>
       </c>
       <c r="C26">
         <v>8.26</v>
       </c>
       <c r="D26">
         <v>7.79</v>
       </c>
       <c r="E26">
         <v>8.49</v>
       </c>
       <c r="F26">
         <v>7.97</v>
       </c>
       <c r="G26">
         <v>7.75</v>
       </c>
       <c r="H26">
         <v>8.8800000000000008</v>
       </c>
       <c r="I26">
@@ -5261,52 +5318,55 @@
       </c>
       <c r="P26" s="17">
         <v>5.89</v>
       </c>
       <c r="Q26" s="17">
         <v>6.02</v>
       </c>
       <c r="R26" s="19">
         <v>6.42</v>
       </c>
       <c r="S26" s="21">
         <v>6.92</v>
       </c>
       <c r="T26" s="24">
         <v>6.82</v>
       </c>
       <c r="U26" s="25">
         <v>6.51</v>
       </c>
       <c r="V26" s="24">
         <v>8.3000000000000007</v>
       </c>
       <c r="W26">
         <v>9.870000000000001</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26">
+        <v>10.74</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="24">
         <v>9.5</v>
       </c>
       <c r="C27">
         <v>9.85</v>
       </c>
       <c r="D27">
         <v>9.61</v>
       </c>
       <c r="E27">
         <v>10.36</v>
       </c>
       <c r="F27">
         <v>9.48</v>
       </c>
       <c r="G27">
         <v>9.1199999999999992</v>
       </c>
       <c r="H27">
         <v>10.32</v>
       </c>
       <c r="I27">
@@ -5332,52 +5392,55 @@
       </c>
       <c r="P27" s="17">
         <v>7.09</v>
       </c>
       <c r="Q27" s="17">
         <v>7.4</v>
       </c>
       <c r="R27" s="19">
         <v>7.82</v>
       </c>
       <c r="S27" s="21">
         <v>8.5500000000000007</v>
       </c>
       <c r="T27" s="24">
         <v>7.76</v>
       </c>
       <c r="U27" s="25">
         <v>7.3</v>
       </c>
       <c r="V27" s="24">
         <v>9.52</v>
       </c>
       <c r="W27">
         <v>10.89</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27">
+        <v>11.84</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="24">
         <v>11.34</v>
       </c>
       <c r="C28">
         <v>11.33</v>
       </c>
       <c r="D28">
         <v>10.7</v>
       </c>
       <c r="E28">
         <v>12.29</v>
       </c>
       <c r="F28">
         <v>11.06</v>
       </c>
       <c r="G28">
         <v>10.23</v>
       </c>
       <c r="H28">
         <v>11.17</v>
       </c>
       <c r="I28">
@@ -5403,52 +5466,55 @@
       </c>
       <c r="P28" s="17">
         <v>7.78</v>
       </c>
       <c r="Q28" s="17">
         <v>8.06</v>
       </c>
       <c r="R28" s="19">
         <v>8.6199999999999992</v>
       </c>
       <c r="S28" s="21">
         <v>9.34</v>
       </c>
       <c r="T28" s="24">
         <v>8.6</v>
       </c>
       <c r="U28" s="25">
         <v>8.23</v>
       </c>
       <c r="V28" s="24">
         <v>10.98</v>
       </c>
       <c r="W28">
         <v>12.9</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28">
+        <v>14.24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="24">
         <v>7.5600000000000005</v>
       </c>
       <c r="C29">
         <v>7.48</v>
       </c>
       <c r="D29">
         <v>7.04</v>
       </c>
       <c r="E29">
         <v>8.5500000000000007</v>
       </c>
       <c r="F29">
         <v>8.83</v>
       </c>
       <c r="G29">
         <v>9.1199999999999992</v>
       </c>
       <c r="H29">
         <v>11.85</v>
       </c>
       <c r="I29">
@@ -5474,52 +5540,55 @@
       </c>
       <c r="P29" s="17">
         <v>6.64</v>
       </c>
       <c r="Q29" s="17">
         <v>6.58</v>
       </c>
       <c r="R29" s="19">
         <v>7.22</v>
       </c>
       <c r="S29" s="21">
         <v>8.5500000000000007</v>
       </c>
       <c r="T29" s="24">
         <v>7.28</v>
       </c>
       <c r="U29" s="25">
         <v>6.59</v>
       </c>
       <c r="V29" s="24">
         <v>8.44</v>
       </c>
       <c r="W29">
         <v>9.6300000000000008</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29">
+        <v>10.33</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="24">
         <v>8.2100000000000009</v>
       </c>
       <c r="C30">
         <v>7.61</v>
       </c>
       <c r="D30">
         <v>7.06</v>
       </c>
       <c r="E30">
         <v>7.66</v>
       </c>
       <c r="F30">
         <v>7.34</v>
       </c>
       <c r="G30">
         <v>8.16</v>
       </c>
       <c r="H30">
         <v>10.79</v>
       </c>
       <c r="I30">
@@ -5545,52 +5614,55 @@
       </c>
       <c r="P30" s="17">
         <v>6.8</v>
       </c>
       <c r="Q30" s="17">
         <v>7.01</v>
       </c>
       <c r="R30" s="19">
         <v>7.43</v>
       </c>
       <c r="S30" s="21">
         <v>8.31</v>
       </c>
       <c r="T30" s="24">
         <v>7.56</v>
       </c>
       <c r="U30" s="25">
         <v>6.94</v>
       </c>
       <c r="V30" s="24">
         <v>8.93</v>
       </c>
       <c r="W30">
         <v>10.4</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30">
+        <v>11.65</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="24">
         <v>7.79</v>
       </c>
       <c r="C31">
         <v>8.3000000000000007</v>
       </c>
       <c r="D31">
         <v>7.53</v>
       </c>
       <c r="E31">
         <v>9.4499999999999993</v>
       </c>
       <c r="F31">
         <v>9.4499999999999993</v>
       </c>
       <c r="G31">
         <v>8.68</v>
       </c>
       <c r="H31">
         <v>11.35</v>
       </c>
       <c r="I31">
@@ -5616,52 +5688,55 @@
       </c>
       <c r="P31" s="17">
         <v>6.42</v>
       </c>
       <c r="Q31" s="17">
         <v>5.94</v>
       </c>
       <c r="R31" s="19">
         <v>6.22</v>
       </c>
       <c r="S31" s="21">
         <v>6.85</v>
       </c>
       <c r="T31" s="24">
         <v>6.36</v>
       </c>
       <c r="U31" s="25">
         <v>5.85</v>
       </c>
       <c r="V31" s="24">
         <v>7.43</v>
       </c>
       <c r="W31">
         <v>8.83</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31">
+        <v>9.83</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="24">
         <v>8.0299999999999994</v>
       </c>
       <c r="C32">
         <v>7.93</v>
       </c>
       <c r="D32">
         <v>7.54</v>
       </c>
       <c r="E32">
         <v>9.27</v>
       </c>
       <c r="F32">
         <v>9.4700000000000006</v>
       </c>
       <c r="G32">
         <v>9.68</v>
       </c>
       <c r="H32">
         <v>12.46</v>
       </c>
       <c r="I32">
@@ -5687,52 +5762,55 @@
       </c>
       <c r="P32" s="17">
         <v>6.36</v>
       </c>
       <c r="Q32" s="17">
         <v>6.31</v>
       </c>
       <c r="R32" s="19">
         <v>6.88</v>
       </c>
       <c r="S32" s="21">
         <v>7.84</v>
       </c>
       <c r="T32" s="24">
         <v>6.76</v>
       </c>
       <c r="U32" s="25">
         <v>6.63</v>
       </c>
       <c r="V32" s="24">
         <v>8.9499999999999993</v>
       </c>
       <c r="W32">
         <v>10.48</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32">
+        <v>11.28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="24">
         <v>5.86</v>
       </c>
       <c r="C33">
         <v>5.78</v>
       </c>
       <c r="D33">
         <v>5.47</v>
       </c>
       <c r="E33">
         <v>6.71</v>
       </c>
       <c r="F33">
         <v>7.2</v>
       </c>
       <c r="G33">
         <v>7.73</v>
       </c>
       <c r="H33">
         <v>9.8800000000000008</v>
       </c>
       <c r="I33">
@@ -5758,52 +5836,55 @@
       </c>
       <c r="P33" s="17">
         <v>5.57</v>
       </c>
       <c r="Q33" s="17">
         <v>5.75</v>
       </c>
       <c r="R33" s="19">
         <v>6.07</v>
       </c>
       <c r="S33" s="21">
         <v>6.65</v>
       </c>
       <c r="T33" s="24">
         <v>5.78</v>
       </c>
       <c r="U33" s="25">
         <v>5.4</v>
       </c>
       <c r="V33" s="24">
         <v>6.65</v>
       </c>
       <c r="W33">
         <v>7.9</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33">
+        <v>8.5500000000000007</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="24">
         <v>9.19</v>
       </c>
       <c r="C34">
         <v>9.18</v>
       </c>
       <c r="D34">
         <v>8.44</v>
       </c>
       <c r="E34">
         <v>9.89</v>
       </c>
       <c r="F34">
         <v>9.35</v>
       </c>
       <c r="G34">
         <v>9.33</v>
       </c>
       <c r="H34">
         <v>11.44</v>
       </c>
       <c r="I34">
@@ -5829,52 +5910,55 @@
       </c>
       <c r="P34" s="17">
         <v>7.3</v>
       </c>
       <c r="Q34" s="17">
         <v>7.1</v>
       </c>
       <c r="R34" s="19">
         <v>7.65</v>
       </c>
       <c r="S34" s="21">
         <v>8.49</v>
       </c>
       <c r="T34" s="24">
         <v>7.67</v>
       </c>
       <c r="U34" s="25">
         <v>7.06</v>
       </c>
       <c r="V34" s="24">
         <v>9.01</v>
       </c>
       <c r="W34">
         <v>10.66</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34">
+        <v>11.35</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="24">
         <v>13.1</v>
       </c>
       <c r="C35">
         <v>13</v>
       </c>
       <c r="D35">
         <v>13.37</v>
       </c>
       <c r="E35">
         <v>14.79</v>
       </c>
       <c r="F35">
         <v>13.25</v>
       </c>
       <c r="G35">
         <v>12.1</v>
       </c>
       <c r="H35">
         <v>13.05</v>
       </c>
       <c r="I35">
@@ -5900,52 +5984,55 @@
       </c>
       <c r="P35" s="17">
         <v>7.36</v>
       </c>
       <c r="Q35" s="17">
         <v>8.39</v>
       </c>
       <c r="R35" s="19">
         <v>9.5</v>
       </c>
       <c r="S35" s="21">
         <v>9.66</v>
       </c>
       <c r="T35" s="24">
         <v>8.77</v>
       </c>
       <c r="U35" s="25">
         <v>8.44</v>
       </c>
       <c r="V35" s="24">
         <v>10.6</v>
       </c>
       <c r="W35">
         <v>12.530000000000001</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35">
+        <v>13.36</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="24">
         <v>7.9300000000000006</v>
       </c>
       <c r="C36">
         <v>8.68</v>
       </c>
       <c r="D36">
         <v>7.75</v>
       </c>
       <c r="E36">
         <v>8.14</v>
       </c>
       <c r="F36">
         <v>7.85</v>
       </c>
       <c r="G36">
         <v>8.24</v>
       </c>
       <c r="H36">
         <v>12.11</v>
       </c>
       <c r="I36">
@@ -5971,52 +6058,55 @@
       </c>
       <c r="P36" s="17">
         <v>5.98</v>
       </c>
       <c r="Q36" s="17">
         <v>6.35</v>
       </c>
       <c r="R36" s="19">
         <v>7.05</v>
       </c>
       <c r="S36" s="21">
         <v>7.6</v>
       </c>
       <c r="T36" s="24">
         <v>6.67</v>
       </c>
       <c r="U36" s="25">
         <v>5.8</v>
       </c>
       <c r="V36" s="24">
         <v>7.24</v>
       </c>
       <c r="W36">
         <v>8.68</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36">
+        <v>9.7799999999999994</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="24">
         <v>9.64</v>
       </c>
       <c r="C37">
         <v>9.82</v>
       </c>
       <c r="D37">
         <v>9.6999999999999993</v>
       </c>
       <c r="E37">
         <v>10.77</v>
       </c>
       <c r="F37">
         <v>9.51</v>
       </c>
       <c r="G37">
         <v>8.93</v>
       </c>
       <c r="H37">
         <v>10.54</v>
       </c>
       <c r="I37">
@@ -6042,52 +6132,55 @@
       </c>
       <c r="P37" s="17">
         <v>7.43</v>
       </c>
       <c r="Q37" s="17">
         <v>7.68</v>
       </c>
       <c r="R37" s="19">
         <v>8.15</v>
       </c>
       <c r="S37" s="21">
         <v>9.08</v>
       </c>
       <c r="T37" s="24">
         <v>8.15</v>
       </c>
       <c r="U37" s="25">
         <v>7.77</v>
       </c>
       <c r="V37" s="24">
         <v>9.6199999999999992</v>
       </c>
       <c r="W37">
         <v>11.26</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="24">
         <v>5.94</v>
       </c>
       <c r="C38">
         <v>6.42</v>
       </c>
       <c r="D38">
         <v>5.86</v>
       </c>
       <c r="E38">
         <v>6.85</v>
       </c>
       <c r="F38">
         <v>6.08</v>
       </c>
       <c r="G38">
         <v>5.42</v>
       </c>
       <c r="H38">
         <v>6.43</v>
       </c>
       <c r="I38">
@@ -6113,52 +6206,55 @@
       </c>
       <c r="P38" s="17">
         <v>5.0999999999999996</v>
       </c>
       <c r="Q38" s="17">
         <v>4.68</v>
       </c>
       <c r="R38" s="19">
         <v>5.58</v>
       </c>
       <c r="S38" s="21">
         <v>6.4</v>
       </c>
       <c r="T38" s="24">
         <v>6.03</v>
       </c>
       <c r="U38" s="25">
         <v>5.65</v>
       </c>
       <c r="V38" s="24">
         <v>7.32</v>
       </c>
       <c r="W38">
         <v>8.09</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38">
+        <v>9.02</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="24">
         <v>7.3500000000000005</v>
       </c>
       <c r="C39">
         <v>7.27</v>
       </c>
       <c r="D39">
         <v>6.7</v>
       </c>
       <c r="E39">
         <v>7.39</v>
       </c>
       <c r="F39">
         <v>7.63</v>
       </c>
       <c r="G39">
         <v>6.99</v>
       </c>
       <c r="H39">
         <v>7.94</v>
       </c>
       <c r="I39">
@@ -6184,52 +6280,55 @@
       </c>
       <c r="P39" s="17">
         <v>5.07</v>
       </c>
       <c r="Q39" s="17">
         <v>5.48</v>
       </c>
       <c r="R39" s="19">
         <v>6.65</v>
       </c>
       <c r="S39" s="21">
         <v>7.47</v>
       </c>
       <c r="T39" s="24">
         <v>6.72</v>
       </c>
       <c r="U39" s="25">
         <v>6.09</v>
       </c>
       <c r="V39" s="24">
         <v>7.71</v>
       </c>
       <c r="W39">
         <v>9.16</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39">
+        <v>9.75</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="24">
         <v>6.99</v>
       </c>
       <c r="C40">
         <v>6.41</v>
       </c>
       <c r="D40">
         <v>6.18</v>
       </c>
       <c r="E40">
         <v>7.8</v>
       </c>
       <c r="F40">
         <v>8.6199999999999992</v>
       </c>
       <c r="G40">
         <v>8.8699999999999992</v>
       </c>
       <c r="H40">
         <v>11.62</v>
       </c>
       <c r="I40">
@@ -6255,52 +6354,55 @@
       </c>
       <c r="P40" s="17">
         <v>6.07</v>
       </c>
       <c r="Q40" s="17">
         <v>5.84</v>
       </c>
       <c r="R40" s="19">
         <v>6.64</v>
       </c>
       <c r="S40" s="21">
         <v>7.54</v>
       </c>
       <c r="T40" s="24">
         <v>6.56</v>
       </c>
       <c r="U40" s="25">
         <v>5.74</v>
       </c>
       <c r="V40" s="24">
         <v>7.9</v>
       </c>
       <c r="W40">
         <v>8.870000000000001</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40">
+        <v>9.84</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="24">
         <v>7.8</v>
       </c>
       <c r="C41">
         <v>7.37</v>
       </c>
       <c r="D41">
         <v>6.93</v>
       </c>
       <c r="E41">
         <v>7.76</v>
       </c>
       <c r="F41">
         <v>7.82</v>
       </c>
       <c r="G41">
         <v>8.3800000000000008</v>
       </c>
       <c r="H41">
         <v>11.07</v>
       </c>
       <c r="I41">
@@ -6326,52 +6428,55 @@
       </c>
       <c r="P41" s="17">
         <v>7.3</v>
       </c>
       <c r="Q41" s="17">
         <v>7.34</v>
       </c>
       <c r="R41" s="19">
         <v>7.51</v>
       </c>
       <c r="S41" s="21">
         <v>8.4499999999999993</v>
       </c>
       <c r="T41" s="24">
         <v>7.38</v>
       </c>
       <c r="U41" s="25">
         <v>6.71</v>
       </c>
       <c r="V41" s="24">
         <v>8.91</v>
       </c>
       <c r="W41">
         <v>10.36</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41">
+        <v>11.41</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="24">
         <v>9.7100000000000009</v>
       </c>
       <c r="C42">
         <v>9.1999999999999993</v>
       </c>
       <c r="D42">
         <v>8.61</v>
       </c>
       <c r="E42">
         <v>10.18</v>
       </c>
       <c r="F42">
         <v>9.16</v>
       </c>
       <c r="G42">
         <v>8.7899999999999991</v>
       </c>
       <c r="H42">
         <v>10.71</v>
       </c>
       <c r="I42">
@@ -6397,52 +6502,55 @@
       </c>
       <c r="P42" s="17">
         <v>9.02</v>
       </c>
       <c r="Q42" s="17">
         <v>8.9</v>
       </c>
       <c r="R42" s="19">
         <v>9</v>
       </c>
       <c r="S42" s="21">
         <v>9.81</v>
       </c>
       <c r="T42" s="24">
         <v>9.07</v>
       </c>
       <c r="U42" s="25">
         <v>8.14</v>
       </c>
       <c r="V42" s="24">
         <v>9.83</v>
       </c>
       <c r="W42">
         <v>10.63</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42">
+        <v>11.9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="24">
         <v>11.41</v>
       </c>
       <c r="C43">
         <v>11.04</v>
       </c>
       <c r="D43">
         <v>9.82</v>
       </c>
       <c r="E43">
         <v>11.36</v>
       </c>
       <c r="F43">
         <v>11.54</v>
       </c>
       <c r="G43">
         <v>14.31</v>
       </c>
       <c r="H43">
         <v>20.75</v>
       </c>
       <c r="I43">
@@ -6468,52 +6576,55 @@
       </c>
       <c r="P43" s="17">
         <v>10.76</v>
       </c>
       <c r="Q43" s="17">
         <v>10.37</v>
       </c>
       <c r="R43" s="19">
         <v>11.51</v>
       </c>
       <c r="S43" s="21">
         <v>13.32</v>
       </c>
       <c r="T43" s="24">
         <v>12</v>
       </c>
       <c r="U43" s="25">
         <v>10.52</v>
       </c>
       <c r="V43" s="24">
         <v>12.95</v>
       </c>
       <c r="W43">
         <v>14.530000000000001</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43">
+        <v>16.28</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="24">
         <v>9.9</v>
       </c>
       <c r="C44">
         <v>9.34</v>
       </c>
       <c r="D44">
         <v>8.26</v>
       </c>
       <c r="E44">
         <v>9.32</v>
       </c>
       <c r="F44">
         <v>9.2100000000000009</v>
       </c>
       <c r="G44">
         <v>9.57</v>
       </c>
       <c r="H44">
         <v>11.9</v>
       </c>
       <c r="I44">
@@ -6539,52 +6650,55 @@
       </c>
       <c r="P44" s="17">
         <v>8.32</v>
       </c>
       <c r="Q44" s="17">
         <v>8.35</v>
       </c>
       <c r="R44" s="19">
         <v>8.9600000000000009</v>
       </c>
       <c r="S44" s="21">
         <v>10.35</v>
       </c>
       <c r="T44" s="24">
         <v>8.94</v>
       </c>
       <c r="U44" s="25">
         <v>8.17</v>
       </c>
       <c r="V44" s="24">
         <v>10.49</v>
       </c>
       <c r="W44">
         <v>11.97</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44">
+        <v>12.91</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="24">
         <v>8.4</v>
       </c>
       <c r="C45">
         <v>8.27</v>
       </c>
       <c r="D45">
         <v>7.8</v>
       </c>
       <c r="E45">
         <v>8.9600000000000009</v>
       </c>
       <c r="F45">
         <v>8.91</v>
       </c>
       <c r="G45">
         <v>8.64</v>
       </c>
       <c r="H45">
         <v>10.28</v>
       </c>
       <c r="I45">
@@ -6610,52 +6724,55 @@
       </c>
       <c r="P45" s="17">
         <v>7.16</v>
       </c>
       <c r="Q45" s="17">
         <v>6.89</v>
       </c>
       <c r="R45" s="19">
         <v>7.42</v>
       </c>
       <c r="S45" s="21">
         <v>7.9</v>
       </c>
       <c r="T45" s="24">
         <v>7.18</v>
       </c>
       <c r="U45" s="25">
         <v>6.91</v>
       </c>
       <c r="V45" s="24">
         <v>9.02</v>
       </c>
       <c r="W45">
         <v>10.370000000000001</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45">
+        <v>11.14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="24">
         <v>10.220000000000001</v>
       </c>
       <c r="C46">
         <v>10.7</v>
       </c>
       <c r="D46">
         <v>9.4600000000000009</v>
       </c>
       <c r="E46">
         <v>10.5</v>
       </c>
       <c r="F46">
         <v>10.220000000000001</v>
       </c>
       <c r="G46">
         <v>9.93</v>
       </c>
       <c r="H46">
         <v>11.28</v>
       </c>
       <c r="I46">
@@ -6681,52 +6798,55 @@
       </c>
       <c r="P46" s="17">
         <v>7.86</v>
       </c>
       <c r="Q46" s="17">
         <v>8.74</v>
       </c>
       <c r="R46" s="19">
         <v>8.91</v>
       </c>
       <c r="S46" s="21">
         <v>10.36</v>
       </c>
       <c r="T46" s="24">
         <v>9.16</v>
       </c>
       <c r="U46" s="25">
         <v>8.5299999999999994</v>
       </c>
       <c r="V46" s="24">
         <v>11</v>
       </c>
       <c r="W46">
         <v>12.19</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46">
+        <v>13.280000000000001</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="24">
         <v>8</v>
       </c>
       <c r="C47">
         <v>8.2100000000000009</v>
       </c>
       <c r="D47">
         <v>7.45</v>
       </c>
       <c r="E47">
         <v>8.5</v>
       </c>
       <c r="F47">
         <v>7.89</v>
       </c>
       <c r="G47">
         <v>8.48</v>
       </c>
       <c r="H47">
         <v>11.66</v>
       </c>
       <c r="I47">
@@ -6752,52 +6872,55 @@
       </c>
       <c r="P47" s="17">
         <v>5.99</v>
       </c>
       <c r="Q47" s="17">
         <v>6.1</v>
       </c>
       <c r="R47" s="19">
         <v>6.33</v>
       </c>
       <c r="S47" s="21">
         <v>7.45</v>
       </c>
       <c r="T47" s="24">
         <v>6.79</v>
       </c>
       <c r="U47" s="25">
         <v>6.08</v>
       </c>
       <c r="V47" s="24">
         <v>7.32</v>
       </c>
       <c r="W47">
         <v>8.48</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47">
+        <v>9.49</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="24">
         <v>9.11</v>
       </c>
       <c r="C48">
         <v>8.9600000000000009</v>
       </c>
       <c r="D48">
         <v>8.56</v>
       </c>
       <c r="E48">
         <v>10.199999999999999</v>
       </c>
       <c r="F48">
         <v>9.6300000000000008</v>
       </c>
       <c r="G48">
         <v>9.34</v>
       </c>
       <c r="H48">
         <v>10.96</v>
       </c>
       <c r="I48">
@@ -6823,52 +6946,55 @@
       </c>
       <c r="P48" s="17">
         <v>7.22</v>
       </c>
       <c r="Q48" s="17">
         <v>7.49</v>
       </c>
       <c r="R48" s="19">
         <v>7.98</v>
       </c>
       <c r="S48" s="21">
         <v>8.84</v>
       </c>
       <c r="T48" s="24">
         <v>7.81</v>
       </c>
       <c r="U48" s="25">
         <v>7.6</v>
       </c>
       <c r="V48" s="24">
         <v>9.8800000000000008</v>
       </c>
       <c r="W48">
         <v>11.4</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X48">
+        <v>12.34</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="24">
         <v>7.74</v>
       </c>
       <c r="C49">
         <v>8.06</v>
       </c>
       <c r="D49">
         <v>7.41</v>
       </c>
       <c r="E49">
         <v>9.35</v>
       </c>
       <c r="F49">
         <v>12.06</v>
       </c>
       <c r="G49">
         <v>13.13</v>
       </c>
       <c r="H49">
         <v>14.57</v>
       </c>
       <c r="I49">
@@ -6878,51 +7004,51 @@
         <v>14.03</v>
       </c>
       <c r="K49">
         <v>14.3</v>
       </c>
       <c r="L49">
         <v>14.07</v>
       </c>
       <c r="M49">
         <v>12.67</v>
       </c>
       <c r="N49">
         <v>11.15</v>
       </c>
       <c r="O49">
         <v>11.74</v>
       </c>
       <c r="P49" s="17"/>
       <c r="Q49" s="17"/>
       <c r="R49" s="19"/>
       <c r="S49" s="21"/>
       <c r="T49" s="24"/>
       <c r="U49" s="25"/>
       <c r="V49" s="24"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:24">
       <c r="A50" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="24">
         <v>8.67</v>
       </c>
       <c r="C50">
         <v>8.58</v>
       </c>
       <c r="D50">
         <v>8.36</v>
       </c>
       <c r="E50">
         <v>10.3</v>
       </c>
       <c r="F50">
         <v>10.39</v>
       </c>
       <c r="G50">
         <v>10.77</v>
       </c>
       <c r="H50">
         <v>13.27</v>
       </c>
       <c r="I50">
@@ -6948,52 +7074,55 @@
       </c>
       <c r="P50" s="17">
         <v>7.59</v>
       </c>
       <c r="Q50" s="17">
         <v>7.8</v>
       </c>
       <c r="R50" s="19">
         <v>8.1199999999999992</v>
       </c>
       <c r="S50" s="21">
         <v>8.98</v>
       </c>
       <c r="T50" s="24">
         <v>7.49</v>
       </c>
       <c r="U50" s="25">
         <v>6.88</v>
       </c>
       <c r="V50" s="24">
         <v>9.3000000000000007</v>
       </c>
       <c r="W50">
         <v>10.42</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X50">
+        <v>11.38</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="24">
         <v>11.200000000000001</v>
       </c>
       <c r="C51">
         <v>11.28</v>
       </c>
       <c r="D51">
         <v>11.36</v>
       </c>
       <c r="E51">
         <v>12.78</v>
       </c>
       <c r="F51">
         <v>11.35</v>
       </c>
       <c r="G51">
         <v>10.220000000000001</v>
       </c>
       <c r="H51">
         <v>12.56</v>
       </c>
       <c r="I51">
@@ -7019,52 +7148,55 @@
       </c>
       <c r="P51" s="17">
         <v>7.8</v>
       </c>
       <c r="Q51" s="17">
         <v>7.77</v>
       </c>
       <c r="R51" s="19">
         <v>8.16</v>
       </c>
       <c r="S51" s="21">
         <v>8.99</v>
       </c>
       <c r="T51" s="24">
         <v>8.6300000000000008</v>
       </c>
       <c r="U51" s="25">
         <v>8.2100000000000009</v>
       </c>
       <c r="V51" s="24">
         <v>10.4</v>
       </c>
       <c r="W51">
         <v>12.05</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X51">
+        <v>13.36</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="24">
         <v>6.46</v>
       </c>
       <c r="C52">
         <v>6.18</v>
       </c>
       <c r="D52">
         <v>6.19</v>
       </c>
       <c r="E52">
         <v>7.17</v>
       </c>
       <c r="F52">
         <v>7.06</v>
       </c>
       <c r="G52">
         <v>6.58</v>
       </c>
       <c r="H52">
         <v>8.58</v>
       </c>
       <c r="I52">
@@ -7090,52 +7222,55 @@
       </c>
       <c r="P52" s="17">
         <v>6.24</v>
       </c>
       <c r="Q52" s="17">
         <v>5.79</v>
       </c>
       <c r="R52" s="19">
         <v>6.3</v>
       </c>
       <c r="S52" s="21">
         <v>7.23</v>
       </c>
       <c r="T52" s="24">
         <v>6.44</v>
       </c>
       <c r="U52" s="25">
         <v>6.11</v>
       </c>
       <c r="V52" s="24">
         <v>7.53</v>
       </c>
       <c r="W52">
         <v>8.8000000000000007</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X52">
+        <v>9.14</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="24">
         <v>9.41</v>
       </c>
       <c r="C53">
         <v>9.7100000000000009</v>
       </c>
       <c r="D53">
         <v>9.6199999999999992</v>
       </c>
       <c r="E53">
         <v>10.85</v>
       </c>
       <c r="F53">
         <v>9.6999999999999993</v>
       </c>
       <c r="G53">
         <v>9.59</v>
       </c>
       <c r="H53">
         <v>11.09</v>
       </c>
       <c r="I53">
@@ -7161,52 +7296,55 @@
       </c>
       <c r="P53" s="17">
         <v>7.09</v>
       </c>
       <c r="Q53" s="17">
         <v>7.17</v>
       </c>
       <c r="R53" s="19">
         <v>7.79</v>
       </c>
       <c r="S53" s="21">
         <v>8.67</v>
       </c>
       <c r="T53" s="24">
         <v>7.83</v>
       </c>
       <c r="U53" s="25">
         <v>7.48</v>
       </c>
       <c r="V53" s="24">
         <v>9.11</v>
       </c>
       <c r="W53">
         <v>10.51</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X53">
+        <v>11.59</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="24">
         <v>12.48</v>
       </c>
       <c r="C54">
         <v>12.95</v>
       </c>
       <c r="D54">
         <v>12.44</v>
       </c>
       <c r="E54">
         <v>13.81</v>
       </c>
       <c r="F54">
         <v>12.98</v>
       </c>
       <c r="G54">
         <v>11.92</v>
       </c>
       <c r="H54">
         <v>13.67</v>
       </c>
       <c r="I54">
@@ -7232,52 +7370,55 @@
       </c>
       <c r="P54" s="17">
         <v>8.41</v>
       </c>
       <c r="Q54" s="17">
         <v>8.65</v>
       </c>
       <c r="R54" s="19">
         <v>9.1999999999999993</v>
       </c>
       <c r="S54" s="21">
         <v>10.49</v>
       </c>
       <c r="T54" s="24">
         <v>9.43</v>
       </c>
       <c r="U54" s="25">
         <v>8.67</v>
       </c>
       <c r="V54" s="24">
         <v>11.19</v>
       </c>
       <c r="W54">
         <v>12.99</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X54">
+        <v>14.19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="24">
         <v>7.04</v>
       </c>
       <c r="C55">
         <v>7.08</v>
       </c>
       <c r="D55">
         <v>6.29</v>
       </c>
       <c r="E55">
         <v>6.85</v>
       </c>
       <c r="F55">
         <v>6.45</v>
       </c>
       <c r="G55">
         <v>6.56</v>
       </c>
       <c r="H55">
         <v>10.54</v>
       </c>
       <c r="I55">
@@ -7303,52 +7444,55 @@
       </c>
       <c r="P55" s="17">
         <v>5.55</v>
       </c>
       <c r="Q55" s="17">
         <v>5.39</v>
       </c>
       <c r="R55" s="19">
         <v>5.84</v>
       </c>
       <c r="S55" s="21">
         <v>6.49</v>
       </c>
       <c r="T55" s="24">
         <v>5.66</v>
       </c>
       <c r="U55" s="25">
         <v>4.95</v>
       </c>
       <c r="V55" s="24">
         <v>6.37</v>
       </c>
       <c r="W55">
         <v>7.9</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X55">
+        <v>9.4500000000000011</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="24">
         <v>6.95</v>
       </c>
       <c r="C56">
         <v>6.35</v>
       </c>
       <c r="D56">
         <v>6.35</v>
       </c>
       <c r="E56">
         <v>6.84</v>
       </c>
       <c r="F56">
         <v>6.61</v>
       </c>
       <c r="G56">
         <v>7.13</v>
       </c>
       <c r="H56">
         <v>9.34</v>
       </c>
       <c r="I56">
@@ -7374,52 +7518,55 @@
       </c>
       <c r="P56" s="17">
         <v>6.1</v>
       </c>
       <c r="Q56" s="17">
         <v>6.26</v>
       </c>
       <c r="R56" s="19">
         <v>6.57</v>
       </c>
       <c r="S56" s="21">
         <v>7.44</v>
       </c>
       <c r="T56" s="24">
         <v>6.6</v>
       </c>
       <c r="U56" s="25">
         <v>6.02</v>
       </c>
       <c r="V56" s="24">
         <v>7.54</v>
       </c>
       <c r="W56">
         <v>8.9</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X56">
+        <v>9.85</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="24">
         <v>7.58</v>
       </c>
       <c r="C57">
         <v>6.94</v>
       </c>
       <c r="D57">
         <v>6.38</v>
       </c>
       <c r="E57">
         <v>7.73</v>
       </c>
       <c r="F57">
         <v>7.61</v>
       </c>
       <c r="G57">
         <v>8.4600000000000009</v>
       </c>
       <c r="H57">
         <v>9.51</v>
       </c>
       <c r="I57">
@@ -7445,52 +7592,55 @@
       </c>
       <c r="P57" s="17">
         <v>5.83</v>
       </c>
       <c r="Q57" s="17">
         <v>5.81</v>
       </c>
       <c r="R57" s="19">
         <v>5.78</v>
       </c>
       <c r="S57" s="21">
         <v>6.55</v>
       </c>
       <c r="T57" s="24">
         <v>6.03</v>
       </c>
       <c r="U57" s="25">
         <v>6.01</v>
       </c>
       <c r="V57" s="24">
         <v>7.45</v>
       </c>
       <c r="W57">
         <v>8.11</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X57">
+        <v>8.99</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="24">
         <v>6.7700000000000005</v>
       </c>
       <c r="C58">
         <v>6.63</v>
       </c>
       <c r="D58">
         <v>5.97</v>
       </c>
       <c r="E58">
         <v>7.22</v>
       </c>
       <c r="F58">
         <v>6.51</v>
       </c>
       <c r="G58">
         <v>6.73</v>
       </c>
       <c r="H58">
         <v>9.2799999999999994</v>
       </c>
       <c r="I58">
@@ -7516,52 +7666,55 @@
       </c>
       <c r="P58" s="17">
         <v>5.43</v>
       </c>
       <c r="Q58" s="17">
         <v>5.47</v>
       </c>
       <c r="R58" s="19">
         <v>5.79</v>
       </c>
       <c r="S58" s="21">
         <v>6.57</v>
       </c>
       <c r="T58" s="24">
         <v>5.77</v>
       </c>
       <c r="U58" s="25">
         <v>5.23</v>
       </c>
       <c r="V58" s="24">
         <v>6.99</v>
       </c>
       <c r="W58">
         <v>8.35</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X58">
+        <v>9.34</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="24">
         <v>6.48</v>
       </c>
       <c r="C59">
         <v>6.57</v>
       </c>
       <c r="D59">
         <v>5.76</v>
       </c>
       <c r="E59">
         <v>6.96</v>
       </c>
       <c r="F59">
         <v>6.9</v>
       </c>
       <c r="G59">
         <v>6.96</v>
       </c>
       <c r="H59">
         <v>9</v>
       </c>
       <c r="I59">
@@ -7587,52 +7740,55 @@
       </c>
       <c r="P59" s="17">
         <v>4.74</v>
       </c>
       <c r="Q59" s="17">
         <v>5.0599999999999996</v>
       </c>
       <c r="R59" s="19">
         <v>5.47</v>
       </c>
       <c r="S59" s="21">
         <v>6.29</v>
       </c>
       <c r="T59" s="24">
         <v>5.34</v>
       </c>
       <c r="U59" s="25">
         <v>4.9400000000000004</v>
       </c>
       <c r="V59" s="24">
         <v>6.43</v>
       </c>
       <c r="W59">
         <v>7.62</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X59">
+        <v>8.0299999999999994</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="24">
         <v>8.65</v>
       </c>
       <c r="C60">
         <v>9.1</v>
       </c>
       <c r="D60">
         <v>9.3699999999999992</v>
       </c>
       <c r="E60">
         <v>10.71</v>
       </c>
       <c r="F60">
         <v>10.37</v>
       </c>
       <c r="G60">
         <v>9.48</v>
       </c>
       <c r="H60">
         <v>10.37</v>
       </c>
       <c r="I60">
@@ -7658,52 +7814,55 @@
       </c>
       <c r="P60" s="17">
         <v>8.11</v>
       </c>
       <c r="Q60" s="17">
         <v>7.82</v>
       </c>
       <c r="R60" s="19">
         <v>8.14</v>
       </c>
       <c r="S60" s="21">
         <v>8.66</v>
       </c>
       <c r="T60" s="24">
         <v>8.3000000000000007</v>
       </c>
       <c r="U60" s="25">
         <v>8.35</v>
       </c>
       <c r="V60" s="24">
         <v>10.46</v>
       </c>
       <c r="W60">
         <v>12.43</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X60">
+        <v>13.72</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="24">
         <v>7.53</v>
       </c>
       <c r="C61">
         <v>7.42</v>
       </c>
       <c r="D61">
         <v>6.71</v>
       </c>
       <c r="E61">
         <v>7.06</v>
       </c>
       <c r="F61">
         <v>6.58</v>
       </c>
       <c r="G61">
         <v>6.39</v>
       </c>
       <c r="H61">
         <v>8</v>
       </c>
       <c r="I61">
@@ -7729,52 +7888,55 @@
       </c>
       <c r="P61" s="17">
         <v>6.98</v>
       </c>
       <c r="Q61" s="17">
         <v>7.2</v>
       </c>
       <c r="R61" s="19">
         <v>7.53</v>
       </c>
       <c r="S61" s="21">
         <v>8.31</v>
       </c>
       <c r="T61" s="24">
         <v>7.41</v>
       </c>
       <c r="U61" s="25">
         <v>6.67</v>
       </c>
       <c r="V61" s="24">
         <v>7.65</v>
       </c>
       <c r="W61">
         <v>9.0500000000000007</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X61">
+        <v>10.540000000000001</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="24">
         <v>9.17</v>
       </c>
       <c r="C62">
         <v>9.02</v>
       </c>
       <c r="D62">
         <v>8.41</v>
       </c>
       <c r="E62">
         <v>9.58</v>
       </c>
       <c r="F62">
         <v>9.3000000000000007</v>
       </c>
       <c r="G62">
         <v>9.84</v>
       </c>
       <c r="H62">
         <v>12.83</v>
       </c>
       <c r="I62">
@@ -7799,132 +7961,135 @@
         <v>7.23</v>
       </c>
       <c r="P62" s="17">
         <v>7.51</v>
       </c>
       <c r="Q62" s="17">
         <v>7.58</v>
       </c>
       <c r="R62" s="19">
         <v>8.1199999999999992</v>
       </c>
       <c r="S62" s="21">
         <v>9.24</v>
       </c>
       <c r="T62" s="24">
         <v>8.2200000000000006</v>
       </c>
       <c r="U62" s="25">
         <v>7.53</v>
       </c>
       <c r="V62" s="24">
         <v>9.66</v>
       </c>
       <c r="W62">
         <v>11.24</v>
+      </c>
+      <c r="X62">
+        <v>12.36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{F5837093-9637-B941-90C9-A0707527AC95}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0900-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="H10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="15" max="15" width="9.33203125"/>
+    <col min="15" max="15" width="9.36328125"/>
     <col min="16" max="22" width="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" t="s">
         <v>0</v>
       </c>
       <c r="B9" t="s">
         <v>116</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>58</v>
       </c>
       <c r="H9" t="s">
         <v>59</v>
       </c>
       <c r="I9" t="s">
@@ -7950,52 +8115,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" t="s">
         <v>101</v>
       </c>
       <c r="R9" t="s">
         <v>103</v>
       </c>
       <c r="S9" t="s">
         <v>104</v>
       </c>
       <c r="T9" t="s">
         <v>105</v>
       </c>
       <c r="U9" s="26" t="s">
         <v>113</v>
       </c>
       <c r="V9" t="s">
         <v>115</v>
       </c>
       <c r="W9" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="24">
         <v>0.57000000000000006</v>
       </c>
       <c r="C10" s="17">
         <v>0.53</v>
       </c>
       <c r="D10" s="17">
         <v>0.61</v>
       </c>
       <c r="E10" s="17">
         <v>0.81</v>
       </c>
       <c r="F10" s="17">
         <v>1.32</v>
       </c>
       <c r="G10" s="17">
         <v>1.96</v>
       </c>
       <c r="H10" s="17">
         <v>2.98</v>
       </c>
       <c r="I10" s="17">
@@ -8021,52 +8189,55 @@
       </c>
       <c r="P10" s="17">
         <v>0.76</v>
       </c>
       <c r="Q10" s="17">
         <v>0.54</v>
       </c>
       <c r="R10" s="19">
         <v>0.6</v>
       </c>
       <c r="S10" s="28">
         <v>0.39</v>
       </c>
       <c r="T10" s="24">
         <v>0.21</v>
       </c>
       <c r="U10" s="29">
         <v>0.25</v>
       </c>
       <c r="V10" s="24">
         <v>0.64</v>
       </c>
       <c r="W10">
         <v>0.59</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="24">
         <v>1.57</v>
       </c>
       <c r="C11" s="17">
         <v>1.48</v>
       </c>
       <c r="D11" s="17">
         <v>1.41</v>
       </c>
       <c r="E11" s="17">
         <v>1.21</v>
       </c>
       <c r="F11" s="17">
         <v>1.85</v>
       </c>
       <c r="G11" s="17">
         <v>2.81</v>
       </c>
       <c r="H11" s="17">
         <v>4.0999999999999996</v>
       </c>
       <c r="I11" s="17">
@@ -8092,52 +8263,55 @@
       </c>
       <c r="P11" s="17">
         <v>1.1399999999999999</v>
       </c>
       <c r="Q11" s="17">
         <v>1.01</v>
       </c>
       <c r="R11" s="19">
         <v>0.88</v>
       </c>
       <c r="S11" s="28">
         <v>0.55000000000000004</v>
       </c>
       <c r="T11" s="24">
         <v>0.51</v>
       </c>
       <c r="U11" s="29">
         <v>0.55000000000000004</v>
       </c>
       <c r="V11" s="24">
         <v>0.7</v>
       </c>
       <c r="W11">
         <v>0.84</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11">
+        <v>1.1500000000000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="24">
         <v>1.32</v>
       </c>
       <c r="C12" s="17">
         <v>1.33</v>
       </c>
       <c r="D12" s="17">
         <v>1.24</v>
       </c>
       <c r="E12" s="17">
         <v>1.21</v>
       </c>
       <c r="F12" s="17">
         <v>1.71</v>
       </c>
       <c r="G12" s="17">
         <v>2.5299999999999998</v>
       </c>
       <c r="H12" s="17">
         <v>3.72</v>
       </c>
       <c r="I12" s="17">
@@ -8163,52 +8337,55 @@
       </c>
       <c r="P12" s="17">
         <v>1.2</v>
       </c>
       <c r="Q12" s="17">
         <v>0.89</v>
       </c>
       <c r="R12" s="19">
         <v>0.96</v>
       </c>
       <c r="S12" s="28">
         <v>0.6</v>
       </c>
       <c r="T12" s="24">
         <v>0.55000000000000004</v>
       </c>
       <c r="U12" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="V12" s="24">
         <v>0.56000000000000005</v>
       </c>
       <c r="W12">
         <v>0.79</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="24">
         <v>1.05</v>
       </c>
       <c r="C13" s="17">
         <v>0.98</v>
       </c>
       <c r="D13" s="17">
         <v>0.52</v>
       </c>
       <c r="E13" s="17">
         <v>0.73</v>
       </c>
       <c r="F13" s="17">
         <v>2.89</v>
       </c>
       <c r="G13" s="17">
         <v>7.22</v>
       </c>
       <c r="H13" s="17">
         <v>12.77</v>
       </c>
       <c r="I13" s="17">
@@ -8234,52 +8411,55 @@
       </c>
       <c r="P13" s="17">
         <v>0.88</v>
       </c>
       <c r="Q13" s="17">
         <v>0.64</v>
       </c>
       <c r="R13" s="19">
         <v>0.59</v>
       </c>
       <c r="S13" s="28">
         <v>0.28000000000000003</v>
       </c>
       <c r="T13" s="24">
         <v>0.24</v>
       </c>
       <c r="U13" s="29">
         <v>0.26</v>
       </c>
       <c r="V13" s="24">
         <v>0.47</v>
       </c>
       <c r="W13">
         <v>0.67</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13">
+        <v>0.94000000000000006</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="24">
         <v>0.43</v>
       </c>
       <c r="C14" s="17">
         <v>0.34</v>
       </c>
       <c r="D14" s="17">
         <v>0.35</v>
       </c>
       <c r="E14" s="17">
         <v>0.98</v>
       </c>
       <c r="F14" s="17">
         <v>3.74</v>
       </c>
       <c r="G14" s="17">
         <v>7.92</v>
       </c>
       <c r="H14" s="17">
         <v>12.75</v>
       </c>
       <c r="I14" s="17">
@@ -8305,52 +8485,55 @@
       </c>
       <c r="P14" s="17">
         <v>0.72</v>
       </c>
       <c r="Q14" s="17">
         <v>0.56999999999999995</v>
       </c>
       <c r="R14" s="19">
         <v>0.57999999999999996</v>
       </c>
       <c r="S14" s="28">
         <v>0.27</v>
       </c>
       <c r="T14" s="24">
         <v>0.24</v>
       </c>
       <c r="U14" s="29">
         <v>0.24</v>
       </c>
       <c r="V14" s="24">
         <v>0.37</v>
       </c>
       <c r="W14">
         <v>0.49</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14">
+        <v>0.63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="24">
         <v>1.2</v>
       </c>
       <c r="C15" s="17">
         <v>1.28</v>
       </c>
       <c r="D15" s="17">
         <v>1.31</v>
       </c>
       <c r="E15" s="17">
         <v>1.68</v>
       </c>
       <c r="F15" s="17">
         <v>2.36</v>
       </c>
       <c r="G15" s="17">
         <v>2.91</v>
       </c>
       <c r="H15" s="17">
         <v>4.51</v>
       </c>
       <c r="I15" s="17">
@@ -8376,52 +8559,55 @@
       </c>
       <c r="P15" s="17">
         <v>0.46</v>
       </c>
       <c r="Q15" s="17">
         <v>0.39</v>
       </c>
       <c r="R15" s="19">
         <v>0.41</v>
       </c>
       <c r="S15" s="28">
         <v>0.26</v>
       </c>
       <c r="T15" s="24">
         <v>0.22</v>
       </c>
       <c r="U15" s="29">
         <v>0.26</v>
       </c>
       <c r="V15" s="24">
         <v>0.38</v>
       </c>
       <c r="W15">
         <v>0.56000000000000005</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="24">
         <v>0.78</v>
       </c>
       <c r="C16" s="17">
         <v>0.69</v>
       </c>
       <c r="D16" s="17">
         <v>0.62</v>
       </c>
       <c r="E16" s="17">
         <v>0.92</v>
       </c>
       <c r="F16" s="17">
         <v>1.88</v>
       </c>
       <c r="G16" s="17">
         <v>3.42</v>
       </c>
       <c r="H16" s="17">
         <v>6.29</v>
       </c>
       <c r="I16" s="17">
@@ -8447,52 +8633,55 @@
       </c>
       <c r="P16" s="17">
         <v>2</v>
       </c>
       <c r="Q16" s="17">
         <v>1.84</v>
       </c>
       <c r="R16" s="19">
         <v>1.77</v>
       </c>
       <c r="S16" s="28">
         <v>1.17</v>
       </c>
       <c r="T16" s="24">
         <v>0.84</v>
       </c>
       <c r="U16" s="29">
         <v>0.8</v>
       </c>
       <c r="V16" s="24">
         <v>0.79</v>
       </c>
       <c r="W16">
         <v>0.78</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16">
+        <v>0.97</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="24">
         <v>0.73</v>
       </c>
       <c r="C17" s="17">
         <v>0.53</v>
       </c>
       <c r="D17" s="17">
         <v>0.42</v>
       </c>
       <c r="E17" s="17">
         <v>0.46</v>
       </c>
       <c r="F17" s="17">
         <v>1.62</v>
       </c>
       <c r="G17" s="17">
         <v>2.66</v>
       </c>
       <c r="H17" s="17">
         <v>5.12</v>
       </c>
       <c r="I17" s="17">
@@ -8518,52 +8707,55 @@
       </c>
       <c r="P17" s="17">
         <v>1.17</v>
       </c>
       <c r="Q17" s="17">
         <v>0.83</v>
       </c>
       <c r="R17" s="19">
         <v>0.75</v>
       </c>
       <c r="S17" s="28">
         <v>0.31</v>
       </c>
       <c r="T17" s="24">
         <v>0.22</v>
       </c>
       <c r="U17" s="29">
         <v>0.34</v>
       </c>
       <c r="V17" s="24">
         <v>0.61</v>
       </c>
       <c r="W17">
         <v>0.85</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17">
+        <v>1.01</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="24">
         <v>1.45</v>
       </c>
       <c r="C18" s="17">
         <v>1.4</v>
       </c>
       <c r="D18" s="17">
         <v>1.1499999999999999</v>
       </c>
       <c r="E18" s="17">
         <v>1.44</v>
       </c>
       <c r="F18" s="17">
         <v>2.08</v>
       </c>
       <c r="G18" s="17">
         <v>3.67</v>
       </c>
       <c r="H18" s="17">
         <v>5.75</v>
       </c>
       <c r="I18" s="17">
@@ -8589,52 +8781,55 @@
       </c>
       <c r="P18" s="17">
         <v>2.21</v>
       </c>
       <c r="Q18" s="17">
         <v>1.86</v>
       </c>
       <c r="R18" s="19">
         <v>1.73</v>
       </c>
       <c r="S18" s="28">
         <v>0.83</v>
       </c>
       <c r="T18" s="24">
         <v>0.55000000000000004</v>
       </c>
       <c r="U18" s="29">
         <v>0.73</v>
       </c>
       <c r="V18" s="24">
         <v>0.7</v>
       </c>
       <c r="W18">
         <v>0.95000000000000007</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18">
+        <v>1.1300000000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="24">
         <v>1.21</v>
       </c>
       <c r="C19" s="17">
         <v>0.95</v>
       </c>
       <c r="D19" s="17">
         <v>0.69</v>
       </c>
       <c r="E19" s="17">
         <v>1.25</v>
       </c>
       <c r="F19" s="17">
         <v>5.22</v>
       </c>
       <c r="G19" s="17">
         <v>13.19</v>
       </c>
       <c r="H19" s="17">
         <v>20.74</v>
       </c>
       <c r="I19" s="17">
@@ -8660,52 +8855,55 @@
       </c>
       <c r="P19" s="17">
         <v>1.32</v>
       </c>
       <c r="Q19" s="17">
         <v>1.63</v>
       </c>
       <c r="R19" s="19">
         <v>1.47</v>
       </c>
       <c r="S19" s="28">
         <v>0.82</v>
       </c>
       <c r="T19" s="24">
         <v>0.57999999999999996</v>
       </c>
       <c r="U19" s="29">
         <v>0.44</v>
       </c>
       <c r="V19" s="24">
         <v>0.71</v>
       </c>
       <c r="W19">
         <v>0.82000000000000006</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19">
+        <v>1.43</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="24">
         <v>1.74</v>
       </c>
       <c r="C20" s="17">
         <v>1.66</v>
       </c>
       <c r="D20" s="17">
         <v>1.6</v>
       </c>
       <c r="E20" s="17">
         <v>1.76</v>
       </c>
       <c r="F20" s="17">
         <v>2.94</v>
       </c>
       <c r="G20" s="17">
         <v>4.37</v>
       </c>
       <c r="H20" s="17">
         <v>7.25</v>
       </c>
       <c r="I20" s="17">
@@ -8731,52 +8929,55 @@
       </c>
       <c r="P20" s="17">
         <v>1.05</v>
       </c>
       <c r="Q20" s="17">
         <v>0.99</v>
       </c>
       <c r="R20" s="19">
         <v>0.97</v>
       </c>
       <c r="S20" s="28">
         <v>0.52</v>
       </c>
       <c r="T20" s="24">
         <v>0.36</v>
       </c>
       <c r="U20" s="29">
         <v>0.45</v>
       </c>
       <c r="V20" s="24">
         <v>0.65</v>
       </c>
       <c r="W20">
         <v>0.85</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20">
+        <v>1.27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="24">
         <v>0.57999999999999996</v>
       </c>
       <c r="C21" s="17">
         <v>0.42</v>
       </c>
       <c r="D21" s="17">
         <v>0.3</v>
       </c>
       <c r="E21" s="17">
         <v>0.67</v>
       </c>
       <c r="F21" s="17">
         <v>1.38</v>
       </c>
       <c r="G21" s="17">
         <v>3.34</v>
       </c>
       <c r="H21" s="17">
         <v>7.24</v>
       </c>
       <c r="I21" s="17">
@@ -8802,52 +9003,55 @@
       </c>
       <c r="P21" s="17">
         <v>1.3</v>
       </c>
       <c r="Q21" s="17">
         <v>1.0900000000000001</v>
       </c>
       <c r="R21" s="19">
         <v>0.71</v>
       </c>
       <c r="S21" s="28">
         <v>0.54</v>
       </c>
       <c r="T21" s="24">
         <v>0.38</v>
       </c>
       <c r="U21" s="29">
         <v>0.44</v>
       </c>
       <c r="V21" s="24">
         <v>0.55000000000000004</v>
       </c>
       <c r="W21">
         <v>0.53</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21">
+        <v>0.56000000000000005</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="24">
         <v>1.18</v>
       </c>
       <c r="C22" s="17">
         <v>1.21</v>
       </c>
       <c r="D22" s="17">
         <v>1.1299999999999999</v>
       </c>
       <c r="E22" s="17">
         <v>1.25</v>
       </c>
       <c r="F22" s="17">
         <v>1.58</v>
       </c>
       <c r="G22" s="17">
         <v>2.04</v>
       </c>
       <c r="H22" s="17">
         <v>2.87</v>
       </c>
       <c r="I22" s="17">
@@ -8873,52 +9077,55 @@
       </c>
       <c r="P22" s="17">
         <v>0.85</v>
       </c>
       <c r="Q22" s="17">
         <v>0.71</v>
       </c>
       <c r="R22" s="19">
         <v>0.68</v>
       </c>
       <c r="S22" s="28">
         <v>0.38</v>
       </c>
       <c r="T22" s="24">
         <v>0.35</v>
       </c>
       <c r="U22" s="29">
         <v>0.43</v>
       </c>
       <c r="V22" s="24">
         <v>0.46</v>
       </c>
       <c r="W22">
         <v>0.67</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22">
+        <v>0.81</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="24">
         <v>1.3900000000000001</v>
       </c>
       <c r="C23" s="17">
         <v>1.25</v>
       </c>
       <c r="D23" s="17">
         <v>0.74</v>
       </c>
       <c r="E23" s="17">
         <v>0.71</v>
       </c>
       <c r="F23" s="17">
         <v>1.92</v>
       </c>
       <c r="G23" s="17">
         <v>3.6</v>
       </c>
       <c r="H23" s="17">
         <v>6.6</v>
       </c>
       <c r="I23" s="17">
@@ -8944,52 +9151,55 @@
       </c>
       <c r="P23" s="17">
         <v>0.66</v>
       </c>
       <c r="Q23" s="17">
         <v>0.49</v>
       </c>
       <c r="R23" s="19">
         <v>0.47</v>
       </c>
       <c r="S23" s="28">
         <v>0.31</v>
       </c>
       <c r="T23" s="24">
         <v>0.16</v>
       </c>
       <c r="U23" s="29">
         <v>0.23</v>
       </c>
       <c r="V23" s="24">
         <v>0.38</v>
       </c>
       <c r="W23">
         <v>0.45</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23">
+        <v>0.74</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="24">
         <v>1.3</v>
       </c>
       <c r="C24" s="17">
         <v>1.26</v>
       </c>
       <c r="D24" s="17">
         <v>1.18</v>
       </c>
       <c r="E24" s="17">
         <v>1.6</v>
       </c>
       <c r="F24" s="17">
         <v>2.94</v>
       </c>
       <c r="G24" s="17">
         <v>4.71</v>
       </c>
       <c r="H24" s="17">
         <v>8.1999999999999993</v>
       </c>
       <c r="I24" s="17">
@@ -9015,52 +9225,55 @@
       </c>
       <c r="P24" s="17">
         <v>1.68</v>
       </c>
       <c r="Q24" s="17">
         <v>1.35</v>
       </c>
       <c r="R24" s="19">
         <v>1.27</v>
       </c>
       <c r="S24" s="28">
         <v>0.8</v>
       </c>
       <c r="T24" s="24">
         <v>0.62</v>
       </c>
       <c r="U24" s="29">
         <v>0.62</v>
       </c>
       <c r="V24" s="24">
         <v>0.65</v>
       </c>
       <c r="W24">
         <v>0.81</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24">
+        <v>1.1500000000000001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="24">
         <v>2.35</v>
       </c>
       <c r="C25" s="17">
         <v>2.3199999999999998</v>
       </c>
       <c r="D25" s="17">
         <v>2.23</v>
       </c>
       <c r="E25" s="17">
         <v>2.34</v>
       </c>
       <c r="F25" s="17">
         <v>3.06</v>
       </c>
       <c r="G25" s="17">
         <v>3.72</v>
       </c>
       <c r="H25" s="17">
         <v>5.19</v>
       </c>
       <c r="I25" s="17">
@@ -9086,52 +9299,55 @@
       </c>
       <c r="P25" s="17">
         <v>1.2</v>
       </c>
       <c r="Q25" s="17">
         <v>1.01</v>
       </c>
       <c r="R25" s="19">
         <v>1.03</v>
       </c>
       <c r="S25" s="28">
         <v>0.6</v>
       </c>
       <c r="T25" s="24">
         <v>0.5</v>
       </c>
       <c r="U25" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="V25" s="24">
         <v>0.72</v>
       </c>
       <c r="W25">
         <v>0.93</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25">
+        <v>1.1000000000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="24">
         <v>1.21</v>
       </c>
       <c r="C26" s="17">
         <v>1.29</v>
       </c>
       <c r="D26" s="17">
         <v>1.2</v>
       </c>
       <c r="E26" s="17">
         <v>1.37</v>
       </c>
       <c r="F26" s="17">
         <v>1.63</v>
       </c>
       <c r="G26" s="17">
         <v>2.17</v>
       </c>
       <c r="H26" s="17">
         <v>3.2</v>
       </c>
       <c r="I26" s="17">
@@ -9157,52 +9373,55 @@
       </c>
       <c r="P26" s="17">
         <v>0.87</v>
       </c>
       <c r="Q26" s="17">
         <v>0.79</v>
       </c>
       <c r="R26" s="19">
         <v>0.73</v>
       </c>
       <c r="S26" s="28">
         <v>0.5</v>
       </c>
       <c r="T26" s="24">
         <v>0.38</v>
       </c>
       <c r="U26" s="29">
         <v>0.41</v>
       </c>
       <c r="V26" s="24">
         <v>0.52</v>
       </c>
       <c r="W26">
         <v>0.65</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26">
+        <v>0.82000000000000006</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="24">
         <v>1.8800000000000001</v>
       </c>
       <c r="C27" s="17">
         <v>1.74</v>
       </c>
       <c r="D27" s="17">
         <v>1.72</v>
       </c>
       <c r="E27" s="17">
         <v>1.74</v>
       </c>
       <c r="F27" s="17">
         <v>2.0499999999999998</v>
       </c>
       <c r="G27" s="17">
         <v>2.68</v>
       </c>
       <c r="H27" s="17">
         <v>3.78</v>
       </c>
       <c r="I27" s="17">
@@ -9228,52 +9447,55 @@
       </c>
       <c r="P27" s="17">
         <v>1.28</v>
       </c>
       <c r="Q27" s="17">
         <v>1.18</v>
       </c>
       <c r="R27" s="19">
         <v>1.02</v>
       </c>
       <c r="S27" s="28">
         <v>0.65</v>
       </c>
       <c r="T27" s="24">
         <v>0.52</v>
       </c>
       <c r="U27" s="29">
         <v>0.52</v>
       </c>
       <c r="V27" s="24">
         <v>0.69</v>
       </c>
       <c r="W27">
         <v>0.75</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="24">
         <v>1.83</v>
       </c>
       <c r="C28" s="17">
         <v>1.75</v>
       </c>
       <c r="D28" s="17">
         <v>1.36</v>
       </c>
       <c r="E28" s="17">
         <v>1.4</v>
       </c>
       <c r="F28" s="17">
         <v>2.27</v>
       </c>
       <c r="G28" s="17">
         <v>3.08</v>
       </c>
       <c r="H28" s="17">
         <v>4.8</v>
       </c>
       <c r="I28" s="17">
@@ -9299,52 +9521,55 @@
       </c>
       <c r="P28" s="17">
         <v>1.64</v>
       </c>
       <c r="Q28" s="17">
         <v>1.68</v>
       </c>
       <c r="R28" s="19">
         <v>1.5</v>
       </c>
       <c r="S28" s="28">
         <v>0.87</v>
       </c>
       <c r="T28" s="24">
         <v>0.82</v>
       </c>
       <c r="U28" s="29">
         <v>0.95</v>
       </c>
       <c r="V28" s="24">
         <v>1.28</v>
       </c>
       <c r="W28">
         <v>1.59</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28">
+        <v>1.83</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="24">
         <v>0.43</v>
       </c>
       <c r="C29" s="17">
         <v>0.4</v>
       </c>
       <c r="D29" s="17">
         <v>0.63</v>
       </c>
       <c r="E29" s="17">
         <v>1.25</v>
       </c>
       <c r="F29" s="17">
         <v>2.4500000000000002</v>
       </c>
       <c r="G29" s="17">
         <v>3.96</v>
       </c>
       <c r="H29" s="17">
         <v>6.06</v>
       </c>
       <c r="I29" s="17">
@@ -9370,52 +9595,55 @@
       </c>
       <c r="P29" s="17">
         <v>1.32</v>
       </c>
       <c r="Q29" s="17">
         <v>1.01</v>
       </c>
       <c r="R29" s="19">
         <v>0.9</v>
       </c>
       <c r="S29" s="28">
         <v>0.57999999999999996</v>
       </c>
       <c r="T29" s="24">
         <v>0.38</v>
       </c>
       <c r="U29" s="29">
         <v>0.37</v>
       </c>
       <c r="V29" s="24">
         <v>0.49</v>
       </c>
       <c r="W29">
         <v>0.54</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="24">
         <v>1</v>
       </c>
       <c r="C30" s="17">
         <v>0.73</v>
       </c>
       <c r="D30" s="17">
         <v>0.52</v>
       </c>
       <c r="E30" s="17">
         <v>0.74</v>
       </c>
       <c r="F30" s="17">
         <v>2.1800000000000002</v>
       </c>
       <c r="G30" s="17">
         <v>5.14</v>
       </c>
       <c r="H30" s="17">
         <v>7.93</v>
       </c>
       <c r="I30" s="17">
@@ -9441,52 +9669,55 @@
       </c>
       <c r="P30" s="17">
         <v>1.63</v>
       </c>
       <c r="Q30" s="17">
         <v>1.37</v>
       </c>
       <c r="R30" s="19">
         <v>1.33</v>
       </c>
       <c r="S30" s="28">
         <v>0.71</v>
       </c>
       <c r="T30" s="24">
         <v>0.5</v>
       </c>
       <c r="U30" s="29">
         <v>0.61</v>
       </c>
       <c r="V30" s="24">
         <v>0.75</v>
       </c>
       <c r="W30">
         <v>0.91</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30">
+        <v>1.1100000000000001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="24">
         <v>0.72</v>
       </c>
       <c r="C31" s="17">
         <v>0.65</v>
       </c>
       <c r="D31" s="17">
         <v>0.76</v>
       </c>
       <c r="E31" s="17">
         <v>1.59</v>
       </c>
       <c r="F31" s="17">
         <v>2.35</v>
       </c>
       <c r="G31" s="17">
         <v>3.26</v>
       </c>
       <c r="H31" s="17">
         <v>4.84</v>
       </c>
       <c r="I31" s="17">
@@ -9512,52 +9743,55 @@
       </c>
       <c r="P31" s="17">
         <v>1.99</v>
       </c>
       <c r="Q31" s="17">
         <v>1.76</v>
       </c>
       <c r="R31" s="19">
         <v>1.54</v>
       </c>
       <c r="S31" s="28">
         <v>0.98</v>
       </c>
       <c r="T31" s="24">
         <v>0.72</v>
       </c>
       <c r="U31" s="29">
         <v>0.59</v>
       </c>
       <c r="V31" s="24">
         <v>0.71</v>
       </c>
       <c r="W31">
         <v>0.69000000000000006</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="24">
         <v>1.29</v>
       </c>
       <c r="C32" s="17">
         <v>1.34</v>
       </c>
       <c r="D32" s="17">
         <v>1.56</v>
       </c>
       <c r="E32" s="17">
         <v>2.25</v>
       </c>
       <c r="F32" s="17">
         <v>3.3</v>
       </c>
       <c r="G32" s="17">
         <v>4.21</v>
       </c>
       <c r="H32" s="17">
         <v>6.72</v>
       </c>
       <c r="I32" s="17">
@@ -9583,52 +9817,55 @@
       </c>
       <c r="P32" s="17">
         <v>0.81</v>
       </c>
       <c r="Q32" s="17">
         <v>0.76</v>
       </c>
       <c r="R32" s="19">
         <v>0.68</v>
       </c>
       <c r="S32" s="28">
         <v>0.44</v>
       </c>
       <c r="T32" s="24">
         <v>0.35</v>
       </c>
       <c r="U32" s="29">
         <v>0.41</v>
       </c>
       <c r="V32" s="24">
         <v>0.54</v>
       </c>
       <c r="W32">
         <v>0.64</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="24">
         <v>0.73</v>
       </c>
       <c r="C33" s="17">
         <v>0.76</v>
       </c>
       <c r="D33" s="17">
         <v>0.93</v>
       </c>
       <c r="E33" s="17">
         <v>1.47</v>
       </c>
       <c r="F33" s="17">
         <v>2.67</v>
       </c>
       <c r="G33" s="17">
         <v>3.6</v>
       </c>
       <c r="H33" s="17">
         <v>5</v>
       </c>
       <c r="I33" s="17">
@@ -9654,52 +9891,55 @@
       </c>
       <c r="P33" s="17">
         <v>0.67</v>
       </c>
       <c r="Q33" s="17">
         <v>0.61</v>
       </c>
       <c r="R33" s="19">
         <v>0.56000000000000005</v>
       </c>
       <c r="S33" s="28">
         <v>0.28000000000000003</v>
       </c>
       <c r="T33" s="24">
         <v>0.24</v>
       </c>
       <c r="U33" s="29">
         <v>0.26</v>
       </c>
       <c r="V33" s="24">
         <v>0.39</v>
       </c>
       <c r="W33">
         <v>0.53</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33">
+        <v>0.63</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="24">
         <v>1.19</v>
       </c>
       <c r="C34" s="17">
         <v>1.1200000000000001</v>
       </c>
       <c r="D34" s="17">
         <v>1.18</v>
       </c>
       <c r="E34" s="17">
         <v>1.18</v>
       </c>
       <c r="F34" s="17">
         <v>1.92</v>
       </c>
       <c r="G34" s="17">
         <v>2.56</v>
       </c>
       <c r="H34" s="17">
         <v>3.99</v>
       </c>
       <c r="I34" s="17">
@@ -9725,52 +9965,55 @@
       </c>
       <c r="P34" s="17">
         <v>0.91</v>
       </c>
       <c r="Q34" s="17">
         <v>0.74</v>
       </c>
       <c r="R34" s="19">
         <v>0.77</v>
       </c>
       <c r="S34" s="28">
         <v>0.5</v>
       </c>
       <c r="T34" s="24">
         <v>0.4</v>
       </c>
       <c r="U34" s="29">
         <v>0.37</v>
       </c>
       <c r="V34" s="24">
         <v>0.51</v>
       </c>
       <c r="W34">
         <v>0.70000000000000007</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="24">
         <v>2.16</v>
       </c>
       <c r="C35" s="17">
         <v>2.2999999999999998</v>
       </c>
       <c r="D35" s="17">
         <v>1.6</v>
       </c>
       <c r="E35" s="17">
         <v>1.98</v>
       </c>
       <c r="F35" s="17">
         <v>2.39</v>
       </c>
       <c r="G35" s="17">
         <v>3.45</v>
       </c>
       <c r="H35" s="17">
         <v>5.33</v>
       </c>
       <c r="I35" s="17">
@@ -9796,52 +10039,55 @@
       </c>
       <c r="P35" s="17">
         <v>1.64</v>
       </c>
       <c r="Q35" s="17">
         <v>1.68</v>
       </c>
       <c r="R35" s="19">
         <v>1.6</v>
       </c>
       <c r="S35" s="28">
         <v>0.93</v>
       </c>
       <c r="T35" s="24">
         <v>0.87</v>
       </c>
       <c r="U35" s="29">
         <v>0.91</v>
       </c>
       <c r="V35" s="24">
         <v>1.08</v>
       </c>
       <c r="W35">
         <v>1.32</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35">
+        <v>1.71</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="24">
         <v>0.96</v>
       </c>
       <c r="C36" s="17">
         <v>0.9</v>
       </c>
       <c r="D36" s="17">
         <v>0.64</v>
       </c>
       <c r="E36" s="17">
         <v>0.62</v>
       </c>
       <c r="F36" s="17">
         <v>1.23</v>
       </c>
       <c r="G36" s="17">
         <v>2.33</v>
       </c>
       <c r="H36" s="17">
         <v>4.17</v>
       </c>
       <c r="I36" s="17">
@@ -9867,52 +10113,55 @@
       </c>
       <c r="P36" s="17">
         <v>0.73</v>
       </c>
       <c r="Q36" s="17">
         <v>0.82</v>
       </c>
       <c r="R36" s="19">
         <v>0.64</v>
       </c>
       <c r="S36" s="28">
         <v>0.33</v>
       </c>
       <c r="T36" s="24">
         <v>0.26</v>
       </c>
       <c r="U36" s="29">
         <v>0.31</v>
       </c>
       <c r="V36" s="24">
         <v>0.44</v>
       </c>
       <c r="W36">
         <v>0.44</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="24">
         <v>1.74</v>
       </c>
       <c r="C37" s="17">
         <v>1.64</v>
       </c>
       <c r="D37" s="17">
         <v>1.45</v>
       </c>
       <c r="E37" s="17">
         <v>1.36</v>
       </c>
       <c r="F37" s="17">
         <v>1.78</v>
       </c>
       <c r="G37" s="17">
         <v>2.77</v>
       </c>
       <c r="H37" s="17">
         <v>4.51</v>
       </c>
       <c r="I37" s="17">
@@ -9938,52 +10187,55 @@
       </c>
       <c r="P37" s="17">
         <v>1.23</v>
       </c>
       <c r="Q37" s="17">
         <v>0.94</v>
       </c>
       <c r="R37" s="19">
         <v>0.89</v>
       </c>
       <c r="S37" s="28">
         <v>0.46</v>
       </c>
       <c r="T37" s="24">
         <v>0.38</v>
       </c>
       <c r="U37" s="29">
         <v>0.44</v>
       </c>
       <c r="V37" s="24">
         <v>0.5</v>
       </c>
       <c r="W37">
         <v>0.59</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="24">
         <v>0.54</v>
       </c>
       <c r="C38" s="17">
         <v>0.43</v>
       </c>
       <c r="D38" s="17">
         <v>0.5</v>
       </c>
       <c r="E38" s="17">
         <v>0.8</v>
       </c>
       <c r="F38" s="17">
         <v>0.86</v>
       </c>
       <c r="G38" s="17">
         <v>0.82</v>
       </c>
       <c r="H38" s="17">
         <v>1.52</v>
       </c>
       <c r="I38" s="17">
@@ -10009,52 +10261,55 @@
       </c>
       <c r="P38" s="17">
         <v>0.67</v>
       </c>
       <c r="Q38" s="17">
         <v>0.8</v>
       </c>
       <c r="R38" s="19">
         <v>0.79</v>
       </c>
       <c r="S38" s="28">
         <v>0.56000000000000005</v>
       </c>
       <c r="T38" s="24">
         <v>0.38</v>
       </c>
       <c r="U38" s="29">
         <v>0.47</v>
       </c>
       <c r="V38" s="24">
         <v>0.56999999999999995</v>
       </c>
       <c r="W38">
         <v>0.5</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38">
+        <v>0.94000000000000006</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="24">
         <v>0.98</v>
       </c>
       <c r="C39" s="17">
         <v>1.03</v>
       </c>
       <c r="D39" s="17">
         <v>0.95</v>
       </c>
       <c r="E39" s="17">
         <v>1.1100000000000001</v>
       </c>
       <c r="F39" s="17">
         <v>1.37</v>
       </c>
       <c r="G39" s="17">
         <v>1.71</v>
       </c>
       <c r="H39" s="17">
         <v>2.21</v>
       </c>
       <c r="I39" s="17">
@@ -10080,52 +10335,55 @@
       </c>
       <c r="P39" s="17">
         <v>0.59</v>
       </c>
       <c r="Q39" s="17">
         <v>0.42</v>
       </c>
       <c r="R39" s="19">
         <v>0.51</v>
       </c>
       <c r="S39" s="28">
         <v>0.26</v>
       </c>
       <c r="T39" s="24">
         <v>0.19</v>
       </c>
       <c r="U39" s="29">
         <v>0.3</v>
       </c>
       <c r="V39" s="24">
         <v>0.36</v>
       </c>
       <c r="W39">
         <v>0.62</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="24">
         <v>0.56000000000000005</v>
       </c>
       <c r="C40" s="17">
         <v>0.41</v>
       </c>
       <c r="D40" s="17">
         <v>0.52</v>
       </c>
       <c r="E40" s="17">
         <v>0.85</v>
       </c>
       <c r="F40" s="17">
         <v>1.65</v>
       </c>
       <c r="G40" s="17">
         <v>2.2999999999999998</v>
       </c>
       <c r="H40" s="17">
         <v>4.5599999999999996</v>
       </c>
       <c r="I40" s="17">
@@ -10151,52 +10409,55 @@
       </c>
       <c r="P40" s="17">
         <v>1.08</v>
       </c>
       <c r="Q40" s="17">
         <v>0.89</v>
       </c>
       <c r="R40" s="19">
         <v>0.7</v>
       </c>
       <c r="S40" s="28">
         <v>0.35</v>
       </c>
       <c r="T40" s="24">
         <v>0.28000000000000003</v>
       </c>
       <c r="U40" s="29">
         <v>0.34</v>
       </c>
       <c r="V40" s="24">
         <v>0.28000000000000003</v>
       </c>
       <c r="W40">
         <v>0.45</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40">
+        <v>0.61</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="24">
         <v>0.98</v>
       </c>
       <c r="C41" s="17">
         <v>0.82</v>
       </c>
       <c r="D41" s="17">
         <v>0.8</v>
       </c>
       <c r="E41" s="17">
         <v>1.08</v>
       </c>
       <c r="F41" s="17">
         <v>2.4500000000000002</v>
       </c>
       <c r="G41" s="17">
         <v>5.05</v>
       </c>
       <c r="H41" s="17">
         <v>8.85</v>
       </c>
       <c r="I41" s="17">
@@ -10222,52 +10483,55 @@
       </c>
       <c r="P41" s="17">
         <v>2.72</v>
       </c>
       <c r="Q41" s="17">
         <v>2</v>
       </c>
       <c r="R41" s="19">
         <v>1.73</v>
       </c>
       <c r="S41" s="28">
         <v>1.04</v>
       </c>
       <c r="T41" s="24">
         <v>0.7</v>
       </c>
       <c r="U41" s="29">
         <v>0.74</v>
       </c>
       <c r="V41" s="24">
         <v>0.88</v>
       </c>
       <c r="W41">
         <v>0.97</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41">
+        <v>1.1200000000000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="24">
         <v>1.57</v>
       </c>
       <c r="C42" s="17">
         <v>1.54</v>
       </c>
       <c r="D42" s="17">
         <v>1.07</v>
       </c>
       <c r="E42" s="17">
         <v>1.1000000000000001</v>
       </c>
       <c r="F42" s="17">
         <v>1.43</v>
       </c>
       <c r="G42" s="17">
         <v>2.65</v>
       </c>
       <c r="H42" s="17">
         <v>4.72</v>
       </c>
       <c r="I42" s="17">
@@ -10293,52 +10557,55 @@
       </c>
       <c r="P42" s="17">
         <v>1.72</v>
       </c>
       <c r="Q42" s="17">
         <v>1.47</v>
       </c>
       <c r="R42" s="19">
         <v>1.35</v>
       </c>
       <c r="S42" s="28">
         <v>0.88</v>
       </c>
       <c r="T42" s="24">
         <v>0.67</v>
       </c>
       <c r="U42" s="29">
         <v>0.78</v>
       </c>
       <c r="V42" s="24">
         <v>0.79</v>
       </c>
       <c r="W42">
         <v>0.75</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42">
+        <v>1.01</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="24">
         <v>1.4000000000000001</v>
       </c>
       <c r="C43" s="17">
         <v>0.62</v>
       </c>
       <c r="D43" s="17">
         <v>0.59</v>
       </c>
       <c r="E43" s="17">
         <v>1.59</v>
       </c>
       <c r="F43" s="17">
         <v>5.12</v>
       </c>
       <c r="G43" s="17">
         <v>9.98</v>
       </c>
       <c r="H43" s="17">
         <v>18.05</v>
       </c>
       <c r="I43" s="17">
@@ -10364,52 +10631,55 @@
       </c>
       <c r="P43" s="17">
         <v>1.64</v>
       </c>
       <c r="Q43" s="17">
         <v>1.18</v>
       </c>
       <c r="R43" s="19">
         <v>1.01</v>
       </c>
       <c r="S43" s="28">
         <v>0.64</v>
       </c>
       <c r="T43" s="24">
         <v>0.4</v>
       </c>
       <c r="U43" s="29">
         <v>0.47</v>
       </c>
       <c r="V43" s="24">
         <v>0.63</v>
       </c>
       <c r="W43">
         <v>0.69000000000000006</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="24">
         <v>1.36</v>
       </c>
       <c r="C44" s="17">
         <v>1.06</v>
       </c>
       <c r="D44" s="17">
         <v>1.07</v>
       </c>
       <c r="E44" s="17">
         <v>1.51</v>
       </c>
       <c r="F44" s="17">
         <v>3.26</v>
       </c>
       <c r="G44" s="17">
         <v>5.68</v>
       </c>
       <c r="H44" s="17">
         <v>9.75</v>
       </c>
       <c r="I44" s="17">
@@ -10435,52 +10705,55 @@
       </c>
       <c r="P44" s="17">
         <v>2.8</v>
       </c>
       <c r="Q44" s="17">
         <v>2.2400000000000002</v>
       </c>
       <c r="R44" s="19">
         <v>1.9</v>
       </c>
       <c r="S44" s="28">
         <v>1.24</v>
       </c>
       <c r="T44" s="24">
         <v>0.85</v>
       </c>
       <c r="U44" s="29">
         <v>1.05</v>
       </c>
       <c r="V44" s="24">
         <v>1.1599999999999999</v>
       </c>
       <c r="W44">
         <v>1.22</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44">
+        <v>1.36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="24">
         <v>2.14</v>
       </c>
       <c r="C45" s="17">
         <v>2.2000000000000002</v>
       </c>
       <c r="D45" s="17">
         <v>2.06</v>
       </c>
       <c r="E45" s="17">
         <v>2.41</v>
       </c>
       <c r="F45" s="17">
         <v>3.04</v>
       </c>
       <c r="G45" s="17">
         <v>3.69</v>
       </c>
       <c r="H45" s="17">
         <v>4.97</v>
       </c>
       <c r="I45" s="17">
@@ -10506,52 +10779,55 @@
       </c>
       <c r="P45" s="17">
         <v>1.27</v>
       </c>
       <c r="Q45" s="17">
         <v>0.97</v>
       </c>
       <c r="R45" s="19">
         <v>0.92</v>
       </c>
       <c r="S45" s="28">
         <v>0.55000000000000004</v>
       </c>
       <c r="T45" s="24">
         <v>0.46</v>
       </c>
       <c r="U45" s="29">
         <v>0.53</v>
       </c>
       <c r="V45" s="24">
         <v>0.61</v>
       </c>
       <c r="W45">
         <v>0.70000000000000007</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="24">
         <v>1.83</v>
       </c>
       <c r="C46" s="17">
         <v>2.0099999999999998</v>
       </c>
       <c r="D46" s="17">
         <v>1.84</v>
       </c>
       <c r="E46" s="17">
         <v>1.66</v>
       </c>
       <c r="F46" s="17">
         <v>2.17</v>
       </c>
       <c r="G46" s="17">
         <v>2.74</v>
       </c>
       <c r="H46" s="17">
         <v>4.09</v>
       </c>
       <c r="I46" s="17">
@@ -10577,52 +10853,55 @@
       </c>
       <c r="P46" s="17">
         <v>1.42</v>
       </c>
       <c r="Q46" s="17">
         <v>1.22</v>
       </c>
       <c r="R46" s="19">
         <v>1.25</v>
       </c>
       <c r="S46" s="28">
         <v>0.84</v>
       </c>
       <c r="T46" s="24">
         <v>0.68</v>
       </c>
       <c r="U46" s="29">
         <v>0.72</v>
       </c>
       <c r="V46" s="24">
         <v>0.99</v>
       </c>
       <c r="W46">
         <v>0.96</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="24">
         <v>1.01</v>
       </c>
       <c r="C47" s="17">
         <v>0.89</v>
       </c>
       <c r="D47" s="17">
         <v>0.63</v>
       </c>
       <c r="E47" s="17">
         <v>0.61</v>
       </c>
       <c r="F47" s="17">
         <v>1.23</v>
       </c>
       <c r="G47" s="17">
         <v>3.03</v>
       </c>
       <c r="H47" s="17">
         <v>5.79</v>
       </c>
       <c r="I47" s="17">
@@ -10648,52 +10927,55 @@
       </c>
       <c r="P47" s="17">
         <v>0.76</v>
       </c>
       <c r="Q47" s="17">
         <v>0.56000000000000005</v>
       </c>
       <c r="R47" s="19">
         <v>0.5</v>
       </c>
       <c r="S47" s="28">
         <v>0.26</v>
       </c>
       <c r="T47" s="24">
         <v>0.26</v>
       </c>
       <c r="U47" s="29">
         <v>0.31</v>
       </c>
       <c r="V47" s="24">
         <v>0.4</v>
       </c>
       <c r="W47">
         <v>0.5</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47">
+        <v>0.64</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="24">
         <v>1.3900000000000001</v>
       </c>
       <c r="C48" s="17">
         <v>1.37</v>
       </c>
       <c r="D48" s="17">
         <v>1.21</v>
       </c>
       <c r="E48" s="17">
         <v>1.32</v>
       </c>
       <c r="F48" s="17">
         <v>1.78</v>
       </c>
       <c r="G48" s="17">
         <v>2.62</v>
       </c>
       <c r="H48" s="17">
         <v>4.32</v>
       </c>
       <c r="I48" s="17">
@@ -10719,52 +11001,55 @@
       </c>
       <c r="P48" s="17">
         <v>1.67</v>
       </c>
       <c r="Q48" s="17">
         <v>1.34</v>
       </c>
       <c r="R48" s="19">
         <v>1.1299999999999999</v>
       </c>
       <c r="S48" s="28">
         <v>0.67</v>
       </c>
       <c r="T48" s="24">
         <v>0.5</v>
       </c>
       <c r="U48" s="29">
         <v>0.66</v>
       </c>
       <c r="V48" s="24">
         <v>0.74</v>
       </c>
       <c r="W48">
         <v>0.89</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X48">
+        <v>1.1000000000000001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="24">
         <v>3.04</v>
       </c>
       <c r="C49" s="17">
         <v>3.02</v>
       </c>
       <c r="D49" s="17">
         <v>2.52</v>
       </c>
       <c r="E49" s="17">
         <v>3.03</v>
       </c>
       <c r="F49" s="17">
         <v>3.42</v>
       </c>
       <c r="G49" s="17">
         <v>4.9800000000000004</v>
       </c>
       <c r="H49" s="17">
         <v>7.64</v>
       </c>
       <c r="I49" s="17">
@@ -10774,51 +11059,51 @@
         <v>8.23</v>
       </c>
       <c r="K49" s="17">
         <v>7.9</v>
       </c>
       <c r="L49" s="17">
         <v>7.45</v>
       </c>
       <c r="M49" s="17">
         <v>7.67</v>
       </c>
       <c r="N49" s="17">
         <v>7.36</v>
       </c>
       <c r="O49" s="17">
         <v>5.9</v>
       </c>
       <c r="P49" s="17"/>
       <c r="Q49" s="17"/>
       <c r="R49" s="19"/>
       <c r="S49" s="28"/>
       <c r="T49" s="24"/>
       <c r="U49" s="29"/>
       <c r="V49" s="24"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:24">
       <c r="A50" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="24">
         <v>0.55000000000000004</v>
       </c>
       <c r="C50" s="17">
         <v>0.32</v>
       </c>
       <c r="D50" s="17">
         <v>0.6</v>
       </c>
       <c r="E50" s="17">
         <v>1.44</v>
       </c>
       <c r="F50" s="17">
         <v>3.46</v>
       </c>
       <c r="G50" s="17">
         <v>5.07</v>
       </c>
       <c r="H50" s="17">
         <v>7.89</v>
       </c>
       <c r="I50" s="17">
@@ -10844,52 +11129,55 @@
       </c>
       <c r="P50" s="17">
         <v>1.67</v>
       </c>
       <c r="Q50" s="17">
         <v>1.43</v>
       </c>
       <c r="R50" s="19">
         <v>1.07</v>
       </c>
       <c r="S50" s="28">
         <v>0.53</v>
       </c>
       <c r="T50" s="24">
         <v>0.47</v>
       </c>
       <c r="U50" s="29">
         <v>0.66</v>
       </c>
       <c r="V50" s="24">
         <v>0.59</v>
       </c>
       <c r="W50">
         <v>0.81</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X50">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="24">
         <v>2.5300000000000002</v>
       </c>
       <c r="C51" s="17">
         <v>2.4</v>
       </c>
       <c r="D51" s="17">
         <v>1.95</v>
       </c>
       <c r="E51" s="17">
         <v>1.84</v>
       </c>
       <c r="F51" s="17">
         <v>2.1800000000000002</v>
       </c>
       <c r="G51" s="17">
         <v>3.38</v>
       </c>
       <c r="H51" s="17">
         <v>6.52</v>
       </c>
       <c r="I51" s="17">
@@ -10915,52 +11203,55 @@
       </c>
       <c r="P51" s="17">
         <v>1.36</v>
       </c>
       <c r="Q51" s="17">
         <v>1.1299999999999999</v>
       </c>
       <c r="R51" s="19">
         <v>1.19</v>
       </c>
       <c r="S51" s="28">
         <v>0.56999999999999995</v>
       </c>
       <c r="T51" s="24">
         <v>0.47</v>
       </c>
       <c r="U51" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="V51" s="24">
         <v>0.66</v>
       </c>
       <c r="W51">
         <v>0.67</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X51">
+        <v>1.1500000000000001</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="24">
         <v>0.83000000000000007</v>
       </c>
       <c r="C52" s="17">
         <v>0.73</v>
       </c>
       <c r="D52" s="17">
         <v>0.84</v>
       </c>
       <c r="E52" s="17">
         <v>0.69</v>
       </c>
       <c r="F52" s="17">
         <v>1.32</v>
       </c>
       <c r="G52" s="17">
         <v>1.64</v>
       </c>
       <c r="H52" s="17">
         <v>2.08</v>
       </c>
       <c r="I52" s="17">
@@ -10986,52 +11277,55 @@
       </c>
       <c r="P52" s="17">
         <v>0.57999999999999996</v>
       </c>
       <c r="Q52" s="17">
         <v>0.64</v>
       </c>
       <c r="R52" s="19">
         <v>0.66</v>
       </c>
       <c r="S52" s="28">
         <v>0.46</v>
       </c>
       <c r="T52" s="24">
         <v>0.38</v>
       </c>
       <c r="U52" s="29">
         <v>0.43</v>
       </c>
       <c r="V52" s="24">
         <v>0.49</v>
       </c>
       <c r="W52">
         <v>0.68</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X52">
+        <v>0.79</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="24">
         <v>1.62</v>
       </c>
       <c r="C53" s="17">
         <v>1.59</v>
       </c>
       <c r="D53" s="17">
         <v>1.45</v>
       </c>
       <c r="E53" s="17">
         <v>1.48</v>
       </c>
       <c r="F53" s="17">
         <v>1.84</v>
       </c>
       <c r="G53" s="17">
         <v>2.77</v>
       </c>
       <c r="H53" s="17">
         <v>4.3499999999999996</v>
       </c>
       <c r="I53" s="17">
@@ -11057,52 +11351,55 @@
       </c>
       <c r="P53" s="17">
         <v>0.91</v>
       </c>
       <c r="Q53" s="17">
         <v>0.73</v>
       </c>
       <c r="R53" s="19">
         <v>0.88</v>
       </c>
       <c r="S53" s="28">
         <v>0.44</v>
       </c>
       <c r="T53" s="24">
         <v>0.33</v>
       </c>
       <c r="U53" s="29">
         <v>0.36</v>
       </c>
       <c r="V53" s="24">
         <v>0.45</v>
       </c>
       <c r="W53">
         <v>0.55000000000000004</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X53">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="24">
         <v>1.6300000000000001</v>
       </c>
       <c r="C54" s="17">
         <v>1.67</v>
       </c>
       <c r="D54" s="17">
         <v>1.59</v>
       </c>
       <c r="E54" s="17">
         <v>1.67</v>
       </c>
       <c r="F54" s="17">
         <v>2.35</v>
       </c>
       <c r="G54" s="17">
         <v>3.01</v>
       </c>
       <c r="H54" s="17">
         <v>4.46</v>
       </c>
       <c r="I54" s="17">
@@ -11128,52 +11425,55 @@
       </c>
       <c r="P54" s="17">
         <v>0.96</v>
       </c>
       <c r="Q54" s="17">
         <v>0.94</v>
       </c>
       <c r="R54" s="19">
         <v>0.89</v>
       </c>
       <c r="S54" s="28">
         <v>0.51</v>
       </c>
       <c r="T54" s="24">
         <v>0.4</v>
       </c>
       <c r="U54" s="29">
         <v>0.47</v>
       </c>
       <c r="V54" s="24">
         <v>0.67</v>
       </c>
       <c r="W54">
         <v>0.92</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X54">
+        <v>1.21</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="24">
         <v>1.96</v>
       </c>
       <c r="C55" s="17">
         <v>1.87</v>
       </c>
       <c r="D55" s="17">
         <v>1.1100000000000001</v>
       </c>
       <c r="E55" s="17">
         <v>0.96</v>
       </c>
       <c r="F55" s="17">
         <v>1.76</v>
       </c>
       <c r="G55" s="17">
         <v>3.7</v>
       </c>
       <c r="H55" s="17">
         <v>7</v>
       </c>
       <c r="I55" s="17">
@@ -11199,52 +11499,55 @@
       </c>
       <c r="P55" s="17">
         <v>0.56999999999999995</v>
       </c>
       <c r="Q55" s="17">
         <v>0.51</v>
       </c>
       <c r="R55" s="19">
         <v>0.47</v>
       </c>
       <c r="S55" s="28">
         <v>0.22</v>
       </c>
       <c r="T55" s="24">
         <v>0.16</v>
       </c>
       <c r="U55" s="29">
         <v>0.18</v>
       </c>
       <c r="V55" s="24">
         <v>0.31</v>
       </c>
       <c r="W55">
         <v>0.49</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X55">
+        <v>0.70000000000000007</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="24">
         <v>0.61</v>
       </c>
       <c r="C56" s="17">
         <v>0.49</v>
       </c>
       <c r="D56" s="17">
         <v>0.36</v>
       </c>
       <c r="E56" s="17">
         <v>0.7</v>
       </c>
       <c r="F56" s="17">
         <v>1.93</v>
       </c>
       <c r="G56" s="17">
         <v>3.57</v>
       </c>
       <c r="H56" s="17">
         <v>5.09</v>
       </c>
       <c r="I56" s="17">
@@ -11270,52 +11573,55 @@
       </c>
       <c r="P56" s="17">
         <v>0.85</v>
       </c>
       <c r="Q56" s="17">
         <v>0.72</v>
       </c>
       <c r="R56" s="19">
         <v>0.68</v>
       </c>
       <c r="S56" s="28">
         <v>0.39</v>
       </c>
       <c r="T56" s="24">
         <v>0.31</v>
       </c>
       <c r="U56" s="29">
         <v>0.34</v>
       </c>
       <c r="V56" s="24">
         <v>0.38</v>
       </c>
       <c r="W56">
         <v>0.46</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X56">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="24">
         <v>0.41000000000000003</v>
       </c>
       <c r="C57" s="17">
         <v>0.48</v>
       </c>
       <c r="D57" s="17">
         <v>0.6</v>
       </c>
       <c r="E57" s="17">
         <v>0.76</v>
       </c>
       <c r="F57" s="17">
         <v>1.23</v>
       </c>
       <c r="G57" s="17">
         <v>1.81</v>
       </c>
       <c r="H57" s="17">
         <v>3.26</v>
       </c>
       <c r="I57" s="17">
@@ -11341,52 +11647,55 @@
       </c>
       <c r="P57" s="17">
         <v>1.31</v>
       </c>
       <c r="Q57" s="17">
         <v>1.37</v>
       </c>
       <c r="R57" s="19">
         <v>1.1100000000000001</v>
       </c>
       <c r="S57" s="28">
         <v>0.8</v>
       </c>
       <c r="T57" s="24">
         <v>0.61</v>
       </c>
       <c r="U57" s="29">
         <v>0.69</v>
       </c>
       <c r="V57" s="24">
         <v>0.43</v>
       </c>
       <c r="W57">
         <v>0.59</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X57">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="24">
         <v>0.93</v>
       </c>
       <c r="C58" s="17">
         <v>0.87</v>
       </c>
       <c r="D58" s="17">
         <v>0.63</v>
       </c>
       <c r="E58" s="17">
         <v>0.71</v>
       </c>
       <c r="F58" s="17">
         <v>1.22</v>
       </c>
       <c r="G58" s="17">
         <v>2.71</v>
       </c>
       <c r="H58" s="17">
         <v>5.49</v>
       </c>
       <c r="I58" s="17">
@@ -11412,52 +11721,55 @@
       </c>
       <c r="P58" s="17">
         <v>0.71</v>
       </c>
       <c r="Q58" s="17">
         <v>0.55000000000000004</v>
       </c>
       <c r="R58" s="19">
         <v>0.5</v>
       </c>
       <c r="S58" s="28">
         <v>0.27</v>
       </c>
       <c r="T58" s="24">
         <v>0.2</v>
       </c>
       <c r="U58" s="29">
         <v>0.23</v>
       </c>
       <c r="V58" s="24">
         <v>0.31</v>
       </c>
       <c r="W58">
         <v>0.45</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X58">
+        <v>0.57000000000000006</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="24">
         <v>0.89</v>
       </c>
       <c r="C59" s="17">
         <v>0.95</v>
       </c>
       <c r="D59" s="17">
         <v>0.81</v>
       </c>
       <c r="E59" s="17">
         <v>1.1599999999999999</v>
       </c>
       <c r="F59" s="17">
         <v>1.87</v>
       </c>
       <c r="G59" s="17">
         <v>2.54</v>
       </c>
       <c r="H59" s="17">
         <v>4.04</v>
       </c>
       <c r="I59" s="17">
@@ -11483,52 +11795,55 @@
       </c>
       <c r="P59" s="17">
         <v>0.79</v>
       </c>
       <c r="Q59" s="17">
         <v>0.72</v>
       </c>
       <c r="R59" s="19">
         <v>0.62</v>
       </c>
       <c r="S59" s="28">
         <v>0.37</v>
       </c>
       <c r="T59" s="24">
         <v>0.34</v>
       </c>
       <c r="U59" s="29">
         <v>0.28000000000000003</v>
       </c>
       <c r="V59" s="24">
         <v>0.34</v>
       </c>
       <c r="W59">
         <v>0.39</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X59">
+        <v>0.47000000000000003</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="24">
         <v>1.59</v>
       </c>
       <c r="C60" s="17">
         <v>1.63</v>
       </c>
       <c r="D60" s="17">
         <v>1.46</v>
       </c>
       <c r="E60" s="17">
         <v>1.19</v>
       </c>
       <c r="F60" s="17">
         <v>2.0699999999999998</v>
       </c>
       <c r="G60" s="17">
         <v>2.63</v>
       </c>
       <c r="H60" s="17">
         <v>3.84</v>
       </c>
       <c r="I60" s="17">
@@ -11554,52 +11869,55 @@
       </c>
       <c r="P60" s="17">
         <v>1.43</v>
       </c>
       <c r="Q60" s="17">
         <v>0.97</v>
       </c>
       <c r="R60" s="19">
         <v>1.24</v>
       </c>
       <c r="S60" s="28">
         <v>0.67</v>
       </c>
       <c r="T60" s="24">
         <v>0.68</v>
       </c>
       <c r="U60" s="29">
         <v>0.72</v>
       </c>
       <c r="V60" s="24">
         <v>0.68</v>
       </c>
       <c r="W60">
         <v>0.75</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X60">
+        <v>1.1500000000000001</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="24">
         <v>0.94000000000000006</v>
       </c>
       <c r="C61" s="17">
         <v>0.91</v>
       </c>
       <c r="D61" s="17">
         <v>0.57999999999999996</v>
       </c>
       <c r="E61" s="17">
         <v>0.47</v>
       </c>
       <c r="F61" s="17">
         <v>1.1399999999999999</v>
       </c>
       <c r="G61" s="17">
         <v>1.8</v>
       </c>
       <c r="H61" s="17">
         <v>2.88</v>
       </c>
       <c r="I61" s="17">
@@ -11625,52 +11943,55 @@
       </c>
       <c r="P61" s="17">
         <v>0.86</v>
       </c>
       <c r="Q61" s="17">
         <v>0.67</v>
       </c>
       <c r="R61" s="19">
         <v>0.86</v>
       </c>
       <c r="S61" s="28">
         <v>0.45</v>
       </c>
       <c r="T61" s="24">
         <v>0.38</v>
       </c>
       <c r="U61" s="29">
         <v>0.41</v>
       </c>
       <c r="V61" s="24">
         <v>0.39</v>
       </c>
       <c r="W61">
         <v>0.62</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X61">
+        <v>0.76</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="24">
         <v>1.1400000000000001</v>
       </c>
       <c r="C62" s="17">
         <v>1.04</v>
       </c>
       <c r="D62" s="17">
         <v>0.94</v>
       </c>
       <c r="E62" s="17">
         <v>1.28</v>
       </c>
       <c r="F62" s="17">
         <v>2.89</v>
       </c>
       <c r="G62" s="17">
         <v>5.4</v>
       </c>
       <c r="H62" s="17">
         <v>8.66</v>
       </c>
       <c r="I62" s="17">
@@ -11695,132 +12016,135 @@
         <v>1.53</v>
       </c>
       <c r="P62" s="17">
         <v>1.22</v>
       </c>
       <c r="Q62" s="17">
         <v>1.04</v>
       </c>
       <c r="R62" s="19">
         <v>0.96</v>
       </c>
       <c r="S62" s="28">
         <v>0.56000000000000005</v>
       </c>
       <c r="T62" s="24">
         <v>0.42</v>
       </c>
       <c r="U62" s="29">
         <v>0.46</v>
       </c>
       <c r="V62" s="24">
         <v>0.57999999999999996</v>
       </c>
       <c r="W62">
         <v>0.71</v>
+      </c>
+      <c r="X62">
+        <v>0.94000000000000006</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{FE27B2CA-0F53-4D45-B501-AFF5037DC5AB}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0A00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:Z62"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="1" ySplit="9" topLeftCell="J31" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Z35" sqref="Z35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="15" max="15" width="9.33203125"/>
+    <col min="15" max="15" width="9.36328125"/>
     <col min="16" max="22" width="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" t="s">
         <v>0</v>
       </c>
       <c r="B9" t="s">
         <v>116</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>58</v>
       </c>
       <c r="H9" t="s">
         <v>59</v>
       </c>
       <c r="I9" t="s">
@@ -11846,52 +12170,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" t="s">
         <v>101</v>
       </c>
       <c r="R9" t="s">
         <v>103</v>
       </c>
       <c r="S9" t="s">
         <v>104</v>
       </c>
       <c r="T9" t="s">
         <v>105</v>
       </c>
       <c r="U9" t="s">
         <v>114</v>
       </c>
       <c r="V9" t="s">
         <v>115</v>
       </c>
       <c r="W9" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="24">
         <v>5.5</v>
       </c>
       <c r="C10" s="17">
         <v>10.02</v>
       </c>
       <c r="D10" s="17">
         <v>8.7200000000000006</v>
       </c>
       <c r="E10" s="17">
         <v>10.72</v>
       </c>
       <c r="F10" s="17">
         <v>9.3000000000000007</v>
       </c>
       <c r="G10" s="17">
         <v>8.07</v>
       </c>
       <c r="H10" s="17">
         <v>8.34</v>
       </c>
       <c r="I10" s="17">
@@ -11917,52 +12244,55 @@
       </c>
       <c r="P10" s="17">
         <v>10.33</v>
       </c>
       <c r="Q10" s="17">
         <v>9.3800000000000008</v>
       </c>
       <c r="R10" s="19">
         <v>10.85</v>
       </c>
       <c r="S10" s="28">
         <v>5.31</v>
       </c>
       <c r="T10" s="24">
         <v>4.28</v>
       </c>
       <c r="U10" s="24">
         <v>2.12</v>
       </c>
       <c r="V10" s="24">
         <v>0.71</v>
       </c>
       <c r="W10">
         <v>0.88</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10">
+        <v>8.77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="24">
         <v>8.1999999999999993</v>
       </c>
       <c r="C11" s="17">
         <v>7.3</v>
       </c>
       <c r="D11" s="17">
         <v>7.23</v>
       </c>
       <c r="E11" s="17">
         <v>9.8000000000000007</v>
       </c>
       <c r="F11" s="17">
         <v>9.0500000000000007</v>
       </c>
       <c r="G11" s="17">
         <v>8.9700000000000006</v>
       </c>
       <c r="H11" s="17">
         <v>9.32</v>
       </c>
       <c r="I11" s="17">
@@ -11988,52 +12318,55 @@
       </c>
       <c r="P11" s="17">
         <v>13.39</v>
       </c>
       <c r="Q11" s="17">
         <v>15.17</v>
       </c>
       <c r="R11" s="19">
         <v>13.95</v>
       </c>
       <c r="S11" s="28">
         <v>7.32</v>
       </c>
       <c r="T11" s="24">
         <v>5.95</v>
       </c>
       <c r="U11" s="24">
         <v>1.02</v>
       </c>
       <c r="V11" s="24">
         <v>0.75</v>
       </c>
       <c r="W11">
         <v>0.56000000000000005</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11">
+        <v>11.16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="24">
         <v>5.7700000000000005</v>
       </c>
       <c r="C12" s="17">
         <v>6.82</v>
       </c>
       <c r="D12" s="17">
         <v>7.06</v>
       </c>
       <c r="E12" s="17">
         <v>8.3800000000000008</v>
       </c>
       <c r="F12" s="17">
         <v>8.0500000000000007</v>
       </c>
       <c r="G12" s="17">
         <v>10.37</v>
       </c>
       <c r="H12" s="17">
         <v>11.3</v>
       </c>
       <c r="I12" s="17">
@@ -12059,52 +12392,55 @@
       </c>
       <c r="P12" s="17">
         <v>14.24</v>
       </c>
       <c r="Q12" s="17">
         <v>14.37</v>
       </c>
       <c r="R12" s="19">
         <v>12.23</v>
       </c>
       <c r="S12" s="28">
         <v>7.81</v>
       </c>
       <c r="T12" s="24">
         <v>5.74</v>
       </c>
       <c r="U12" s="24">
         <v>0.68</v>
       </c>
       <c r="V12" s="24">
         <v>1.1399999999999999</v>
       </c>
       <c r="W12">
         <v>0.37</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12">
+        <v>7.59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="24">
         <v>7.4</v>
       </c>
       <c r="C13" s="17">
         <v>8.5299999999999994</v>
       </c>
       <c r="D13" s="17">
         <v>8.89</v>
       </c>
       <c r="E13" s="17">
         <v>9.35</v>
       </c>
       <c r="F13" s="17">
         <v>10.43</v>
       </c>
       <c r="G13" s="17">
         <v>10.35</v>
       </c>
       <c r="H13" s="17">
         <v>11.24</v>
       </c>
       <c r="I13" s="17">
@@ -12130,52 +12466,55 @@
       </c>
       <c r="P13" s="17">
         <v>12.51</v>
       </c>
       <c r="Q13" s="17">
         <v>12.64</v>
       </c>
       <c r="R13" s="19">
         <v>13.03</v>
       </c>
       <c r="S13" s="28">
         <v>7.51</v>
       </c>
       <c r="T13" s="24">
         <v>6.05</v>
       </c>
       <c r="U13" s="24">
         <v>0.98</v>
       </c>
       <c r="V13" s="24">
         <v>0.78</v>
       </c>
       <c r="W13">
         <v>0.62</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13">
+        <v>8.08</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="24">
         <v>6.54</v>
       </c>
       <c r="C14" s="17">
         <v>6.58</v>
       </c>
       <c r="D14" s="17">
         <v>7.22</v>
       </c>
       <c r="E14" s="17">
         <v>7.34</v>
       </c>
       <c r="F14" s="17">
         <v>7.76</v>
       </c>
       <c r="G14" s="17">
         <v>7.69</v>
       </c>
       <c r="H14" s="17">
         <v>9.2899999999999991</v>
       </c>
       <c r="I14" s="17">
@@ -12201,52 +12540,55 @@
       </c>
       <c r="P14" s="17">
         <v>10.050000000000001</v>
       </c>
       <c r="Q14" s="17">
         <v>9.44</v>
       </c>
       <c r="R14" s="19">
         <v>9.6300000000000008</v>
       </c>
       <c r="S14" s="28">
         <v>5.56</v>
       </c>
       <c r="T14" s="24">
         <v>4.3600000000000003</v>
       </c>
       <c r="U14" s="24">
         <v>0.81</v>
       </c>
       <c r="V14" s="24">
         <v>0.57999999999999996</v>
       </c>
       <c r="W14">
         <v>0.49</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14">
+        <v>7.46</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="24">
         <v>7.67</v>
       </c>
       <c r="C15" s="17">
         <v>6.95</v>
       </c>
       <c r="D15" s="17">
         <v>7.32</v>
       </c>
       <c r="E15" s="17">
         <v>7.68</v>
       </c>
       <c r="F15" s="17">
         <v>8.3000000000000007</v>
       </c>
       <c r="G15" s="17">
         <v>7.99</v>
       </c>
       <c r="H15" s="17">
         <v>8.43</v>
       </c>
       <c r="I15" s="17">
@@ -12272,52 +12614,55 @@
       </c>
       <c r="P15" s="17">
         <v>11.1</v>
       </c>
       <c r="Q15" s="17">
         <v>10.56</v>
       </c>
       <c r="R15" s="19">
         <v>10.07</v>
       </c>
       <c r="S15" s="28">
         <v>6.35</v>
       </c>
       <c r="T15" s="24">
         <v>5.05</v>
       </c>
       <c r="U15" s="24">
         <v>0.64</v>
       </c>
       <c r="V15" s="24">
         <v>0.48</v>
       </c>
       <c r="W15">
         <v>0.39</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15">
+        <v>7.53</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="24">
         <v>3.75</v>
       </c>
       <c r="C16" s="17">
         <v>4.13</v>
       </c>
       <c r="D16" s="17">
         <v>3.64</v>
       </c>
       <c r="E16" s="17">
         <v>4.4800000000000004</v>
       </c>
       <c r="F16" s="17">
         <v>6.08</v>
       </c>
       <c r="G16" s="17">
         <v>6.28</v>
       </c>
       <c r="H16" s="17">
         <v>7.37</v>
       </c>
       <c r="I16" s="17">
@@ -12343,52 +12688,55 @@
       </c>
       <c r="P16" s="17">
         <v>9.4600000000000009</v>
       </c>
       <c r="Q16" s="17">
         <v>9.7100000000000009</v>
       </c>
       <c r="R16" s="19">
         <v>9.48</v>
       </c>
       <c r="S16" s="28">
         <v>5.28</v>
       </c>
       <c r="T16" s="24">
         <v>4.24</v>
       </c>
       <c r="U16" s="24">
         <v>0.88</v>
       </c>
       <c r="V16" s="24">
         <v>0.79</v>
       </c>
       <c r="W16">
         <v>0.39</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16">
+        <v>9.1300000000000008</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="24">
         <v>4.46</v>
       </c>
       <c r="C17" s="17">
         <v>4.82</v>
       </c>
       <c r="D17" s="17">
         <v>4.3</v>
       </c>
       <c r="E17" s="17">
         <v>3.76</v>
       </c>
       <c r="F17" s="17">
         <v>4.4000000000000004</v>
       </c>
       <c r="G17" s="17">
         <v>6.26</v>
       </c>
       <c r="H17" s="17">
         <v>5.72</v>
       </c>
       <c r="I17" s="17">
@@ -12414,52 +12762,55 @@
       </c>
       <c r="P17" s="17">
         <v>8.8000000000000007</v>
       </c>
       <c r="Q17" s="17">
         <v>8.5399999999999991</v>
       </c>
       <c r="R17" s="19">
         <v>7.67</v>
       </c>
       <c r="S17" s="28">
         <v>4.9000000000000004</v>
       </c>
       <c r="T17" s="24">
         <v>3.92</v>
       </c>
       <c r="U17" s="24">
         <v>0.86</v>
       </c>
       <c r="V17" s="24">
         <v>0.4</v>
       </c>
       <c r="W17">
         <v>0.32</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17">
+        <v>5.5600000000000005</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="24">
         <v>6.36</v>
       </c>
       <c r="C18" s="17">
         <v>5</v>
       </c>
       <c r="D18" s="17">
         <v>6.17</v>
       </c>
       <c r="E18" s="17">
         <v>7.72</v>
       </c>
       <c r="F18" s="17">
         <v>5.93</v>
       </c>
       <c r="G18" s="17">
         <v>6.85</v>
       </c>
       <c r="H18" s="17">
         <v>5.82</v>
       </c>
       <c r="I18" s="17">
@@ -12485,52 +12836,55 @@
       </c>
       <c r="P18" s="17">
         <v>9.6300000000000008</v>
       </c>
       <c r="Q18" s="17">
         <v>10.35</v>
       </c>
       <c r="R18" s="19">
         <v>11</v>
       </c>
       <c r="S18" s="28">
         <v>6.12</v>
       </c>
       <c r="T18" s="24">
         <v>4.4000000000000004</v>
       </c>
       <c r="U18" s="24">
         <v>2.0299999999999998</v>
       </c>
       <c r="V18" s="24">
         <v>0.85</v>
       </c>
       <c r="W18">
         <v>0.65</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18">
+        <v>9.27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="24">
         <v>7.6400000000000006</v>
       </c>
       <c r="C19" s="17">
         <v>7.96</v>
       </c>
       <c r="D19" s="17">
         <v>7.84</v>
       </c>
       <c r="E19" s="17">
         <v>9.51</v>
       </c>
       <c r="F19" s="17">
         <v>10.52</v>
       </c>
       <c r="G19" s="17">
         <v>11.79</v>
       </c>
       <c r="H19" s="17">
         <v>13.09</v>
       </c>
       <c r="I19" s="17">
@@ -12556,52 +12910,55 @@
       </c>
       <c r="P19" s="17">
         <v>9.0500000000000007</v>
       </c>
       <c r="Q19" s="17">
         <v>13.65</v>
       </c>
       <c r="R19" s="19">
         <v>12.65</v>
       </c>
       <c r="S19" s="28">
         <v>7.03</v>
       </c>
       <c r="T19" s="24">
         <v>5.32</v>
       </c>
       <c r="U19" s="24">
         <v>0.79</v>
       </c>
       <c r="V19" s="24">
         <v>0.87</v>
       </c>
       <c r="W19">
         <v>0.57999999999999996</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19">
+        <v>9.2200000000000006</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="24">
         <v>7.79</v>
       </c>
       <c r="C20" s="17">
         <v>7.62</v>
       </c>
       <c r="D20" s="17">
         <v>8.48</v>
       </c>
       <c r="E20" s="17">
         <v>8.7899999999999991</v>
       </c>
       <c r="F20" s="17">
         <v>8.51</v>
       </c>
       <c r="G20" s="17">
         <v>9.6199999999999992</v>
       </c>
       <c r="H20" s="17">
         <v>10.36</v>
       </c>
       <c r="I20" s="17">
@@ -12627,52 +12984,55 @@
       </c>
       <c r="P20" s="17">
         <v>12.85</v>
       </c>
       <c r="Q20" s="17">
         <v>13.09</v>
       </c>
       <c r="R20" s="19">
         <v>13.45</v>
       </c>
       <c r="S20" s="28">
         <v>7.8</v>
       </c>
       <c r="T20" s="24">
         <v>5.91</v>
       </c>
       <c r="U20" s="24">
         <v>0.89</v>
       </c>
       <c r="V20" s="24">
         <v>0.75</v>
       </c>
       <c r="W20">
         <v>0.57000000000000006</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20">
+        <v>10.74</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="24">
         <v>4.6399999999999997</v>
       </c>
       <c r="C21" s="17">
         <v>6.32</v>
       </c>
       <c r="D21" s="17">
         <v>6.88</v>
       </c>
       <c r="E21" s="17">
         <v>6.78</v>
       </c>
       <c r="F21" s="17">
         <v>7.8</v>
       </c>
       <c r="G21" s="17">
         <v>7.36</v>
       </c>
       <c r="H21" s="17">
         <v>10.67</v>
       </c>
       <c r="I21" s="17">
@@ -12698,52 +13058,55 @@
       </c>
       <c r="P21" s="17">
         <v>9.93</v>
       </c>
       <c r="Q21" s="17">
         <v>9.15</v>
       </c>
       <c r="R21" s="19">
         <v>14.29</v>
       </c>
       <c r="S21" s="28">
         <v>10.81</v>
       </c>
       <c r="T21" s="24">
         <v>8.4600000000000009</v>
       </c>
       <c r="U21" s="24">
         <v>0.91</v>
       </c>
       <c r="V21" s="24">
         <v>0.99</v>
       </c>
       <c r="W21">
         <v>0.31</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21">
+        <v>8.43</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="24">
         <v>5.78</v>
       </c>
       <c r="C22" s="17">
         <v>5.98</v>
       </c>
       <c r="D22" s="17">
         <v>5.66</v>
       </c>
       <c r="E22" s="17">
         <v>5.0599999999999996</v>
       </c>
       <c r="F22" s="17">
         <v>5.15</v>
       </c>
       <c r="G22" s="17">
         <v>5.77</v>
       </c>
       <c r="H22" s="17">
         <v>5.83</v>
       </c>
       <c r="I22" s="17">
@@ -12769,52 +13132,55 @@
       </c>
       <c r="P22" s="17">
         <v>11.39</v>
       </c>
       <c r="Q22" s="17">
         <v>12.6</v>
       </c>
       <c r="R22" s="19">
         <v>13.05</v>
       </c>
       <c r="S22" s="28">
         <v>7.18</v>
       </c>
       <c r="T22" s="24">
         <v>5.84</v>
       </c>
       <c r="U22" s="24">
         <v>1.28</v>
       </c>
       <c r="V22" s="24">
         <v>0.62</v>
       </c>
       <c r="W22">
         <v>0.38</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22">
+        <v>6.62</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="24">
         <v>5.66</v>
       </c>
       <c r="C23" s="17">
         <v>5.12</v>
       </c>
       <c r="D23" s="17">
         <v>5.72</v>
       </c>
       <c r="E23" s="17">
         <v>5.58</v>
       </c>
       <c r="F23" s="17">
         <v>7.85</v>
       </c>
       <c r="G23" s="17">
         <v>8.27</v>
       </c>
       <c r="H23" s="17">
         <v>7.33</v>
       </c>
       <c r="I23" s="17">
@@ -12840,52 +13206,55 @@
       </c>
       <c r="P23" s="17">
         <v>11.98</v>
       </c>
       <c r="Q23" s="17">
         <v>11.59</v>
       </c>
       <c r="R23" s="19">
         <v>10.29</v>
       </c>
       <c r="S23" s="28">
         <v>5.94</v>
       </c>
       <c r="T23" s="24">
         <v>4.79</v>
       </c>
       <c r="U23" s="24">
         <v>0.53</v>
       </c>
       <c r="V23" s="24">
         <v>0.27</v>
       </c>
       <c r="W23">
         <v>0.41000000000000003</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23">
+        <v>6.18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="24">
         <v>6.04</v>
       </c>
       <c r="C24" s="17">
         <v>5.52</v>
       </c>
       <c r="D24" s="17">
         <v>6</v>
       </c>
       <c r="E24" s="17">
         <v>6.48</v>
       </c>
       <c r="F24" s="17">
         <v>6.8</v>
       </c>
       <c r="G24" s="17">
         <v>6.61</v>
       </c>
       <c r="H24" s="17">
         <v>7.29</v>
       </c>
       <c r="I24" s="17">
@@ -12911,52 +13280,55 @@
       </c>
       <c r="P24" s="17">
         <v>9.59</v>
       </c>
       <c r="Q24" s="17">
         <v>9.65</v>
       </c>
       <c r="R24" s="19">
         <v>9.7899999999999991</v>
       </c>
       <c r="S24" s="28">
         <v>5.97</v>
       </c>
       <c r="T24" s="24">
         <v>4.71</v>
       </c>
       <c r="U24" s="24">
         <v>0.73</v>
       </c>
       <c r="V24" s="24">
         <v>0.41</v>
       </c>
       <c r="W24">
         <v>0.25</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24">
+        <v>7.76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="24">
         <v>4.25</v>
       </c>
       <c r="C25" s="17">
         <v>5.07</v>
       </c>
       <c r="D25" s="17">
         <v>7.29</v>
       </c>
       <c r="E25" s="17">
         <v>8.08</v>
       </c>
       <c r="F25" s="17">
         <v>7</v>
       </c>
       <c r="G25" s="17">
         <v>7.61</v>
       </c>
       <c r="H25" s="17">
         <v>8.74</v>
       </c>
       <c r="I25" s="17">
@@ -12982,52 +13354,55 @@
       </c>
       <c r="P25" s="17">
         <v>13.75</v>
       </c>
       <c r="Q25" s="17">
         <v>13.95</v>
       </c>
       <c r="R25" s="19">
         <v>12.85</v>
       </c>
       <c r="S25" s="28">
         <v>7.39</v>
       </c>
       <c r="T25" s="24">
         <v>6.02</v>
       </c>
       <c r="U25" s="24">
         <v>1.02</v>
       </c>
       <c r="V25" s="24">
         <v>0.57999999999999996</v>
       </c>
       <c r="W25">
         <v>0.46</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25">
+        <v>8.370000000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="24">
         <v>3.97</v>
       </c>
       <c r="C26" s="17">
         <v>5.17</v>
       </c>
       <c r="D26" s="17">
         <v>6.28</v>
       </c>
       <c r="E26" s="17">
         <v>7.25</v>
       </c>
       <c r="F26" s="17">
         <v>7.88</v>
       </c>
       <c r="G26" s="17">
         <v>7.56</v>
       </c>
       <c r="H26" s="17">
         <v>8.2899999999999991</v>
       </c>
       <c r="I26" s="17">
@@ -13053,52 +13428,55 @@
       </c>
       <c r="P26" s="17">
         <v>13.09</v>
       </c>
       <c r="Q26" s="17">
         <v>13.11</v>
       </c>
       <c r="R26" s="19">
         <v>11.33</v>
       </c>
       <c r="S26" s="28">
         <v>7.38</v>
       </c>
       <c r="T26" s="24">
         <v>5.64</v>
       </c>
       <c r="U26" s="24">
         <v>0.92</v>
       </c>
       <c r="V26" s="24">
         <v>0.91</v>
       </c>
       <c r="W26">
         <v>0.88</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26">
+        <v>9.9700000000000006</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="24">
         <v>7.94</v>
       </c>
       <c r="C27" s="17">
         <v>6.48</v>
       </c>
       <c r="D27" s="17">
         <v>6.67</v>
       </c>
       <c r="E27" s="17">
         <v>6.26</v>
       </c>
       <c r="F27" s="17">
         <v>6.64</v>
       </c>
       <c r="G27" s="17">
         <v>8.26</v>
       </c>
       <c r="H27" s="17">
         <v>7.62</v>
       </c>
       <c r="I27" s="17">
@@ -13124,52 +13502,55 @@
       </c>
       <c r="P27" s="17">
         <v>15.28</v>
       </c>
       <c r="Q27" s="17">
         <v>16</v>
       </c>
       <c r="R27" s="19">
         <v>15.66</v>
       </c>
       <c r="S27" s="28">
         <v>9.33</v>
       </c>
       <c r="T27" s="24">
         <v>6.91</v>
       </c>
       <c r="U27" s="24">
         <v>0.68</v>
       </c>
       <c r="V27" s="24">
         <v>0.7</v>
       </c>
       <c r="W27">
         <v>0.56000000000000005</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27">
+        <v>9.2100000000000009</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="24">
         <v>6.6000000000000005</v>
       </c>
       <c r="C28" s="17">
         <v>7.54</v>
       </c>
       <c r="D28" s="17">
         <v>5.28</v>
       </c>
       <c r="E28" s="17">
         <v>10.89</v>
       </c>
       <c r="F28" s="17">
         <v>10.56</v>
       </c>
       <c r="G28" s="17">
         <v>11.56</v>
       </c>
       <c r="H28" s="17">
         <v>12.35</v>
       </c>
       <c r="I28" s="17">
@@ -13195,52 +13576,55 @@
       </c>
       <c r="P28" s="17">
         <v>13.13</v>
       </c>
       <c r="Q28" s="17">
         <v>15.2</v>
       </c>
       <c r="R28" s="19">
         <v>14.72</v>
       </c>
       <c r="S28" s="28">
         <v>7.79</v>
       </c>
       <c r="T28" s="24">
         <v>6</v>
       </c>
       <c r="U28" s="24">
         <v>1.36</v>
       </c>
       <c r="V28" s="24">
         <v>0.87</v>
       </c>
       <c r="W28">
         <v>0.75</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28">
+        <v>11.89</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="24">
         <v>4.3100000000000005</v>
       </c>
       <c r="C29" s="17">
         <v>4.22</v>
       </c>
       <c r="D29" s="17">
         <v>4.04</v>
       </c>
       <c r="E29" s="17">
         <v>4.91</v>
       </c>
       <c r="F29" s="17">
         <v>5.8</v>
       </c>
       <c r="G29" s="17">
         <v>5.47</v>
       </c>
       <c r="H29" s="17">
         <v>6</v>
       </c>
       <c r="I29" s="17">
@@ -13266,52 +13650,55 @@
       </c>
       <c r="P29" s="17">
         <v>7.04</v>
       </c>
       <c r="Q29" s="17">
         <v>7.58</v>
       </c>
       <c r="R29" s="19">
         <v>7.14</v>
       </c>
       <c r="S29" s="28">
         <v>3.63</v>
       </c>
       <c r="T29" s="24">
         <v>3.08</v>
       </c>
       <c r="U29" s="24">
         <v>0.72</v>
       </c>
       <c r="V29" s="24">
         <v>0.67</v>
       </c>
       <c r="W29">
         <v>0.53</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29">
+        <v>5.71</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="24">
         <v>6</v>
       </c>
       <c r="C30" s="17">
         <v>5.89</v>
       </c>
       <c r="D30" s="17">
         <v>6.69</v>
       </c>
       <c r="E30" s="17">
         <v>7.21</v>
       </c>
       <c r="F30" s="17">
         <v>7.89</v>
       </c>
       <c r="G30" s="17">
         <v>7.83</v>
       </c>
       <c r="H30" s="17">
         <v>8.65</v>
       </c>
       <c r="I30" s="17">
@@ -13337,52 +13724,55 @@
       </c>
       <c r="P30" s="17">
         <v>10.47</v>
       </c>
       <c r="Q30" s="17">
         <v>10.37</v>
       </c>
       <c r="R30" s="19">
         <v>10.01</v>
       </c>
       <c r="S30" s="28">
         <v>5.73</v>
       </c>
       <c r="T30" s="24">
         <v>4.26</v>
       </c>
       <c r="U30" s="24">
         <v>0.65</v>
       </c>
       <c r="V30" s="24">
         <v>0.59</v>
       </c>
       <c r="W30">
         <v>0.66</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30">
+        <v>8.24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="24">
         <v>4.93</v>
       </c>
       <c r="C31" s="17">
         <v>4.79</v>
       </c>
       <c r="D31" s="17">
         <v>5.95</v>
       </c>
       <c r="E31" s="17">
         <v>5.88</v>
       </c>
       <c r="F31" s="17">
         <v>6.89</v>
       </c>
       <c r="G31" s="17">
         <v>6.8</v>
       </c>
       <c r="H31" s="17">
         <v>7.54</v>
       </c>
       <c r="I31" s="17">
@@ -13408,52 +13798,55 @@
       </c>
       <c r="P31" s="17">
         <v>9.1199999999999992</v>
       </c>
       <c r="Q31" s="17">
         <v>9.91</v>
       </c>
       <c r="R31" s="19">
         <v>8.5</v>
       </c>
       <c r="S31" s="28">
         <v>5.07</v>
       </c>
       <c r="T31" s="24">
         <v>3.96</v>
       </c>
       <c r="U31" s="24">
         <v>0.38</v>
       </c>
       <c r="V31" s="24">
         <v>0.13</v>
       </c>
       <c r="W31">
         <v>0.42</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31">
+        <v>5.58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="24">
         <v>5.19</v>
       </c>
       <c r="C32" s="17">
         <v>5.55</v>
       </c>
       <c r="D32" s="17">
         <v>6.83</v>
       </c>
       <c r="E32" s="17">
         <v>7.13</v>
       </c>
       <c r="F32" s="17">
         <v>7.32</v>
       </c>
       <c r="G32" s="17">
         <v>7.38</v>
       </c>
       <c r="H32" s="17">
         <v>7.71</v>
       </c>
       <c r="I32" s="17">
@@ -13479,52 +13872,55 @@
       </c>
       <c r="P32" s="17">
         <v>12.29</v>
       </c>
       <c r="Q32" s="17">
         <v>12.23</v>
       </c>
       <c r="R32" s="19">
         <v>11.99</v>
       </c>
       <c r="S32" s="28">
         <v>6.93</v>
       </c>
       <c r="T32" s="24">
         <v>5.1100000000000003</v>
       </c>
       <c r="U32" s="24">
         <v>0.77</v>
       </c>
       <c r="V32" s="24">
         <v>0.51</v>
       </c>
       <c r="W32">
         <v>0.70000000000000007</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32">
+        <v>7.69</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="24">
         <v>4.57</v>
       </c>
       <c r="C33" s="17">
         <v>4.12</v>
       </c>
       <c r="D33" s="17">
         <v>3.5</v>
       </c>
       <c r="E33" s="17">
         <v>4.1500000000000004</v>
       </c>
       <c r="F33" s="17">
         <v>4.0599999999999996</v>
       </c>
       <c r="G33" s="17">
         <v>5.08</v>
       </c>
       <c r="H33" s="17">
         <v>5.65</v>
       </c>
       <c r="I33" s="17">
@@ -13550,52 +13946,55 @@
       </c>
       <c r="P33" s="17">
         <v>9.07</v>
       </c>
       <c r="Q33" s="17">
         <v>9.26</v>
       </c>
       <c r="R33" s="19">
         <v>9.19</v>
       </c>
       <c r="S33" s="28">
         <v>6.39</v>
       </c>
       <c r="T33" s="24">
         <v>4.66</v>
       </c>
       <c r="U33" s="24">
         <v>0.66</v>
       </c>
       <c r="V33" s="24">
         <v>0.44</v>
       </c>
       <c r="W33">
         <v>0.39</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33">
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="24">
         <v>5.7</v>
       </c>
       <c r="C34" s="17">
         <v>6.85</v>
       </c>
       <c r="D34" s="17">
         <v>7.53</v>
       </c>
       <c r="E34" s="17">
         <v>6.9</v>
       </c>
       <c r="F34" s="17">
         <v>7.41</v>
       </c>
       <c r="G34" s="17">
         <v>7.41</v>
       </c>
       <c r="H34" s="17">
         <v>8.18</v>
       </c>
       <c r="I34" s="17">
@@ -13621,52 +14020,55 @@
       </c>
       <c r="P34" s="17">
         <v>13.4</v>
       </c>
       <c r="Q34" s="17">
         <v>12.63</v>
       </c>
       <c r="R34" s="19">
         <v>12.13</v>
       </c>
       <c r="S34" s="28">
         <v>7.43</v>
       </c>
       <c r="T34" s="24">
         <v>5.78</v>
       </c>
       <c r="U34" s="24">
         <v>0.8</v>
       </c>
       <c r="V34" s="24">
         <v>0.72</v>
       </c>
       <c r="W34">
         <v>0.6</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34">
+        <v>6.83</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="24">
         <v>6.24</v>
       </c>
       <c r="C35" s="17">
         <v>9.1</v>
       </c>
       <c r="D35" s="17">
         <v>5.24</v>
       </c>
       <c r="E35" s="17">
         <v>11.18</v>
       </c>
       <c r="F35" s="17">
         <v>10.73</v>
       </c>
       <c r="G35" s="17">
         <v>10.46</v>
       </c>
       <c r="H35" s="17">
         <v>12.01</v>
       </c>
       <c r="I35" s="17">
@@ -13692,52 +14094,55 @@
       </c>
       <c r="P35" s="17">
         <v>16.690000000000001</v>
       </c>
       <c r="Q35" s="17">
         <v>18.34</v>
       </c>
       <c r="R35" s="19">
         <v>15.37</v>
       </c>
       <c r="S35" s="28">
         <v>8.5500000000000007</v>
       </c>
       <c r="T35" s="24">
         <v>6.94</v>
       </c>
       <c r="U35" s="24">
         <v>0.95</v>
       </c>
       <c r="V35" s="24">
         <v>1.02</v>
       </c>
       <c r="W35">
         <v>0.57999999999999996</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35">
+        <v>13.38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="24">
         <v>10.61</v>
       </c>
       <c r="C36" s="17">
         <v>9.84</v>
       </c>
       <c r="D36" s="17">
         <v>9.76</v>
       </c>
       <c r="E36" s="17">
         <v>8.0299999999999994</v>
       </c>
       <c r="F36" s="17">
         <v>6.67</v>
       </c>
       <c r="G36" s="17">
         <v>6.19</v>
       </c>
       <c r="H36" s="17">
         <v>7.26</v>
       </c>
       <c r="I36" s="17">
@@ -13763,52 +14168,55 @@
       </c>
       <c r="P36" s="17">
         <v>10.3</v>
       </c>
       <c r="Q36" s="17">
         <v>10.49</v>
       </c>
       <c r="R36" s="19">
         <v>9.31</v>
       </c>
       <c r="S36" s="28">
         <v>6.54</v>
       </c>
       <c r="T36" s="24">
         <v>3.97</v>
       </c>
       <c r="U36" s="24">
         <v>1.33</v>
       </c>
       <c r="V36" s="24">
         <v>1.19</v>
       </c>
       <c r="W36">
         <v>0.12</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36">
+        <v>9.89</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="24">
         <v>7.79</v>
       </c>
       <c r="C37" s="17">
         <v>6.4</v>
       </c>
       <c r="D37" s="17">
         <v>7.1</v>
       </c>
       <c r="E37" s="17">
         <v>7.45</v>
       </c>
       <c r="F37" s="17">
         <v>8.2100000000000009</v>
       </c>
       <c r="G37" s="17">
         <v>7.95</v>
       </c>
       <c r="H37" s="17">
         <v>8.76</v>
       </c>
       <c r="I37" s="17">
@@ -13834,52 +14242,55 @@
       </c>
       <c r="P37" s="17">
         <v>12.45</v>
       </c>
       <c r="Q37" s="17">
         <v>10.42</v>
       </c>
       <c r="R37" s="19">
         <v>12.63</v>
       </c>
       <c r="S37" s="28">
         <v>6.94</v>
       </c>
       <c r="T37" s="24">
         <v>5.29</v>
       </c>
       <c r="U37" s="24">
         <v>0.83</v>
       </c>
       <c r="V37" s="24">
         <v>0.67</v>
       </c>
       <c r="W37">
         <v>0.57000000000000006</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37">
+        <v>10.73</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="24">
         <v>3.13</v>
       </c>
       <c r="C38" s="17">
         <v>3.25</v>
       </c>
       <c r="D38" s="17">
         <v>3.63</v>
       </c>
       <c r="E38" s="17">
         <v>5.92</v>
       </c>
       <c r="F38" s="17">
         <v>4.96</v>
       </c>
       <c r="G38" s="17">
         <v>5.03</v>
       </c>
       <c r="H38" s="17">
         <v>4.9000000000000004</v>
       </c>
       <c r="I38" s="17">
@@ -13905,52 +14316,55 @@
       </c>
       <c r="P38" s="17">
         <v>7.27</v>
       </c>
       <c r="Q38" s="17">
         <v>8.5399999999999991</v>
       </c>
       <c r="R38" s="19">
         <v>7.85</v>
       </c>
       <c r="S38" s="28">
         <v>6.39</v>
       </c>
       <c r="T38" s="24">
         <v>3.36</v>
       </c>
       <c r="U38" s="24">
         <v>0.78</v>
       </c>
       <c r="V38" s="24">
         <v>0.83</v>
       </c>
       <c r="W38">
         <v>0.32</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38">
+        <v>7.34</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="24">
         <v>5.22</v>
       </c>
       <c r="C39" s="17">
         <v>4.6900000000000004</v>
       </c>
       <c r="D39" s="17">
         <v>5.54</v>
       </c>
       <c r="E39" s="17">
         <v>5.29</v>
       </c>
       <c r="F39" s="17">
         <v>5.55</v>
       </c>
       <c r="G39" s="17">
         <v>5.77</v>
       </c>
       <c r="H39" s="17">
         <v>7.95</v>
       </c>
       <c r="I39" s="17">
@@ -13976,52 +14390,55 @@
       </c>
       <c r="P39" s="17">
         <v>8.23</v>
       </c>
       <c r="Q39" s="17">
         <v>9.24</v>
       </c>
       <c r="R39" s="19">
         <v>9.25</v>
       </c>
       <c r="S39" s="28">
         <v>4.4400000000000004</v>
       </c>
       <c r="T39" s="24">
         <v>3.87</v>
       </c>
       <c r="U39" s="24">
         <v>0.65</v>
       </c>
       <c r="V39" s="24">
         <v>0.45</v>
       </c>
       <c r="W39">
         <v>0.75</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39">
+        <v>7.18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="24">
         <v>5.1000000000000005</v>
       </c>
       <c r="C40" s="17">
         <v>4.4800000000000004</v>
       </c>
       <c r="D40" s="17">
         <v>5.89</v>
       </c>
       <c r="E40" s="17">
         <v>7.32</v>
       </c>
       <c r="F40" s="17">
         <v>7.24</v>
       </c>
       <c r="G40" s="17">
         <v>7.7</v>
       </c>
       <c r="H40" s="17">
         <v>8.8699999999999992</v>
       </c>
       <c r="I40" s="17">
@@ -14047,52 +14464,55 @@
       </c>
       <c r="P40" s="17">
         <v>8.7899999999999991</v>
       </c>
       <c r="Q40" s="17">
         <v>8</v>
       </c>
       <c r="R40" s="19">
         <v>8.57</v>
       </c>
       <c r="S40" s="28">
         <v>5.51</v>
       </c>
       <c r="T40" s="24">
         <v>4.72</v>
       </c>
       <c r="U40" s="24">
         <v>0.59</v>
       </c>
       <c r="V40" s="24">
         <v>0.74</v>
       </c>
       <c r="W40">
         <v>0.9</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40">
+        <v>4.78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="24">
         <v>5.33</v>
       </c>
       <c r="C41" s="17">
         <v>4.3099999999999996</v>
       </c>
       <c r="D41" s="17">
         <v>4.66</v>
       </c>
       <c r="E41" s="17">
         <v>4.9000000000000004</v>
       </c>
       <c r="F41" s="17">
         <v>4.88</v>
       </c>
       <c r="G41" s="17">
         <v>5.48</v>
       </c>
       <c r="H41" s="17">
         <v>6.19</v>
       </c>
       <c r="I41" s="17">
@@ -14118,52 +14538,55 @@
       </c>
       <c r="P41" s="17">
         <v>8.9600000000000009</v>
       </c>
       <c r="Q41" s="17">
         <v>8.57</v>
       </c>
       <c r="R41" s="19">
         <v>8.48</v>
       </c>
       <c r="S41" s="28">
         <v>4.88</v>
       </c>
       <c r="T41" s="24">
         <v>3.68</v>
       </c>
       <c r="U41" s="24">
         <v>1.03</v>
       </c>
       <c r="V41" s="24">
         <v>0.91</v>
       </c>
       <c r="W41">
         <v>0.6</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41">
+        <v>7.3100000000000005</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="24">
         <v>7.97</v>
       </c>
       <c r="C42" s="17">
         <v>7.3</v>
       </c>
       <c r="D42" s="17">
         <v>8.1</v>
       </c>
       <c r="E42" s="17">
         <v>9.16</v>
       </c>
       <c r="F42" s="17">
         <v>9.91</v>
       </c>
       <c r="G42" s="17">
         <v>10.7</v>
       </c>
       <c r="H42" s="17">
         <v>12.14</v>
       </c>
       <c r="I42" s="17">
@@ -14189,52 +14612,55 @@
       </c>
       <c r="P42" s="17">
         <v>13.77</v>
       </c>
       <c r="Q42" s="17">
         <v>15.21</v>
       </c>
       <c r="R42" s="19">
         <v>13.78</v>
       </c>
       <c r="S42" s="28">
         <v>6.73</v>
       </c>
       <c r="T42" s="24">
         <v>5.58</v>
       </c>
       <c r="U42" s="24">
         <v>0.73</v>
       </c>
       <c r="V42" s="24">
         <v>0.53</v>
       </c>
       <c r="W42">
         <v>0.33</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42">
+        <v>7.86</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="24">
         <v>7.79</v>
       </c>
       <c r="C43" s="17">
         <v>7.67</v>
       </c>
       <c r="D43" s="17">
         <v>9.08</v>
       </c>
       <c r="E43" s="17">
         <v>9.74</v>
       </c>
       <c r="F43" s="17">
         <v>11.07</v>
       </c>
       <c r="G43" s="17">
         <v>11.23</v>
       </c>
       <c r="H43" s="17">
         <v>12.85</v>
       </c>
       <c r="I43" s="17">
@@ -14260,52 +14686,55 @@
       </c>
       <c r="P43" s="17">
         <v>14.39</v>
       </c>
       <c r="Q43" s="17">
         <v>14.27</v>
       </c>
       <c r="R43" s="19">
         <v>13.63</v>
       </c>
       <c r="S43" s="28">
         <v>7.55</v>
       </c>
       <c r="T43" s="24">
         <v>5.18</v>
       </c>
       <c r="U43" s="24">
         <v>0.56000000000000005</v>
       </c>
       <c r="V43" s="24">
         <v>0.45</v>
       </c>
       <c r="W43">
         <v>0.44</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43">
+        <v>8.44</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="24">
         <v>6.3900000000000006</v>
       </c>
       <c r="C44" s="17">
         <v>6.62</v>
       </c>
       <c r="D44" s="17">
         <v>6.71</v>
       </c>
       <c r="E44" s="17">
         <v>5.76</v>
       </c>
       <c r="F44" s="17">
         <v>5.99</v>
       </c>
       <c r="G44" s="17">
         <v>6.32</v>
       </c>
       <c r="H44" s="17">
         <v>6.94</v>
       </c>
       <c r="I44" s="17">
@@ -14331,52 +14760,55 @@
       </c>
       <c r="P44" s="17">
         <v>8.76</v>
       </c>
       <c r="Q44" s="17">
         <v>8.61</v>
       </c>
       <c r="R44" s="19">
         <v>8.4700000000000006</v>
       </c>
       <c r="S44" s="28">
         <v>4.49</v>
       </c>
       <c r="T44" s="24">
         <v>3.03</v>
       </c>
       <c r="U44" s="24">
         <v>0.96</v>
       </c>
       <c r="V44" s="24">
         <v>0.7</v>
       </c>
       <c r="W44">
         <v>0.53</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44">
+        <v>7.73</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="24">
         <v>6.1400000000000006</v>
       </c>
       <c r="C45" s="17">
         <v>5.98</v>
       </c>
       <c r="D45" s="17">
         <v>6.11</v>
       </c>
       <c r="E45" s="17">
         <v>6.28</v>
       </c>
       <c r="F45" s="17">
         <v>6.47</v>
       </c>
       <c r="G45" s="17">
         <v>6.99</v>
       </c>
       <c r="H45" s="17">
         <v>7.73</v>
       </c>
       <c r="I45" s="17">
@@ -14402,52 +14834,55 @@
       </c>
       <c r="P45" s="17">
         <v>13.19</v>
       </c>
       <c r="Q45" s="17">
         <v>13.31</v>
       </c>
       <c r="R45" s="19">
         <v>12.06</v>
       </c>
       <c r="S45" s="28">
         <v>7.29</v>
       </c>
       <c r="T45" s="24">
         <v>5.73</v>
       </c>
       <c r="U45" s="24">
         <v>0.84</v>
       </c>
       <c r="V45" s="24">
         <v>0.62</v>
       </c>
       <c r="W45">
         <v>0.44</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45">
+        <v>8.49</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="24">
         <v>5.37</v>
       </c>
       <c r="C46" s="17">
         <v>7.79</v>
       </c>
       <c r="D46" s="17">
         <v>10.56</v>
       </c>
       <c r="E46" s="17">
         <v>10.45</v>
       </c>
       <c r="F46" s="17">
         <v>10.57</v>
       </c>
       <c r="G46" s="17">
         <v>10.15</v>
       </c>
       <c r="H46" s="17">
         <v>11.34</v>
       </c>
       <c r="I46" s="17">
@@ -14473,52 +14908,55 @@
       </c>
       <c r="P46" s="17">
         <v>15.08</v>
       </c>
       <c r="Q46" s="17">
         <v>15.63</v>
       </c>
       <c r="R46" s="19">
         <v>15.18</v>
       </c>
       <c r="S46" s="28">
         <v>8.48</v>
       </c>
       <c r="T46" s="24">
         <v>7.25</v>
       </c>
       <c r="U46" s="24">
         <v>0.76</v>
       </c>
       <c r="V46" s="24">
         <v>0.56000000000000005</v>
       </c>
       <c r="W46">
         <v>0.79</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46">
+        <v>8.81</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="24">
         <v>5.07</v>
       </c>
       <c r="C47" s="17">
         <v>5.85</v>
       </c>
       <c r="D47" s="17">
         <v>6.65</v>
       </c>
       <c r="E47" s="17">
         <v>6.14</v>
       </c>
       <c r="F47" s="17">
         <v>7.07</v>
       </c>
       <c r="G47" s="17">
         <v>7.16</v>
       </c>
       <c r="H47" s="17">
         <v>8.65</v>
       </c>
       <c r="I47" s="17">
@@ -14544,52 +14982,55 @@
       </c>
       <c r="P47" s="17">
         <v>11.45</v>
       </c>
       <c r="Q47" s="17">
         <v>11.67</v>
       </c>
       <c r="R47" s="19">
         <v>11.24</v>
       </c>
       <c r="S47" s="28">
         <v>7.45</v>
       </c>
       <c r="T47" s="24">
         <v>5.77</v>
       </c>
       <c r="U47" s="24">
         <v>0.74</v>
       </c>
       <c r="V47" s="24">
         <v>0.35</v>
       </c>
       <c r="W47">
         <v>0.28999999999999998</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47">
+        <v>6.91</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="24">
         <v>6.16</v>
       </c>
       <c r="C48" s="17">
         <v>6.14</v>
       </c>
       <c r="D48" s="17">
         <v>6.21</v>
       </c>
       <c r="E48" s="17">
         <v>6.11</v>
       </c>
       <c r="F48" s="17">
         <v>6.23</v>
       </c>
       <c r="G48" s="17">
         <v>6.6</v>
       </c>
       <c r="H48" s="17">
         <v>7.16</v>
       </c>
       <c r="I48" s="17">
@@ -14615,52 +15056,55 @@
       </c>
       <c r="P48" s="17">
         <v>10.75</v>
       </c>
       <c r="Q48" s="17">
         <v>10.6</v>
       </c>
       <c r="R48" s="19">
         <v>10.119999999999999</v>
       </c>
       <c r="S48" s="28">
         <v>6.07</v>
       </c>
       <c r="T48" s="24">
         <v>4.8099999999999996</v>
       </c>
       <c r="U48" s="24">
         <v>1.21</v>
       </c>
       <c r="V48" s="24">
         <v>0.55000000000000004</v>
       </c>
       <c r="W48">
         <v>0.59</v>
       </c>
-    </row>
-    <row r="49" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X48">
+        <v>7.75</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="24">
         <v>10.56</v>
       </c>
       <c r="C49" s="17">
         <v>8.7899999999999991</v>
       </c>
       <c r="D49" s="17">
         <v>10.42</v>
       </c>
       <c r="E49" s="17">
         <v>10.48</v>
       </c>
       <c r="F49" s="17">
         <v>10.119999999999999</v>
       </c>
       <c r="G49" s="17">
         <v>10.11</v>
       </c>
       <c r="H49" s="17">
         <v>10.94</v>
       </c>
       <c r="I49" s="17">
@@ -14670,51 +15114,51 @@
         <v>12.19</v>
       </c>
       <c r="K49" s="17">
         <v>16.690000000000001</v>
       </c>
       <c r="L49" s="17">
         <v>16.3</v>
       </c>
       <c r="M49" s="17">
         <v>17.21</v>
       </c>
       <c r="N49" s="17">
         <v>14.93</v>
       </c>
       <c r="O49" s="17">
         <v>14.73</v>
       </c>
       <c r="P49" s="17"/>
       <c r="Q49" s="17"/>
       <c r="R49" s="19"/>
       <c r="S49" s="28"/>
       <c r="T49" s="24"/>
       <c r="U49" s="24"/>
       <c r="V49" s="24"/>
     </row>
-    <row r="50" spans="1:26" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="24">
         <v>4.9000000000000004</v>
       </c>
       <c r="C50" s="17">
         <v>5.01</v>
       </c>
       <c r="D50" s="17">
         <v>7.43</v>
       </c>
       <c r="E50" s="17">
         <v>7.87</v>
       </c>
       <c r="F50" s="17">
         <v>8.26</v>
       </c>
       <c r="G50" s="17">
         <v>9.2100000000000009</v>
       </c>
       <c r="H50" s="17">
         <v>9.9700000000000006</v>
       </c>
       <c r="I50" s="17">
@@ -14740,52 +15184,55 @@
       </c>
       <c r="P50" s="17">
         <v>10.06</v>
       </c>
       <c r="Q50" s="17">
         <v>10.4</v>
       </c>
       <c r="R50" s="19">
         <v>10.61</v>
       </c>
       <c r="S50" s="28">
         <v>5.72</v>
       </c>
       <c r="T50" s="24">
         <v>4.37</v>
       </c>
       <c r="U50" s="24">
         <v>0.78</v>
       </c>
       <c r="V50" s="24">
         <v>0.31</v>
       </c>
       <c r="W50">
         <v>0.56000000000000005</v>
       </c>
-    </row>
-    <row r="51" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X50">
+        <v>7.15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="24">
         <v>8.61</v>
       </c>
       <c r="C51" s="17">
         <v>7.59</v>
       </c>
       <c r="D51" s="17">
         <v>8.0299999999999994</v>
       </c>
       <c r="E51" s="17">
         <v>8.8800000000000008</v>
       </c>
       <c r="F51" s="17">
         <v>9.7899999999999991</v>
       </c>
       <c r="G51" s="17">
         <v>10.83</v>
       </c>
       <c r="H51" s="17">
         <v>11.06</v>
       </c>
       <c r="I51" s="17">
@@ -14811,52 +15258,55 @@
       </c>
       <c r="P51" s="17">
         <v>13.58</v>
       </c>
       <c r="Q51" s="17">
         <v>13.13</v>
       </c>
       <c r="R51" s="19">
         <v>13.98</v>
       </c>
       <c r="S51" s="28">
         <v>7.6</v>
       </c>
       <c r="T51" s="24">
         <v>5.82</v>
       </c>
       <c r="U51" s="24">
         <v>0.8</v>
       </c>
       <c r="V51" s="24">
         <v>0.79</v>
       </c>
       <c r="W51">
         <v>0.46</v>
       </c>
-    </row>
-    <row r="52" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X51">
+        <v>11.06</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="24">
         <v>3.39</v>
       </c>
       <c r="C52" s="17">
         <v>4.21</v>
       </c>
       <c r="D52" s="17">
         <v>4.5999999999999996</v>
       </c>
       <c r="E52" s="17">
         <v>6.73</v>
       </c>
       <c r="F52" s="17">
         <v>7.88</v>
       </c>
       <c r="G52" s="17">
         <v>7.1</v>
       </c>
       <c r="H52" s="17">
         <v>5.85</v>
       </c>
       <c r="I52" s="17">
@@ -14882,52 +15332,55 @@
       </c>
       <c r="P52" s="17">
         <v>10.93</v>
       </c>
       <c r="Q52" s="17">
         <v>9.8699999999999992</v>
       </c>
       <c r="R52" s="19">
         <v>8.1999999999999993</v>
       </c>
       <c r="S52" s="28">
         <v>5.88</v>
       </c>
       <c r="T52" s="24">
         <v>4.76</v>
       </c>
       <c r="U52" s="24">
         <v>0.44</v>
       </c>
       <c r="V52" s="24">
         <v>0.4</v>
       </c>
       <c r="W52">
         <v>0.39</v>
       </c>
-    </row>
-    <row r="53" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X52">
+        <v>5.84</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="24">
         <v>5.95</v>
       </c>
       <c r="C53" s="17">
         <v>6.91</v>
       </c>
       <c r="D53" s="17">
         <v>6.62</v>
       </c>
       <c r="E53" s="17">
         <v>7.4</v>
       </c>
       <c r="F53" s="17">
         <v>7.69</v>
       </c>
       <c r="G53" s="17">
         <v>9.7200000000000006</v>
       </c>
       <c r="H53" s="17">
         <v>10.01</v>
       </c>
       <c r="I53" s="17">
@@ -14953,52 +15406,55 @@
       </c>
       <c r="P53" s="17">
         <v>13.57</v>
       </c>
       <c r="Q53" s="17">
         <v>13.86</v>
       </c>
       <c r="R53" s="19">
         <v>12.67</v>
       </c>
       <c r="S53" s="28">
         <v>7.59</v>
       </c>
       <c r="T53" s="24">
         <v>5.71</v>
       </c>
       <c r="U53" s="24">
         <v>1.1299999999999999</v>
       </c>
       <c r="V53" s="24">
         <v>0.51</v>
       </c>
       <c r="W53">
         <v>0.64</v>
       </c>
-    </row>
-    <row r="54" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X53">
+        <v>7.61</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="24">
         <v>7.18</v>
       </c>
       <c r="C54" s="17">
         <v>7.67</v>
       </c>
       <c r="D54" s="17">
         <v>6.95</v>
       </c>
       <c r="E54" s="17">
         <v>9.42</v>
       </c>
       <c r="F54" s="17">
         <v>10.07</v>
       </c>
       <c r="G54" s="17">
         <v>9.73</v>
       </c>
       <c r="H54" s="17">
         <v>10.48</v>
       </c>
       <c r="I54" s="17">
@@ -15024,52 +15480,55 @@
       </c>
       <c r="P54" s="17">
         <v>11.11</v>
       </c>
       <c r="Q54" s="17">
         <v>13.75</v>
       </c>
       <c r="R54" s="19">
         <v>11.9</v>
       </c>
       <c r="S54" s="28">
         <v>7.23</v>
       </c>
       <c r="T54" s="24">
         <v>5.82</v>
       </c>
       <c r="U54" s="24">
         <v>1.1200000000000001</v>
       </c>
       <c r="V54" s="24">
         <v>0.74</v>
       </c>
       <c r="W54">
         <v>0.59</v>
       </c>
-    </row>
-    <row r="55" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X54">
+        <v>9.48</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="24">
         <v>5.58</v>
       </c>
       <c r="C55" s="17">
         <v>4.07</v>
       </c>
       <c r="D55" s="17">
         <v>5.96</v>
       </c>
       <c r="E55" s="17">
         <v>6.22</v>
       </c>
       <c r="F55" s="17">
         <v>6.6</v>
       </c>
       <c r="G55" s="17">
         <v>7.16</v>
       </c>
       <c r="H55" s="17">
         <v>6.73</v>
       </c>
       <c r="I55" s="17">
@@ -15095,52 +15554,55 @@
       </c>
       <c r="P55" s="17">
         <v>9.0500000000000007</v>
       </c>
       <c r="Q55" s="17">
         <v>8.48</v>
       </c>
       <c r="R55" s="19">
         <v>9.0399999999999991</v>
       </c>
       <c r="S55" s="28">
         <v>4.7699999999999996</v>
       </c>
       <c r="T55" s="24">
         <v>3.57</v>
       </c>
       <c r="U55" s="24">
         <v>0.49</v>
       </c>
       <c r="V55" s="24">
         <v>0.75</v>
       </c>
       <c r="W55">
         <v>0.76</v>
       </c>
-    </row>
-    <row r="56" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X55">
+        <v>5.8500000000000005</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="24">
         <v>5.42</v>
       </c>
       <c r="C56" s="17">
         <v>5.8</v>
       </c>
       <c r="D56" s="17">
         <v>5.94</v>
       </c>
       <c r="E56" s="17">
         <v>5.75</v>
       </c>
       <c r="F56" s="17">
         <v>5.94</v>
       </c>
       <c r="G56" s="17">
         <v>6.34</v>
       </c>
       <c r="H56" s="17">
         <v>7.63</v>
       </c>
       <c r="I56" s="17">
@@ -15166,52 +15628,55 @@
       </c>
       <c r="P56" s="17">
         <v>10.130000000000001</v>
       </c>
       <c r="Q56" s="17">
         <v>9.6999999999999993</v>
       </c>
       <c r="R56" s="19">
         <v>10.34</v>
       </c>
       <c r="S56" s="28">
         <v>5.91</v>
       </c>
       <c r="T56" s="24">
         <v>4.68</v>
       </c>
       <c r="U56" s="24">
         <v>0.83</v>
       </c>
       <c r="V56" s="24">
         <v>0.49</v>
       </c>
       <c r="W56">
         <v>0.54</v>
       </c>
-    </row>
-    <row r="57" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X56">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="24">
         <v>3.74</v>
       </c>
       <c r="C57" s="17">
         <v>3.71</v>
       </c>
       <c r="D57" s="17">
         <v>3.49</v>
       </c>
       <c r="E57" s="17">
         <v>3.16</v>
       </c>
       <c r="F57" s="17">
         <v>4.3499999999999996</v>
       </c>
       <c r="G57" s="17">
         <v>5.94</v>
       </c>
       <c r="H57" s="17">
         <v>6.12</v>
       </c>
       <c r="I57" s="17">
@@ -15237,52 +15702,55 @@
       </c>
       <c r="P57" s="17">
         <v>8.09</v>
       </c>
       <c r="Q57" s="17">
         <v>7.9</v>
       </c>
       <c r="R57" s="19">
         <v>7.72</v>
       </c>
       <c r="S57" s="28">
         <v>4.9800000000000004</v>
       </c>
       <c r="T57" s="24">
         <v>3.48</v>
       </c>
       <c r="U57" s="24">
         <v>1.74</v>
       </c>
       <c r="V57" s="24">
         <v>0.68</v>
       </c>
       <c r="W57">
         <v>0.38</v>
       </c>
-    </row>
-    <row r="58" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X57">
+        <v>7.48</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="24">
         <v>4.97</v>
       </c>
       <c r="C58" s="17">
         <v>5.7</v>
       </c>
       <c r="D58" s="17">
         <v>5.18</v>
       </c>
       <c r="E58" s="17">
         <v>6.67</v>
       </c>
       <c r="F58" s="17">
         <v>7.29</v>
       </c>
       <c r="G58" s="17">
         <v>7.13</v>
       </c>
       <c r="H58" s="17">
         <v>8.17</v>
       </c>
       <c r="I58" s="17">
@@ -15308,52 +15776,55 @@
       </c>
       <c r="P58" s="17">
         <v>9.4700000000000006</v>
       </c>
       <c r="Q58" s="17">
         <v>8.7899999999999991</v>
       </c>
       <c r="R58" s="19">
         <v>8.6199999999999992</v>
       </c>
       <c r="S58" s="28">
         <v>5.3</v>
       </c>
       <c r="T58" s="24">
         <v>4.1900000000000004</v>
       </c>
       <c r="U58" s="24">
         <v>0.59</v>
       </c>
       <c r="V58" s="24">
         <v>0.56000000000000005</v>
       </c>
       <c r="W58">
         <v>0.53</v>
       </c>
-    </row>
-    <row r="59" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X58">
+        <v>6.21</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="24">
         <v>5.22</v>
       </c>
       <c r="C59" s="17">
         <v>4.33</v>
       </c>
       <c r="D59" s="17">
         <v>4.5</v>
       </c>
       <c r="E59" s="17">
         <v>4.46</v>
       </c>
       <c r="F59" s="17">
         <v>5.0999999999999996</v>
       </c>
       <c r="G59" s="17">
         <v>4.83</v>
       </c>
       <c r="H59" s="17">
         <v>5.87</v>
       </c>
       <c r="I59" s="17">
@@ -15379,52 +15850,55 @@
       </c>
       <c r="P59" s="17">
         <v>9.36</v>
       </c>
       <c r="Q59" s="17">
         <v>8.57</v>
       </c>
       <c r="R59" s="19">
         <v>8.89</v>
       </c>
       <c r="S59" s="28">
         <v>4.93</v>
       </c>
       <c r="T59" s="24">
         <v>3.98</v>
       </c>
       <c r="U59" s="24">
         <v>0.65</v>
       </c>
       <c r="V59" s="24">
         <v>0.64</v>
       </c>
       <c r="W59">
         <v>0.4</v>
       </c>
-    </row>
-    <row r="60" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X59">
+        <v>4.33</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="24">
         <v>8.44</v>
       </c>
       <c r="C60" s="17">
         <v>8.65</v>
       </c>
       <c r="D60" s="17">
         <v>9.9</v>
       </c>
       <c r="E60" s="17">
         <v>9.93</v>
       </c>
       <c r="F60" s="17">
         <v>9.44</v>
       </c>
       <c r="G60" s="17">
         <v>10.52</v>
       </c>
       <c r="H60" s="17">
         <v>10.77</v>
       </c>
       <c r="I60" s="17">
@@ -15450,53 +15924,56 @@
       </c>
       <c r="P60" s="17">
         <v>16.149999999999999</v>
       </c>
       <c r="Q60" s="17">
         <v>18.010000000000002</v>
       </c>
       <c r="R60" s="19">
         <v>15.83</v>
       </c>
       <c r="S60" s="28">
         <v>10.76</v>
       </c>
       <c r="T60" s="24">
         <v>8.17</v>
       </c>
       <c r="U60" s="24">
         <v>0.95</v>
       </c>
       <c r="V60" s="24">
         <v>0.81</v>
       </c>
       <c r="W60">
         <v>0.28999999999999998</v>
       </c>
+      <c r="X60">
+        <v>10.82</v>
+      </c>
       <c r="Z60" s="24"/>
     </row>
-    <row r="61" spans="1:26" x14ac:dyDescent="0.15">
+    <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="24">
         <v>3.16</v>
       </c>
       <c r="C61" s="17">
         <v>6.05</v>
       </c>
       <c r="D61" s="17">
         <v>7.72</v>
       </c>
       <c r="E61" s="17">
         <v>7.31</v>
       </c>
       <c r="F61" s="17">
         <v>9.5</v>
       </c>
       <c r="G61" s="17">
         <v>8.91</v>
       </c>
       <c r="H61" s="17">
         <v>5.21</v>
       </c>
       <c r="I61" s="17">
@@ -15522,52 +15999,55 @@
       </c>
       <c r="P61" s="17">
         <v>9.01</v>
       </c>
       <c r="Q61" s="17">
         <v>11.41</v>
       </c>
       <c r="R61" s="19">
         <v>9.32</v>
       </c>
       <c r="S61" s="28">
         <v>5.0199999999999996</v>
       </c>
       <c r="T61" s="24">
         <v>3.9</v>
       </c>
       <c r="U61" s="24">
         <v>0.61</v>
       </c>
       <c r="V61" s="24">
         <v>0.88</v>
       </c>
       <c r="W61">
         <v>0.83000000000000007</v>
       </c>
-    </row>
-    <row r="62" spans="1:26" x14ac:dyDescent="0.15">
+      <c r="X61">
+        <v>9.5500000000000007</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="24">
         <v>6.23</v>
       </c>
       <c r="C62" s="17">
         <v>6.35</v>
       </c>
       <c r="D62" s="17">
         <v>6.58</v>
       </c>
       <c r="E62" s="17">
         <v>7.13</v>
       </c>
       <c r="F62" s="17">
         <v>7.5</v>
       </c>
       <c r="G62" s="17">
         <v>7.82</v>
       </c>
       <c r="H62" s="17">
         <v>8.65</v>
       </c>
       <c r="I62" s="17">
@@ -15592,377 +16072,381 @@
         <v>11.15</v>
       </c>
       <c r="P62" s="17">
         <v>10.97</v>
       </c>
       <c r="Q62" s="17">
         <v>11.43</v>
       </c>
       <c r="R62" s="17">
         <v>11.08</v>
       </c>
       <c r="S62" s="17">
         <v>6.46</v>
       </c>
       <c r="T62" s="17">
         <v>5</v>
       </c>
       <c r="U62" s="24">
         <v>0.88</v>
       </c>
       <c r="V62" s="24">
         <v>0.66</v>
       </c>
       <c r="W62">
         <v>0.53</v>
+      </c>
+      <c r="X62">
+        <v>8.25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{0AD47FE5-1936-3F45-B265-B5108D13E3E1}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0B00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B29" sqref="B29"/>
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="31.5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="69.5" customWidth="1"/>
+    <col min="1" max="1" width="31.453125" customWidth="1"/>
+    <col min="2" max="2" width="67.6328125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="69.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...29 lines deleted...]
-    <row r="6" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:11" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:11" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68"/>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:11" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="B3" s="56" t="s">
+        <v>126</v>
+      </c>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:11" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:11">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:11" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:11">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:11" ht="12.75" customHeight="1">
       <c r="A9" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="14"/>
     </row>
-    <row r="10" spans="1:11" ht="14" thickBot="1" x14ac:dyDescent="0.2"/>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="10" spans="1:11" ht="13" thickBot="1"/>
+    <row r="11" spans="1:11" ht="13">
       <c r="A11" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="12" spans="1:11">
       <c r="A12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="13" spans="1:11">
       <c r="A13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="14" spans="1:11">
       <c r="A14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="15" spans="1:11">
       <c r="A15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.15">
+    <row r="16" spans="1:11">
       <c r="A16" s="4" t="s">
         <v>80</v>
       </c>
       <c r="B16" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="17" spans="1:3">
       <c r="A17" s="15" t="s">
         <v>96</v>
       </c>
       <c r="B17" t="s">
         <v>97</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="18" spans="1:3">
       <c r="A18" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="19" spans="1:3">
       <c r="A19" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="20" spans="1:3">
       <c r="A20" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B20" t="s">
         <v>88</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="21" spans="1:3" ht="14" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:3" ht="13" thickBot="1">
       <c r="A21" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="11" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="22" spans="1:3">
       <c r="A22" s="6"/>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="23" spans="1:3">
       <c r="A23" s="18"/>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="25" spans="1:3">
       <c r="A25" s="6" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="26" spans="1:3">
       <c r="A26" s="6" t="s">
         <v>92</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="27" spans="1:3">
       <c r="A27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.15">
+    <row r="29" spans="1:3">
       <c r="A29" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B26" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="B3" r:id="rId4" xr:uid="{82C5B6E8-36F8-C943-A903-684AA18A7231}"/>
+    <hyperlink ref="B26" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="B27" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="D4" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="B3" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId5"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="I10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="9.33203125" style="13"/>
+    <col min="1" max="1" width="9.36328125" style="13"/>
     <col min="2" max="18" width="15" style="13" bestFit="1" customWidth="1"/>
-    <col min="19" max="19" width="14.6640625" style="13" bestFit="1" customWidth="1"/>
-    <col min="20" max="20" width="15.1640625" style="13" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="14.6328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="15.1796875" style="13" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="15" style="13" bestFit="1" customWidth="1"/>
-    <col min="22" max="22" width="12.1640625" style="13" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="16384" width="9.33203125" style="13"/>
+    <col min="22" max="22" width="12.1796875" style="13" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="15.453125" style="13" customWidth="1"/>
+    <col min="24" max="24" width="12.1796875" style="13" bestFit="1" customWidth="1"/>
+    <col min="25" max="16384" width="9.36328125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24" customFormat="1">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" customFormat="1">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24" customFormat="1">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>116</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
@@ -15988,52 +16472,55 @@
       </c>
       <c r="P9" s="13" t="s">
         <v>100</v>
       </c>
       <c r="Q9" s="13" t="s">
         <v>101</v>
       </c>
       <c r="R9" s="13" t="s">
         <v>103</v>
       </c>
       <c r="S9" s="13" t="s">
         <v>104</v>
       </c>
       <c r="T9" s="13" t="s">
         <v>105</v>
       </c>
       <c r="U9" s="13" t="s">
         <v>106</v>
       </c>
       <c r="V9" s="13" t="s">
         <v>115</v>
       </c>
       <c r="W9" s="13" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" s="13" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="30">
         <v>478640</v>
       </c>
       <c r="C10" s="13">
         <v>492740</v>
       </c>
       <c r="D10" s="13">
         <v>497340</v>
       </c>
       <c r="E10" s="13">
         <v>502840</v>
       </c>
       <c r="F10" s="13">
         <v>499840</v>
       </c>
       <c r="G10" s="13">
         <v>497080</v>
       </c>
       <c r="H10" s="13">
         <v>503360</v>
       </c>
       <c r="I10" s="13">
@@ -16059,52 +16546,55 @@
       </c>
       <c r="P10" s="13">
         <v>549520</v>
       </c>
       <c r="Q10" s="13">
         <v>549040</v>
       </c>
       <c r="R10" s="20">
         <v>547080</v>
       </c>
       <c r="S10" s="20">
         <v>548280</v>
       </c>
       <c r="T10" s="23">
         <v>538620</v>
       </c>
       <c r="U10" s="23">
         <v>541980</v>
       </c>
       <c r="V10" s="23">
         <v>544360</v>
       </c>
       <c r="W10" s="13">
         <v>551260</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10" s="13">
+        <v>557780</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="30">
         <v>3780480</v>
       </c>
       <c r="C11" s="13">
         <v>3778600</v>
       </c>
       <c r="D11" s="13">
         <v>3844180</v>
       </c>
       <c r="E11" s="13">
         <v>3848160</v>
       </c>
       <c r="F11" s="13">
         <v>3793720</v>
       </c>
       <c r="G11" s="13">
         <v>3717120</v>
       </c>
       <c r="H11" s="13">
         <v>3709680</v>
       </c>
       <c r="I11" s="13">
@@ -16130,52 +16620,55 @@
       </c>
       <c r="P11" s="13">
         <v>4124980</v>
       </c>
       <c r="Q11" s="13">
         <v>4147580</v>
       </c>
       <c r="R11" s="20">
         <v>4190080</v>
       </c>
       <c r="S11" s="20">
         <v>4226280</v>
       </c>
       <c r="T11" s="23">
         <v>4259460</v>
       </c>
       <c r="U11" s="23">
         <v>4278020</v>
       </c>
       <c r="V11" s="23">
         <v>4277680</v>
       </c>
       <c r="W11" s="13">
         <v>4351520</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11" s="13">
+        <v>4391160</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="30">
         <v>2140020</v>
       </c>
       <c r="C12" s="13">
         <v>2172680</v>
       </c>
       <c r="D12" s="13">
         <v>2218480</v>
       </c>
       <c r="E12" s="13">
         <v>2235720</v>
       </c>
       <c r="F12" s="13">
         <v>2206800</v>
       </c>
       <c r="G12" s="13">
         <v>2169600</v>
       </c>
       <c r="H12" s="13">
         <v>2173060</v>
       </c>
       <c r="I12" s="13">
@@ -16201,52 +16694,55 @@
       </c>
       <c r="P12" s="13">
         <v>2385160</v>
       </c>
       <c r="Q12" s="13">
         <v>2398980</v>
       </c>
       <c r="R12" s="20">
         <v>2421600</v>
       </c>
       <c r="S12" s="20">
         <v>2441360</v>
       </c>
       <c r="T12" s="23">
         <v>2459860</v>
       </c>
       <c r="U12" s="23">
         <v>2497740</v>
       </c>
       <c r="V12" s="23">
         <v>2494860</v>
       </c>
       <c r="W12" s="13">
         <v>2542380</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12" s="13">
+        <v>2580600</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="30">
         <v>4280840</v>
       </c>
       <c r="C13" s="13">
         <v>4372960</v>
       </c>
       <c r="D13" s="13">
         <v>4512140</v>
       </c>
       <c r="E13" s="13">
         <v>4608000</v>
       </c>
       <c r="F13" s="13">
         <v>4658880</v>
       </c>
       <c r="G13" s="13">
         <v>4623400</v>
       </c>
       <c r="H13" s="13">
         <v>4641760</v>
       </c>
       <c r="I13" s="13">
@@ -16272,52 +16768,55 @@
       </c>
       <c r="P13" s="13">
         <v>5378240</v>
       </c>
       <c r="Q13" s="13">
         <v>5475560</v>
       </c>
       <c r="R13" s="20">
         <v>5618840</v>
       </c>
       <c r="S13" s="20">
         <v>5727920</v>
       </c>
       <c r="T13" s="23">
         <v>5841160</v>
       </c>
       <c r="U13" s="23">
         <v>5984480</v>
       </c>
       <c r="V13" s="23">
         <v>6091500</v>
       </c>
       <c r="W13" s="13">
         <v>6249500</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13" s="13">
+        <v>6319840</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="30">
         <v>27970460</v>
       </c>
       <c r="C14" s="13">
         <v>27927720</v>
       </c>
       <c r="D14" s="13">
         <v>28151100</v>
       </c>
       <c r="E14" s="13">
         <v>28233360</v>
       </c>
       <c r="F14" s="13">
         <v>28153600</v>
       </c>
       <c r="G14" s="13">
         <v>27591200</v>
       </c>
       <c r="H14" s="13">
         <v>27532660</v>
       </c>
       <c r="I14" s="13">
@@ -16343,52 +16842,55 @@
       </c>
       <c r="P14" s="13">
         <v>31228960</v>
       </c>
       <c r="Q14" s="13">
         <v>31328140</v>
       </c>
       <c r="R14" s="20">
         <v>31718340</v>
       </c>
       <c r="S14" s="20">
         <v>32009520</v>
       </c>
       <c r="T14" s="23">
         <v>32239660</v>
       </c>
       <c r="U14" s="23">
         <v>32607180</v>
       </c>
       <c r="V14" s="23">
         <v>32862780</v>
       </c>
       <c r="W14" s="13">
         <v>33386800</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14" s="13">
+        <v>33619120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="30">
         <v>3641860</v>
       </c>
       <c r="C15" s="13">
         <v>3683380</v>
       </c>
       <c r="D15" s="13">
         <v>3751240</v>
       </c>
       <c r="E15" s="13">
         <v>3800100</v>
       </c>
       <c r="F15" s="13">
         <v>3803380</v>
       </c>
       <c r="G15" s="13">
         <v>3760480</v>
       </c>
       <c r="H15" s="13">
         <v>3803880</v>
       </c>
       <c r="I15" s="13">
@@ -16414,52 +16916,55 @@
       </c>
       <c r="P15" s="13">
         <v>4443240</v>
       </c>
       <c r="Q15" s="13">
         <v>4489020</v>
       </c>
       <c r="R15" s="20">
         <v>4590420</v>
       </c>
       <c r="S15" s="20">
         <v>4662260</v>
       </c>
       <c r="T15" s="23">
         <v>4743320</v>
       </c>
       <c r="U15" s="23">
         <v>4830500</v>
       </c>
       <c r="V15" s="23">
         <v>4876940</v>
       </c>
       <c r="W15" s="13">
         <v>4983560</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15" s="13">
+        <v>5053380</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="30">
         <v>2839520</v>
       </c>
       <c r="C16" s="13">
         <v>2859120</v>
       </c>
       <c r="D16" s="13">
         <v>2892560</v>
       </c>
       <c r="E16" s="13">
         <v>2902260</v>
       </c>
       <c r="F16" s="13">
         <v>2894200</v>
       </c>
       <c r="G16" s="13">
         <v>2846860</v>
       </c>
       <c r="H16" s="13">
         <v>2819160</v>
       </c>
       <c r="I16" s="13">
@@ -16485,52 +16990,55 @@
       </c>
       <c r="P16" s="13">
         <v>3049080</v>
       </c>
       <c r="Q16" s="13">
         <v>3046340</v>
       </c>
       <c r="R16" s="20">
         <v>3065020</v>
       </c>
       <c r="S16" s="20">
         <v>3085820</v>
       </c>
       <c r="T16" s="23">
         <v>3116620</v>
       </c>
       <c r="U16" s="23">
         <v>3151300</v>
       </c>
       <c r="V16" s="23">
         <v>3160020</v>
       </c>
       <c r="W16" s="13">
         <v>3196880</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16" s="13">
+        <v>3226460</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="30">
         <v>501660</v>
       </c>
       <c r="C17" s="13">
         <v>492780</v>
       </c>
       <c r="D17" s="13">
         <v>502660</v>
       </c>
       <c r="E17" s="13">
         <v>493660</v>
       </c>
       <c r="F17" s="13">
         <v>497160</v>
       </c>
       <c r="G17" s="13">
         <v>480180</v>
       </c>
       <c r="H17" s="13">
         <v>478440</v>
       </c>
       <c r="I17" s="13">
@@ -16556,52 +17064,55 @@
       </c>
       <c r="P17" s="13">
         <v>551420</v>
       </c>
       <c r="Q17" s="13">
         <v>553340</v>
       </c>
       <c r="R17" s="20">
         <v>558340</v>
       </c>
       <c r="S17" s="20">
         <v>544040</v>
       </c>
       <c r="T17" s="23">
         <v>540440</v>
       </c>
       <c r="U17" s="23">
         <v>543680</v>
       </c>
       <c r="V17" s="23">
         <v>548640</v>
       </c>
       <c r="W17" s="13">
         <v>556200</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17" s="13">
+        <v>558060</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="30">
         <v>677900</v>
       </c>
       <c r="C18" s="13">
         <v>691380</v>
       </c>
       <c r="D18" s="13">
         <v>711100</v>
       </c>
       <c r="E18" s="13">
         <v>712580</v>
       </c>
       <c r="F18" s="13">
         <v>716200</v>
       </c>
       <c r="G18" s="13">
         <v>707500</v>
       </c>
       <c r="H18" s="13">
         <v>709220</v>
       </c>
       <c r="I18" s="13">
@@ -16627,52 +17138,55 @@
       </c>
       <c r="P18" s="13">
         <v>799020</v>
       </c>
       <c r="Q18" s="13">
         <v>813000</v>
       </c>
       <c r="R18" s="20">
         <v>831520</v>
       </c>
       <c r="S18" s="20">
         <v>844320</v>
       </c>
       <c r="T18" s="23">
         <v>863740</v>
       </c>
       <c r="U18" s="23">
         <v>885040</v>
       </c>
       <c r="V18" s="23">
         <v>890900</v>
       </c>
       <c r="W18" s="13">
         <v>914340</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18" s="13">
+        <v>929740</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="30">
         <v>15394060</v>
       </c>
       <c r="C19" s="13">
         <v>15496280</v>
       </c>
       <c r="D19" s="13">
         <v>15869360</v>
       </c>
       <c r="E19" s="13">
         <v>15997140</v>
       </c>
       <c r="F19" s="13">
         <v>15849860</v>
       </c>
       <c r="G19" s="13">
         <v>15509940</v>
       </c>
       <c r="H19" s="13">
         <v>15410360</v>
       </c>
       <c r="I19" s="13">
@@ -16698,52 +17212,55 @@
       </c>
       <c r="P19" s="13">
         <v>17998500</v>
       </c>
       <c r="Q19" s="13">
         <v>18291380</v>
       </c>
       <c r="R19" s="20">
         <v>18687760</v>
       </c>
       <c r="S19" s="20">
         <v>18976640</v>
       </c>
       <c r="T19" s="23">
         <v>19381660</v>
       </c>
       <c r="U19" s="23">
         <v>19886880</v>
       </c>
       <c r="V19" s="23">
         <v>20285380</v>
       </c>
       <c r="W19" s="13">
         <v>20997500</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19" s="13">
+        <v>21394600</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="30">
         <v>7111640</v>
       </c>
       <c r="C20" s="13">
         <v>7165920</v>
       </c>
       <c r="D20" s="13">
         <v>7332940</v>
       </c>
       <c r="E20" s="13">
         <v>7473980</v>
       </c>
       <c r="F20" s="13">
         <v>7361840</v>
       </c>
       <c r="G20" s="13">
         <v>7274920</v>
       </c>
       <c r="H20" s="13">
         <v>7264520</v>
       </c>
       <c r="I20" s="13">
@@ -16769,52 +17286,55 @@
       </c>
       <c r="P20" s="13">
         <v>8419700</v>
       </c>
       <c r="Q20" s="13">
         <v>8458360</v>
       </c>
       <c r="R20" s="20">
         <v>8631160</v>
       </c>
       <c r="S20" s="20">
         <v>8767760</v>
       </c>
       <c r="T20" s="23">
         <v>8916500</v>
       </c>
       <c r="U20" s="23">
         <v>9090540</v>
       </c>
       <c r="V20" s="23">
         <v>9170600</v>
       </c>
       <c r="W20" s="13">
         <v>9378220</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20" s="13">
+        <v>9538080</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="30">
         <v>982360</v>
       </c>
       <c r="C21" s="13">
         <v>995760</v>
       </c>
       <c r="D21" s="13">
         <v>1013460</v>
       </c>
       <c r="E21" s="13">
         <v>1020960</v>
       </c>
       <c r="F21" s="13">
         <v>1020540</v>
       </c>
       <c r="G21" s="13">
         <v>1016560</v>
       </c>
       <c r="H21" s="13">
         <v>1016220</v>
       </c>
       <c r="I21" s="13">
@@ -16840,52 +17360,55 @@
       </c>
       <c r="P21" s="13">
         <v>1103340</v>
       </c>
       <c r="Q21" s="13">
         <v>1110100</v>
       </c>
       <c r="R21" s="20">
         <v>1120800</v>
       </c>
       <c r="S21" s="20">
         <v>1126400</v>
       </c>
       <c r="T21" s="23">
         <v>1135640</v>
       </c>
       <c r="U21" s="23">
         <v>1141440</v>
       </c>
       <c r="V21" s="23">
         <v>1148680</v>
       </c>
       <c r="W21" s="13">
         <v>1163240</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21" s="13">
+        <v>1174120</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="30">
         <v>2331500</v>
       </c>
       <c r="C22" s="13">
         <v>2338500</v>
       </c>
       <c r="D22" s="13">
         <v>2366380</v>
       </c>
       <c r="E22" s="13">
         <v>2366800</v>
       </c>
       <c r="F22" s="13">
         <v>2366800</v>
       </c>
       <c r="G22" s="13">
         <v>2344380</v>
       </c>
       <c r="H22" s="13">
         <v>2363120</v>
       </c>
       <c r="I22" s="13">
@@ -16911,52 +17434,55 @@
       </c>
       <c r="P22" s="13">
         <v>2575740</v>
       </c>
       <c r="Q22" s="13">
         <v>2583860</v>
       </c>
       <c r="R22" s="20">
         <v>2598100</v>
       </c>
       <c r="S22" s="20">
         <v>2604020</v>
       </c>
       <c r="T22" s="23">
         <v>2626980</v>
       </c>
       <c r="U22" s="23">
         <v>2650140</v>
       </c>
       <c r="V22" s="23">
         <v>2658180</v>
       </c>
       <c r="W22" s="13">
         <v>2691360</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22" s="13">
+        <v>2722400</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="30">
         <v>1072180</v>
       </c>
       <c r="C23" s="13">
         <v>1094000</v>
       </c>
       <c r="D23" s="13">
         <v>1126700</v>
       </c>
       <c r="E23" s="13">
         <v>1143460</v>
       </c>
       <c r="F23" s="13">
         <v>1151040</v>
       </c>
       <c r="G23" s="13">
         <v>1150060</v>
       </c>
       <c r="H23" s="13">
         <v>1156200</v>
       </c>
       <c r="I23" s="13">
@@ -16982,52 +17508,55 @@
       </c>
       <c r="P23" s="13">
         <v>1346860</v>
       </c>
       <c r="Q23" s="13">
         <v>1379120</v>
       </c>
       <c r="R23" s="20">
         <v>1420320</v>
       </c>
       <c r="S23" s="20">
         <v>1468100</v>
       </c>
       <c r="T23" s="23">
         <v>1504840</v>
       </c>
       <c r="U23" s="23">
         <v>1540760</v>
       </c>
       <c r="V23" s="23">
         <v>1569640</v>
       </c>
       <c r="W23" s="13">
         <v>1612840</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23" s="13">
+        <v>1646980</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="30">
         <v>9953540</v>
       </c>
       <c r="C24" s="13">
         <v>9868160</v>
       </c>
       <c r="D24" s="13">
         <v>9963420</v>
       </c>
       <c r="E24" s="13">
         <v>9969520</v>
       </c>
       <c r="F24" s="13">
         <v>9937980</v>
       </c>
       <c r="G24" s="13">
         <v>9796560</v>
       </c>
       <c r="H24" s="13">
         <v>9793640</v>
       </c>
       <c r="I24" s="13">
@@ -17053,52 +17582,55 @@
       </c>
       <c r="P24" s="13">
         <v>10526580</v>
       </c>
       <c r="Q24" s="13">
         <v>10503020</v>
       </c>
       <c r="R24" s="20">
         <v>10564280</v>
       </c>
       <c r="S24" s="20">
         <v>10567240</v>
       </c>
       <c r="T24" s="23">
         <v>10628560</v>
       </c>
       <c r="U24" s="23">
         <v>10699920</v>
       </c>
       <c r="V24" s="23">
         <v>10710340</v>
       </c>
       <c r="W24" s="13">
         <v>10838060</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24" s="13">
+        <v>10978040</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="30">
         <v>5094860</v>
       </c>
       <c r="C25" s="13">
         <v>5100980</v>
       </c>
       <c r="D25" s="13">
         <v>5154700</v>
       </c>
       <c r="E25" s="13">
         <v>5153240</v>
       </c>
       <c r="F25" s="13">
         <v>5108680</v>
       </c>
       <c r="G25" s="13">
         <v>5011660</v>
       </c>
       <c r="H25" s="13">
         <v>5015800</v>
       </c>
       <c r="I25" s="13">
@@ -17124,52 +17656,55 @@
       </c>
       <c r="P25" s="13">
         <v>5454880</v>
       </c>
       <c r="Q25" s="13">
         <v>5491840</v>
       </c>
       <c r="R25" s="20">
         <v>5521780</v>
       </c>
       <c r="S25" s="20">
         <v>5555320</v>
       </c>
       <c r="T25" s="23">
         <v>5594900</v>
       </c>
       <c r="U25" s="23">
         <v>5656060</v>
       </c>
       <c r="V25" s="23">
         <v>5677660</v>
       </c>
       <c r="W25" s="13">
         <v>5796860</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25" s="13">
+        <v>5889460</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="30">
         <v>2159840</v>
       </c>
       <c r="C26" s="13">
         <v>2169280</v>
       </c>
       <c r="D26" s="13">
         <v>2185700</v>
       </c>
       <c r="E26" s="13">
         <v>2188800</v>
       </c>
       <c r="F26" s="13">
         <v>2167680</v>
       </c>
       <c r="G26" s="13">
         <v>2131040</v>
       </c>
       <c r="H26" s="13">
         <v>2134500</v>
       </c>
       <c r="I26" s="13">
@@ -17195,52 +17730,55 @@
       </c>
       <c r="P26" s="13">
         <v>2321580</v>
       </c>
       <c r="Q26" s="13">
         <v>2323760</v>
       </c>
       <c r="R26" s="20">
         <v>2341800</v>
       </c>
       <c r="S26" s="20">
         <v>2355660</v>
       </c>
       <c r="T26" s="23">
         <v>2372320</v>
       </c>
       <c r="U26" s="23">
         <v>2403480</v>
       </c>
       <c r="V26" s="23">
         <v>2401280</v>
       </c>
       <c r="W26" s="13">
         <v>2437280</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26" s="13">
+        <v>2449880</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="30">
         <v>3397080</v>
       </c>
       <c r="C27" s="13">
         <v>3396040</v>
       </c>
       <c r="D27" s="13">
         <v>3426920</v>
       </c>
       <c r="E27" s="13">
         <v>3430960</v>
       </c>
       <c r="F27" s="13">
         <v>3392060</v>
       </c>
       <c r="G27" s="13">
         <v>3334320</v>
       </c>
       <c r="H27" s="13">
         <v>3336160</v>
       </c>
       <c r="I27" s="13">
@@ -17266,52 +17804,55 @@
       </c>
       <c r="P27" s="13">
         <v>3675160</v>
       </c>
       <c r="Q27" s="13">
         <v>3681600</v>
       </c>
       <c r="R27" s="20">
         <v>3709020</v>
       </c>
       <c r="S27" s="20">
         <v>3726200</v>
       </c>
       <c r="T27" s="23">
         <v>3757020</v>
       </c>
       <c r="U27" s="23">
         <v>3790000</v>
       </c>
       <c r="V27" s="23">
         <v>3772380</v>
       </c>
       <c r="W27" s="13">
         <v>3844580</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27" s="13">
+        <v>3886880</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="30">
         <v>3688940</v>
       </c>
       <c r="C28" s="13">
         <v>3701500</v>
       </c>
       <c r="D28" s="13">
         <v>3695000</v>
       </c>
       <c r="E28" s="13">
         <v>3654320</v>
       </c>
       <c r="F28" s="13">
         <v>3592200</v>
       </c>
       <c r="G28" s="13">
         <v>3497140</v>
       </c>
       <c r="H28" s="13">
         <v>3482960</v>
       </c>
       <c r="I28" s="13">
@@ -17337,52 +17878,55 @@
       </c>
       <c r="P28" s="13">
         <v>3826080</v>
       </c>
       <c r="Q28" s="13">
         <v>3814500</v>
       </c>
       <c r="R28" s="20">
         <v>3817200</v>
       </c>
       <c r="S28" s="20">
         <v>3822180</v>
       </c>
       <c r="T28" s="23">
         <v>3812820</v>
       </c>
       <c r="U28" s="23">
         <v>3827300</v>
       </c>
       <c r="V28" s="23">
         <v>3800460</v>
       </c>
       <c r="W28" s="13">
         <v>3841600</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28" s="13">
+        <v>3870720</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="30">
         <v>5124520</v>
       </c>
       <c r="C29" s="13">
         <v>5138580</v>
       </c>
       <c r="D29" s="13">
         <v>5187980</v>
       </c>
       <c r="E29" s="13">
         <v>5210720</v>
       </c>
       <c r="F29" s="13">
         <v>5244180</v>
       </c>
       <c r="G29" s="13">
         <v>5204800</v>
       </c>
       <c r="H29" s="13">
         <v>5179960</v>
       </c>
       <c r="I29" s="13">
@@ -17408,52 +17952,55 @@
       </c>
       <c r="P29" s="13">
         <v>5675700</v>
       </c>
       <c r="Q29" s="13">
         <v>5722580</v>
       </c>
       <c r="R29" s="20">
         <v>5804940</v>
       </c>
       <c r="S29" s="20">
         <v>5834060</v>
       </c>
       <c r="T29" s="23">
         <v>5879040</v>
       </c>
       <c r="U29" s="23">
         <v>5942820</v>
       </c>
       <c r="V29" s="23">
         <v>5974960</v>
       </c>
       <c r="W29" s="13">
         <v>6074720</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29" s="13">
+        <v>6143440</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="30">
         <v>4588400</v>
       </c>
       <c r="C30" s="13">
         <v>4595700</v>
       </c>
       <c r="D30" s="13">
         <v>4719020</v>
       </c>
       <c r="E30" s="13">
         <v>4682820</v>
       </c>
       <c r="F30" s="13">
         <v>4668180</v>
       </c>
       <c r="G30" s="13">
         <v>4595040</v>
       </c>
       <c r="H30" s="13">
         <v>4583480</v>
       </c>
       <c r="I30" s="13">
@@ -17479,52 +18026,55 @@
       </c>
       <c r="P30" s="13">
         <v>5062440</v>
       </c>
       <c r="Q30" s="13">
         <v>5087280</v>
       </c>
       <c r="R30" s="20">
         <v>5129380</v>
       </c>
       <c r="S30" s="20">
         <v>5157560</v>
       </c>
       <c r="T30" s="23">
         <v>5201120</v>
       </c>
       <c r="U30" s="23">
         <v>5247640</v>
       </c>
       <c r="V30" s="23">
         <v>5269860</v>
       </c>
       <c r="W30" s="13">
         <v>5355760</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30" s="13">
+        <v>5406460</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="30">
         <v>1057440</v>
       </c>
       <c r="C31" s="13">
         <v>1073080</v>
       </c>
       <c r="D31" s="13">
         <v>1084540</v>
       </c>
       <c r="E31" s="13">
         <v>1093300</v>
       </c>
       <c r="F31" s="13">
         <v>1097320</v>
       </c>
       <c r="G31" s="13">
         <v>1086340</v>
       </c>
       <c r="H31" s="13">
         <v>1085060</v>
       </c>
       <c r="I31" s="13">
@@ -17550,52 +18100,55 @@
       </c>
       <c r="P31" s="13">
         <v>1186380</v>
       </c>
       <c r="Q31" s="13">
         <v>1195320</v>
       </c>
       <c r="R31" s="20">
         <v>1202340</v>
       </c>
       <c r="S31" s="20">
         <v>1217920</v>
       </c>
       <c r="T31" s="23">
         <v>1236080</v>
       </c>
       <c r="U31" s="23">
         <v>1252560</v>
       </c>
       <c r="V31" s="23">
         <v>1252980</v>
       </c>
       <c r="W31" s="13">
         <v>1275120</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31" s="13">
+        <v>1281900</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="30">
         <v>8058680</v>
       </c>
       <c r="C32" s="13">
         <v>8083460</v>
       </c>
       <c r="D32" s="13">
         <v>8161020</v>
       </c>
       <c r="E32" s="13">
         <v>8166300</v>
       </c>
       <c r="F32" s="13">
         <v>8110560</v>
       </c>
       <c r="G32" s="13">
         <v>7938420</v>
       </c>
       <c r="H32" s="13">
         <v>7929220</v>
       </c>
       <c r="I32" s="13">
@@ -17621,52 +18174,55 @@
       </c>
       <c r="P32" s="13">
         <v>8452040</v>
       </c>
       <c r="Q32" s="13">
         <v>8468160</v>
       </c>
       <c r="R32" s="20">
         <v>8506120</v>
       </c>
       <c r="S32" s="20">
         <v>8506760</v>
       </c>
       <c r="T32" s="23">
         <v>8535540</v>
       </c>
       <c r="U32" s="23">
         <v>8622520</v>
       </c>
       <c r="V32" s="23">
         <v>8629100</v>
       </c>
       <c r="W32" s="13">
         <v>8740120</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32" s="13">
+        <v>8784800</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="30">
         <v>3956200</v>
       </c>
       <c r="C33" s="13">
         <v>4017480</v>
       </c>
       <c r="D33" s="13">
         <v>4063360</v>
       </c>
       <c r="E33" s="13">
         <v>4108340</v>
       </c>
       <c r="F33" s="13">
         <v>4118060</v>
       </c>
       <c r="G33" s="13">
         <v>4084800</v>
       </c>
       <c r="H33" s="13">
         <v>4110940</v>
       </c>
       <c r="I33" s="13">
@@ -17692,52 +18248,55 @@
       </c>
       <c r="P33" s="13">
         <v>4523120</v>
       </c>
       <c r="Q33" s="13">
         <v>4553740</v>
       </c>
       <c r="R33" s="20">
         <v>4606540</v>
       </c>
       <c r="S33" s="20">
         <v>4639400</v>
       </c>
       <c r="T33" s="23">
         <v>4675220</v>
       </c>
       <c r="U33" s="23">
         <v>4729540</v>
       </c>
       <c r="V33" s="23">
         <v>4764940</v>
       </c>
       <c r="W33" s="13">
         <v>4834480</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33" s="13">
+        <v>4890040</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="30">
         <v>4672640</v>
       </c>
       <c r="C34" s="13">
         <v>4703320</v>
       </c>
       <c r="D34" s="13">
         <v>4758260</v>
       </c>
       <c r="E34" s="13">
         <v>4801360</v>
       </c>
       <c r="F34" s="13">
         <v>4748040</v>
       </c>
       <c r="G34" s="13">
         <v>4675160</v>
       </c>
       <c r="H34" s="13">
         <v>4677300</v>
       </c>
       <c r="I34" s="13">
@@ -17763,52 +18322,55 @@
       </c>
       <c r="P34" s="13">
         <v>5074060</v>
       </c>
       <c r="Q34" s="13">
         <v>5086360</v>
       </c>
       <c r="R34" s="20">
         <v>5139520</v>
       </c>
       <c r="S34" s="20">
         <v>5175960</v>
       </c>
       <c r="T34" s="23">
         <v>5219340</v>
       </c>
       <c r="U34" s="23">
         <v>5275420</v>
       </c>
       <c r="V34" s="23">
         <v>5267800</v>
       </c>
       <c r="W34" s="13">
         <v>5336800</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34" s="13">
+        <v>5397920</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="30">
         <v>2351560</v>
       </c>
       <c r="C35" s="13">
         <v>2359480</v>
       </c>
       <c r="D35" s="13">
         <v>2380980</v>
       </c>
       <c r="E35" s="13">
         <v>2374160</v>
       </c>
       <c r="F35" s="13">
         <v>2313920</v>
       </c>
       <c r="G35" s="13">
         <v>2264880</v>
       </c>
       <c r="H35" s="13">
         <v>2267160</v>
       </c>
       <c r="I35" s="13">
@@ -17834,52 +18396,55 @@
       </c>
       <c r="P35" s="13">
         <v>2426060</v>
       </c>
       <c r="Q35" s="13">
         <v>2418420</v>
       </c>
       <c r="R35" s="20">
         <v>2439320</v>
       </c>
       <c r="S35" s="20">
         <v>2457880</v>
       </c>
       <c r="T35" s="23">
         <v>2466680</v>
       </c>
       <c r="U35" s="23">
         <v>2482320</v>
       </c>
       <c r="V35" s="23">
         <v>2450920</v>
       </c>
       <c r="W35" s="13">
         <v>2484980</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35" s="13">
+        <v>2502680</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="30">
         <v>752620</v>
       </c>
       <c r="C36" s="13">
         <v>755380</v>
       </c>
       <c r="D36" s="13">
         <v>771100</v>
       </c>
       <c r="E36" s="13">
         <v>773000</v>
       </c>
       <c r="F36" s="13">
         <v>771140</v>
       </c>
       <c r="G36" s="13">
         <v>770200</v>
       </c>
       <c r="H36" s="13">
         <v>777100</v>
       </c>
       <c r="I36" s="13">
@@ -17905,52 +18470,55 @@
       </c>
       <c r="P36" s="13">
         <v>867560</v>
       </c>
       <c r="Q36" s="13">
         <v>874960</v>
       </c>
       <c r="R36" s="20">
         <v>885520</v>
       </c>
       <c r="S36" s="20">
         <v>900280</v>
       </c>
       <c r="T36" s="23">
         <v>914600</v>
       </c>
       <c r="U36" s="23">
         <v>931140</v>
       </c>
       <c r="V36" s="23">
         <v>935880</v>
       </c>
       <c r="W36" s="13">
         <v>953060</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36" s="13">
+        <v>966320</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="30">
         <v>7130560</v>
       </c>
       <c r="C37" s="13">
         <v>7148580</v>
       </c>
       <c r="D37" s="13">
         <v>7267280</v>
       </c>
       <c r="E37" s="13">
         <v>7363280</v>
       </c>
       <c r="F37" s="13">
         <v>7256360</v>
       </c>
       <c r="G37" s="13">
         <v>7183780</v>
       </c>
       <c r="H37" s="13">
         <v>7185100</v>
       </c>
       <c r="I37" s="13">
@@ -17976,52 +18544,55 @@
       </c>
       <c r="P37" s="13">
         <v>8289440</v>
       </c>
       <c r="Q37" s="13">
         <v>8390520</v>
       </c>
       <c r="R37" s="20">
         <v>8556420</v>
       </c>
       <c r="S37" s="20">
         <v>8711920</v>
       </c>
       <c r="T37" s="23">
         <v>8862800</v>
       </c>
       <c r="U37" s="23">
         <v>9035120</v>
       </c>
       <c r="V37" s="23">
         <v>9101080</v>
       </c>
       <c r="W37" s="13">
         <v>9323480</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37" s="13">
+        <v>9459900</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="30">
         <v>501960</v>
       </c>
       <c r="C38" s="13">
         <v>501380</v>
       </c>
       <c r="D38" s="13">
         <v>503480</v>
       </c>
       <c r="E38" s="13">
         <v>505580</v>
       </c>
       <c r="F38" s="13">
         <v>509000</v>
       </c>
       <c r="G38" s="13">
         <v>506920</v>
       </c>
       <c r="H38" s="13">
         <v>513120</v>
       </c>
       <c r="I38" s="13">
@@ -18047,52 +18618,55 @@
       </c>
       <c r="P38" s="13">
         <v>599320</v>
       </c>
       <c r="Q38" s="13">
         <v>603720</v>
       </c>
       <c r="R38" s="20">
         <v>609120</v>
       </c>
       <c r="S38" s="20">
         <v>610900</v>
       </c>
       <c r="T38" s="23">
         <v>614360</v>
       </c>
       <c r="U38" s="23">
         <v>622300</v>
       </c>
       <c r="V38" s="23">
         <v>624380</v>
       </c>
       <c r="W38" s="13">
         <v>635940</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38" s="13">
+        <v>643720</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="30">
         <v>1334800</v>
       </c>
       <c r="C39" s="13">
         <v>1348780</v>
       </c>
       <c r="D39" s="13">
         <v>1359660</v>
       </c>
       <c r="E39" s="13">
         <v>1361780</v>
       </c>
       <c r="F39" s="13">
         <v>1364480</v>
       </c>
       <c r="G39" s="13">
         <v>1356100</v>
       </c>
       <c r="H39" s="13">
         <v>1362080</v>
       </c>
       <c r="I39" s="13">
@@ -18118,52 +18692,55 @@
       </c>
       <c r="P39" s="13">
         <v>1504000</v>
       </c>
       <c r="Q39" s="13">
         <v>1515560</v>
       </c>
       <c r="R39" s="20">
         <v>1532020</v>
       </c>
       <c r="S39" s="20">
         <v>1539020</v>
       </c>
       <c r="T39" s="23">
         <v>1560400</v>
       </c>
       <c r="U39" s="23">
         <v>1580740</v>
       </c>
       <c r="V39" s="23">
         <v>1595640</v>
       </c>
       <c r="W39" s="13">
         <v>1626580</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39" s="13">
+        <v>1649080</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="30">
         <v>1045580</v>
       </c>
       <c r="C40" s="13">
         <v>1056300</v>
       </c>
       <c r="D40" s="13">
         <v>1070800</v>
       </c>
       <c r="E40" s="13">
         <v>1079000</v>
       </c>
       <c r="F40" s="13">
         <v>1083320</v>
       </c>
       <c r="G40" s="13">
         <v>1076780</v>
       </c>
       <c r="H40" s="13">
         <v>1075780</v>
       </c>
       <c r="I40" s="13">
@@ -18189,52 +18766,55 @@
       </c>
       <c r="P40" s="13">
         <v>1181920</v>
       </c>
       <c r="Q40" s="13">
         <v>1191840</v>
       </c>
       <c r="R40" s="20">
         <v>1206360</v>
       </c>
       <c r="S40" s="20">
         <v>1219800</v>
       </c>
       <c r="T40" s="23">
         <v>1236160</v>
       </c>
       <c r="U40" s="23">
         <v>1246740</v>
       </c>
       <c r="V40" s="23">
         <v>1253360</v>
       </c>
       <c r="W40" s="13">
         <v>1276120</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40" s="13">
+        <v>1290540</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="30">
         <v>6927380</v>
       </c>
       <c r="C41" s="13">
         <v>6945540</v>
       </c>
       <c r="D41" s="13">
         <v>7032200</v>
       </c>
       <c r="E41" s="13">
         <v>7065320</v>
       </c>
       <c r="F41" s="13">
         <v>7033700</v>
       </c>
       <c r="G41" s="13">
         <v>6952360</v>
       </c>
       <c r="H41" s="13">
         <v>6909920</v>
       </c>
       <c r="I41" s="13">
@@ -18260,52 +18840,55 @@
       </c>
       <c r="P41" s="13">
         <v>7584360</v>
       </c>
       <c r="Q41" s="13">
         <v>7612660</v>
       </c>
       <c r="R41" s="20">
         <v>7715460</v>
       </c>
       <c r="S41" s="20">
         <v>7761340</v>
       </c>
       <c r="T41" s="23">
         <v>7827560</v>
       </c>
       <c r="U41" s="23">
         <v>7938940</v>
       </c>
       <c r="V41" s="23">
         <v>7980140</v>
       </c>
       <c r="W41" s="13">
         <v>8149500</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41" s="13">
+        <v>8280720</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="30">
         <v>1480460</v>
       </c>
       <c r="C42" s="13">
         <v>1480520</v>
       </c>
       <c r="D42" s="13">
         <v>1500280</v>
       </c>
       <c r="E42" s="13">
         <v>1512900</v>
       </c>
       <c r="F42" s="13">
         <v>1501280</v>
       </c>
       <c r="G42" s="13">
         <v>1486960</v>
       </c>
       <c r="H42" s="13">
         <v>1497420</v>
       </c>
       <c r="I42" s="13">
@@ -18331,52 +18914,55 @@
       </c>
       <c r="P42" s="13">
         <v>1668820</v>
       </c>
       <c r="Q42" s="13">
         <v>1668880</v>
       </c>
       <c r="R42" s="20">
         <v>1680580</v>
       </c>
       <c r="S42" s="20">
         <v>1689900</v>
       </c>
       <c r="T42" s="23">
         <v>1699220</v>
       </c>
       <c r="U42" s="23">
         <v>1718600</v>
       </c>
       <c r="V42" s="23">
         <v>1723160</v>
       </c>
       <c r="W42" s="13">
         <v>1748960</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42" s="13">
+        <v>1765280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" s="13" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="30">
         <v>1871520</v>
       </c>
       <c r="C43" s="13">
         <v>1919080</v>
       </c>
       <c r="D43" s="13">
         <v>1989980</v>
       </c>
       <c r="E43" s="13">
         <v>2054320</v>
       </c>
       <c r="F43" s="13">
         <v>2053000</v>
       </c>
       <c r="G43" s="13">
         <v>2027740</v>
       </c>
       <c r="H43" s="13">
         <v>2031060</v>
       </c>
       <c r="I43" s="13">
@@ -18402,52 +18988,55 @@
       </c>
       <c r="P43" s="13">
         <v>2423040</v>
       </c>
       <c r="Q43" s="13">
         <v>2453800</v>
       </c>
       <c r="R43" s="20">
         <v>2526180</v>
       </c>
       <c r="S43" s="20">
         <v>2577140</v>
       </c>
       <c r="T43" s="23">
         <v>2632600</v>
       </c>
       <c r="U43" s="23">
         <v>2693620</v>
       </c>
       <c r="V43" s="23">
         <v>2730860</v>
       </c>
       <c r="W43" s="13">
         <v>2810180</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43" s="13">
+        <v>2859520</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="30">
         <v>14657240</v>
       </c>
       <c r="C44" s="13">
         <v>14549760</v>
       </c>
       <c r="D44" s="13">
         <v>14704160</v>
       </c>
       <c r="E44" s="13">
         <v>14681640</v>
       </c>
       <c r="F44" s="13">
         <v>14658940</v>
       </c>
       <c r="G44" s="13">
         <v>14525080</v>
       </c>
       <c r="H44" s="13">
         <v>14440160</v>
       </c>
       <c r="I44" s="13">
@@ -18473,52 +19062,55 @@
       </c>
       <c r="P44" s="13">
         <v>15685260</v>
       </c>
       <c r="Q44" s="13">
         <v>15762320</v>
       </c>
       <c r="R44" s="20">
         <v>16011300</v>
       </c>
       <c r="S44" s="20">
         <v>16004320</v>
       </c>
       <c r="T44" s="23">
         <v>16153120</v>
       </c>
       <c r="U44" s="23">
         <v>16314840</v>
       </c>
       <c r="V44" s="23">
         <v>16382600</v>
       </c>
       <c r="W44" s="13">
         <v>16545000</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44" s="13">
+        <v>16732960</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" s="13" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="30">
         <v>9710580</v>
       </c>
       <c r="C45" s="13">
         <v>9648380</v>
       </c>
       <c r="D45" s="13">
         <v>9741400</v>
       </c>
       <c r="E45" s="13">
         <v>9716500</v>
       </c>
       <c r="F45" s="13">
         <v>9626900</v>
       </c>
       <c r="G45" s="13">
         <v>9428460</v>
       </c>
       <c r="H45" s="13">
         <v>9401800</v>
       </c>
       <c r="I45" s="13">
@@ -18544,52 +19136,55 @@
       </c>
       <c r="P45" s="13">
         <v>9981320</v>
       </c>
       <c r="Q45" s="13">
         <v>9991840</v>
       </c>
       <c r="R45" s="20">
         <v>10052860</v>
       </c>
       <c r="S45" s="20">
         <v>10107660</v>
       </c>
       <c r="T45" s="23">
         <v>10152860</v>
       </c>
       <c r="U45" s="23">
         <v>10220660</v>
       </c>
       <c r="V45" s="23">
         <v>10234800</v>
       </c>
       <c r="W45" s="13">
         <v>10363360</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45" s="13">
+        <v>10462120</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" s="13" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="30">
         <v>2905560</v>
       </c>
       <c r="C46" s="13">
         <v>2900720</v>
       </c>
       <c r="D46" s="13">
         <v>2927500</v>
       </c>
       <c r="E46" s="13">
         <v>2937340</v>
       </c>
       <c r="F46" s="13">
         <v>2893300</v>
       </c>
       <c r="G46" s="13">
         <v>2832000</v>
       </c>
       <c r="H46" s="13">
         <v>2844020</v>
       </c>
       <c r="I46" s="13">
@@ -18615,52 +19210,55 @@
       </c>
       <c r="P46" s="13">
         <v>3179540</v>
       </c>
       <c r="Q46" s="13">
         <v>3191740</v>
       </c>
       <c r="R46" s="20">
         <v>3223980</v>
       </c>
       <c r="S46" s="20">
         <v>3244340</v>
       </c>
       <c r="T46" s="23">
         <v>3277960</v>
       </c>
       <c r="U46" s="23">
         <v>3323260</v>
       </c>
       <c r="V46" s="23">
         <v>3327400</v>
       </c>
       <c r="W46" s="13">
         <v>3389880</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46" s="13">
+        <v>3426820</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" s="13" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="30">
         <v>2987520</v>
       </c>
       <c r="C47" s="13">
         <v>3000120</v>
       </c>
       <c r="D47" s="13">
         <v>3059380</v>
       </c>
       <c r="E47" s="13">
         <v>3084200</v>
       </c>
       <c r="F47" s="13">
         <v>3092240</v>
       </c>
       <c r="G47" s="13">
         <v>3052340</v>
       </c>
       <c r="H47" s="13">
         <v>3061160</v>
       </c>
       <c r="I47" s="13">
@@ -18686,52 +19284,55 @@
       </c>
       <c r="P47" s="13">
         <v>3473820</v>
       </c>
       <c r="Q47" s="13">
         <v>3502580</v>
       </c>
       <c r="R47" s="20">
         <v>3552780</v>
       </c>
       <c r="S47" s="20">
         <v>3579600</v>
       </c>
       <c r="T47" s="23">
         <v>3618300</v>
       </c>
       <c r="U47" s="23">
         <v>3655240</v>
       </c>
       <c r="V47" s="23">
         <v>3679080</v>
       </c>
       <c r="W47" s="13">
         <v>3730640</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47" s="13">
+        <v>3754140</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" s="13" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="30">
         <v>10221720</v>
       </c>
       <c r="C48" s="13">
         <v>10259480</v>
       </c>
       <c r="D48" s="13">
         <v>10382340</v>
       </c>
       <c r="E48" s="13">
         <v>10413160</v>
       </c>
       <c r="F48" s="13">
         <v>10398160</v>
       </c>
       <c r="G48" s="13">
         <v>10235320</v>
       </c>
       <c r="H48" s="13">
         <v>10215080</v>
       </c>
       <c r="I48" s="13">
@@ -18757,52 +19358,55 @@
       </c>
       <c r="P48" s="13">
         <v>10973260</v>
       </c>
       <c r="Q48" s="13">
         <v>10986240</v>
       </c>
       <c r="R48" s="20">
         <v>11048160</v>
       </c>
       <c r="S48" s="20">
         <v>11081320</v>
       </c>
       <c r="T48" s="23">
         <v>11140240</v>
       </c>
       <c r="U48" s="23">
         <v>11215840</v>
       </c>
       <c r="V48" s="23">
         <v>11241800</v>
       </c>
       <c r="W48" s="13">
         <v>11393500</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X48" s="13">
+        <v>11507060</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="30">
         <v>2771260</v>
       </c>
       <c r="C49" s="13">
         <v>2848740</v>
       </c>
       <c r="D49" s="13">
         <v>2845420</v>
       </c>
       <c r="E49" s="13">
         <v>2863040</v>
       </c>
       <c r="F49" s="13">
         <v>2826400</v>
       </c>
       <c r="G49" s="13">
         <v>2836460</v>
       </c>
       <c r="H49" s="13">
         <v>2794620</v>
       </c>
       <c r="I49" s="13">
@@ -18813,51 +19417,51 @@
       </c>
       <c r="K49" s="13">
         <v>2743080</v>
       </c>
       <c r="L49" s="13">
         <v>2775880</v>
       </c>
       <c r="M49" s="13">
         <v>2739520</v>
       </c>
       <c r="N49" s="13">
         <v>2714580</v>
       </c>
       <c r="O49" s="13">
         <v>2679560</v>
       </c>
       <c r="P49" s="13">
         <v>2606200</v>
       </c>
       <c r="R49" s="20"/>
       <c r="S49" s="20"/>
       <c r="T49" s="23"/>
       <c r="U49" s="23"/>
       <c r="V49" s="23"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:24">
       <c r="A50" s="13" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="30">
         <v>840320</v>
       </c>
       <c r="C50" s="13">
         <v>838080</v>
       </c>
       <c r="D50" s="13">
         <v>840240</v>
       </c>
       <c r="E50" s="13">
         <v>846520</v>
       </c>
       <c r="F50" s="13">
         <v>844960</v>
       </c>
       <c r="G50" s="13">
         <v>832540</v>
       </c>
       <c r="H50" s="13">
         <v>824700</v>
       </c>
       <c r="I50" s="13">
@@ -18883,52 +19487,55 @@
       </c>
       <c r="P50" s="13">
         <v>892760</v>
       </c>
       <c r="Q50" s="13">
         <v>892680</v>
       </c>
       <c r="R50" s="20">
         <v>903880</v>
       </c>
       <c r="S50" s="20">
         <v>913260</v>
       </c>
       <c r="T50" s="23">
         <v>916620</v>
       </c>
       <c r="U50" s="23">
         <v>929280</v>
       </c>
       <c r="V50" s="23">
         <v>934900</v>
       </c>
       <c r="W50" s="13">
         <v>942940</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X50" s="13">
+        <v>954240</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="30">
         <v>3462520</v>
       </c>
       <c r="C51" s="13">
         <v>3514420</v>
       </c>
       <c r="D51" s="13">
         <v>3593280</v>
       </c>
       <c r="E51" s="13">
         <v>3648980</v>
       </c>
       <c r="F51" s="13">
         <v>3628600</v>
       </c>
       <c r="G51" s="13">
         <v>3576900</v>
       </c>
       <c r="H51" s="13">
         <v>3590440</v>
       </c>
       <c r="I51" s="13">
@@ -18954,52 +19561,55 @@
       </c>
       <c r="P51" s="13">
         <v>4188580</v>
       </c>
       <c r="Q51" s="13">
         <v>4232900</v>
       </c>
       <c r="R51" s="20">
         <v>4311980</v>
       </c>
       <c r="S51" s="20">
         <v>4399440</v>
       </c>
       <c r="T51" s="23">
         <v>4477540</v>
       </c>
       <c r="U51" s="23">
         <v>4569460</v>
       </c>
       <c r="V51" s="23">
         <v>4609300</v>
       </c>
       <c r="W51" s="13">
         <v>4734700</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X51" s="13">
+        <v>4804320</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" s="13" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="30">
         <v>604240</v>
       </c>
       <c r="C52" s="13">
         <v>599580</v>
       </c>
       <c r="D52" s="13">
         <v>606000</v>
       </c>
       <c r="E52" s="13">
         <v>612960</v>
       </c>
       <c r="F52" s="13">
         <v>616120</v>
       </c>
       <c r="G52" s="13">
         <v>611380</v>
       </c>
       <c r="H52" s="13">
         <v>616360</v>
       </c>
       <c r="I52" s="13">
@@ -19025,52 +19635,55 @@
       </c>
       <c r="P52" s="13">
         <v>684560</v>
       </c>
       <c r="Q52" s="13">
         <v>690560</v>
       </c>
       <c r="R52" s="20">
         <v>697700</v>
       </c>
       <c r="S52" s="20">
         <v>703460</v>
       </c>
       <c r="T52" s="23">
         <v>715080</v>
       </c>
       <c r="U52" s="23">
         <v>729000</v>
       </c>
       <c r="V52" s="23">
         <v>737700</v>
       </c>
       <c r="W52" s="13">
         <v>750780</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X52" s="13">
+        <v>762340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="30">
         <v>4792020</v>
       </c>
       <c r="C53" s="13">
         <v>4803540</v>
       </c>
       <c r="D53" s="13">
         <v>4921340</v>
       </c>
       <c r="E53" s="13">
         <v>4999120</v>
       </c>
       <c r="F53" s="13">
         <v>4982560</v>
       </c>
       <c r="G53" s="13">
         <v>4924420</v>
       </c>
       <c r="H53" s="13">
         <v>4924460</v>
       </c>
       <c r="I53" s="13">
@@ -19096,52 +19709,55 @@
       </c>
       <c r="P53" s="13">
         <v>5583100</v>
       </c>
       <c r="Q53" s="13">
         <v>5641320</v>
       </c>
       <c r="R53" s="20">
         <v>5728520</v>
       </c>
       <c r="S53" s="20">
         <v>5820560</v>
       </c>
       <c r="T53" s="23">
         <v>5914340</v>
       </c>
       <c r="U53" s="23">
         <v>6022680</v>
       </c>
       <c r="V53" s="23">
         <v>6058140</v>
       </c>
       <c r="W53" s="13">
         <v>6198680</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X53" s="13">
+        <v>6286420</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="30">
         <v>17328080</v>
       </c>
       <c r="C54" s="13">
         <v>17660360</v>
       </c>
       <c r="D54" s="13">
         <v>17951040</v>
       </c>
       <c r="E54" s="13">
         <v>18307640</v>
       </c>
       <c r="F54" s="13">
         <v>18050580</v>
       </c>
       <c r="G54" s="13">
         <v>17741640</v>
       </c>
       <c r="H54" s="13">
         <v>17817040</v>
       </c>
       <c r="I54" s="13">
@@ -19167,52 +19783,55 @@
       </c>
       <c r="P54" s="13">
         <v>21449840</v>
       </c>
       <c r="Q54" s="13">
         <v>21773300</v>
       </c>
       <c r="R54" s="20">
         <v>22320400</v>
       </c>
       <c r="S54" s="20">
         <v>22811700</v>
       </c>
       <c r="T54" s="23">
         <v>23280320</v>
       </c>
       <c r="U54" s="23">
         <v>23856240</v>
       </c>
       <c r="V54" s="23">
         <v>24185020</v>
       </c>
       <c r="W54" s="13">
         <v>24924080</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X54" s="13">
+        <v>25458940</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" s="13" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="30">
         <v>1756240</v>
       </c>
       <c r="C55" s="13">
         <v>1783560</v>
       </c>
       <c r="D55" s="13">
         <v>1820980</v>
       </c>
       <c r="E55" s="13">
         <v>1852860</v>
       </c>
       <c r="F55" s="13">
         <v>1865740</v>
       </c>
       <c r="G55" s="13">
         <v>1865860</v>
       </c>
       <c r="H55" s="13">
         <v>1889480</v>
       </c>
       <c r="I55" s="13">
@@ -19238,52 +19857,55 @@
       </c>
       <c r="P55" s="13">
         <v>2259040</v>
       </c>
       <c r="Q55" s="13">
         <v>2302840</v>
       </c>
       <c r="R55" s="20">
         <v>2366120</v>
       </c>
       <c r="S55" s="20">
         <v>2430560</v>
       </c>
       <c r="T55" s="23">
         <v>2501960</v>
       </c>
       <c r="U55" s="23">
         <v>2553800</v>
       </c>
       <c r="V55" s="23">
         <v>2610000</v>
       </c>
       <c r="W55" s="13">
         <v>2699440</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X55" s="13">
+        <v>2760900</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="30">
         <v>6122520</v>
       </c>
       <c r="C56" s="13">
         <v>6181920</v>
       </c>
       <c r="D56" s="13">
         <v>6340560</v>
       </c>
       <c r="E56" s="13">
         <v>6347240</v>
       </c>
       <c r="F56" s="13">
         <v>6318520</v>
       </c>
       <c r="G56" s="13">
         <v>6274480</v>
       </c>
       <c r="H56" s="13">
         <v>6292060</v>
       </c>
       <c r="I56" s="13">
@@ -19309,52 +19931,55 @@
       </c>
       <c r="P56" s="13">
         <v>7061280</v>
       </c>
       <c r="Q56" s="13">
         <v>7095340</v>
       </c>
       <c r="R56" s="20">
         <v>7189660</v>
       </c>
       <c r="S56" s="20">
         <v>7250740</v>
       </c>
       <c r="T56" s="23">
         <v>7287380</v>
       </c>
       <c r="U56" s="23">
         <v>7377360</v>
       </c>
       <c r="V56" s="23">
         <v>7407820</v>
       </c>
       <c r="W56" s="13">
         <v>7503140</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X56" s="13">
+        <v>7601620</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="30">
         <v>485140</v>
       </c>
       <c r="C57" s="13">
         <v>490940</v>
       </c>
       <c r="D57" s="13">
         <v>498040</v>
       </c>
       <c r="E57" s="13">
         <v>500580</v>
       </c>
       <c r="F57" s="13">
         <v>500460</v>
       </c>
       <c r="G57" s="13">
         <v>495580</v>
       </c>
       <c r="H57" s="13">
         <v>495860</v>
       </c>
       <c r="I57" s="13">
@@ -19380,52 +20005,55 @@
       </c>
       <c r="P57" s="13">
         <v>536380</v>
       </c>
       <c r="Q57" s="13">
         <v>538160</v>
       </c>
       <c r="R57" s="20">
         <v>542540</v>
       </c>
       <c r="S57" s="20">
         <v>547500</v>
       </c>
       <c r="T57" s="23">
         <v>552480</v>
       </c>
       <c r="U57" s="23">
         <v>558580</v>
       </c>
       <c r="V57" s="23">
         <v>559740</v>
       </c>
       <c r="W57" s="13">
         <v>567740</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X57" s="13">
+        <v>570400</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" s="13" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="30">
         <v>5044880</v>
       </c>
       <c r="C58" s="13">
         <v>5114300</v>
       </c>
       <c r="D58" s="13">
         <v>5226100</v>
       </c>
       <c r="E58" s="13">
         <v>5293920</v>
       </c>
       <c r="F58" s="13">
         <v>5300560</v>
       </c>
       <c r="G58" s="13">
         <v>5271280</v>
       </c>
       <c r="H58" s="13">
         <v>5281460</v>
       </c>
       <c r="I58" s="13">
@@ -19451,52 +20079,55 @@
       </c>
       <c r="P58" s="13">
         <v>6157000</v>
       </c>
       <c r="Q58" s="13">
         <v>6210740</v>
       </c>
       <c r="R58" s="20">
         <v>6333240</v>
       </c>
       <c r="S58" s="20">
         <v>6408240</v>
       </c>
       <c r="T58" s="23">
         <v>6492680</v>
       </c>
       <c r="U58" s="23">
         <v>6587680</v>
       </c>
       <c r="V58" s="23">
         <v>6656940</v>
       </c>
       <c r="W58" s="13">
         <v>6788160</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X58" s="13">
+        <v>6857280</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" s="13" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="30">
         <v>4198660</v>
       </c>
       <c r="C59" s="13">
         <v>4256820</v>
       </c>
       <c r="D59" s="13">
         <v>4332720</v>
       </c>
       <c r="E59" s="13">
         <v>4365220</v>
       </c>
       <c r="F59" s="13">
         <v>4357780</v>
       </c>
       <c r="G59" s="13">
         <v>4311200</v>
       </c>
       <c r="H59" s="13">
         <v>4338040</v>
       </c>
       <c r="I59" s="13">
@@ -19522,52 +20153,55 @@
       </c>
       <c r="P59" s="13">
         <v>4783500</v>
       </c>
       <c r="Q59" s="13">
         <v>4809460</v>
       </c>
       <c r="R59" s="20">
         <v>4847100</v>
       </c>
       <c r="S59" s="20">
         <v>4863300</v>
       </c>
       <c r="T59" s="23">
         <v>4919340</v>
       </c>
       <c r="U59" s="23">
         <v>4970240</v>
       </c>
       <c r="V59" s="23">
         <v>4986260</v>
       </c>
       <c r="W59" s="13">
         <v>5069120</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X59" s="13">
+        <v>5125500</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="30">
         <v>1550100</v>
       </c>
       <c r="C60" s="13">
         <v>1532680</v>
       </c>
       <c r="D60" s="13">
         <v>1572120</v>
       </c>
       <c r="E60" s="13">
         <v>1557060</v>
       </c>
       <c r="F60" s="13">
         <v>1529980</v>
       </c>
       <c r="G60" s="13">
         <v>1503780</v>
       </c>
       <c r="H60" s="13">
         <v>1495420</v>
       </c>
       <c r="I60" s="13">
@@ -19593,52 +20227,55 @@
       </c>
       <c r="P60" s="13">
         <v>1580620</v>
       </c>
       <c r="Q60" s="13">
         <v>1569360</v>
       </c>
       <c r="R60" s="20">
         <v>1564520</v>
       </c>
       <c r="S60" s="20">
         <v>1568760</v>
       </c>
       <c r="T60" s="23">
         <v>1570260</v>
       </c>
       <c r="U60" s="23">
         <v>1570920</v>
       </c>
       <c r="V60" s="23">
         <v>1546220</v>
       </c>
       <c r="W60" s="13">
         <v>1559860</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X60" s="13">
+        <v>1572080</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" s="13" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="30">
         <v>409660</v>
       </c>
       <c r="C61" s="13">
         <v>408220</v>
       </c>
       <c r="D61" s="13">
         <v>415500</v>
       </c>
       <c r="E61" s="13">
         <v>418000</v>
       </c>
       <c r="F61" s="13">
         <v>420840</v>
       </c>
       <c r="G61" s="13">
         <v>420820</v>
       </c>
       <c r="H61" s="13">
         <v>424480</v>
       </c>
       <c r="I61" s="13">
@@ -19664,52 +20301,55 @@
       </c>
       <c r="P61" s="13">
         <v>464120</v>
       </c>
       <c r="Q61" s="13">
         <v>464940</v>
       </c>
       <c r="R61" s="20">
         <v>470620</v>
       </c>
       <c r="S61" s="20">
         <v>473360</v>
       </c>
       <c r="T61" s="23">
         <v>479480</v>
       </c>
       <c r="U61" s="23">
         <v>486940</v>
       </c>
       <c r="V61" s="23">
         <v>488500</v>
       </c>
       <c r="W61" s="13">
         <v>495480</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X61" s="13">
+        <v>501340</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" s="13" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="30">
         <v>238403344</v>
       </c>
       <c r="C62" s="13">
         <v>239520304</v>
       </c>
       <c r="D62" s="13">
         <v>243048144</v>
       </c>
       <c r="E62" s="13">
         <v>244542960</v>
       </c>
       <c r="F62" s="13">
         <v>243167856</v>
       </c>
       <c r="G62" s="13">
         <v>239615536</v>
       </c>
       <c r="H62" s="13">
         <v>239480736</v>
       </c>
       <c r="I62" s="13">
@@ -19734,3942 +20374,4246 @@
         <v>266229200</v>
       </c>
       <c r="P62" s="13">
         <v>268041568</v>
       </c>
       <c r="Q62" s="13">
         <v>269495872</v>
       </c>
       <c r="R62" s="20">
         <v>273188864</v>
       </c>
       <c r="S62" s="20">
         <v>275695296</v>
       </c>
       <c r="T62" s="23">
         <v>278741920</v>
       </c>
       <c r="U62" s="23">
         <v>282686016</v>
       </c>
       <c r="V62" s="23">
         <v>284561760</v>
       </c>
       <c r="W62" s="13">
         <v>290004640</v>
+      </c>
+      <c r="X62" s="13">
+        <v>293573184</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{F56EEB07-A04B-B741-BF48-F29CAAE5175C}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:W58"/>
+  <dimension ref="A1:Y62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10:Y62"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="19" width="9.33203125" style="13"/>
-[...2 lines deleted...]
-    <col min="22" max="16384" width="9.33203125" style="13"/>
+    <col min="1" max="19" width="9.36328125" style="13"/>
+    <col min="20" max="20" width="9.453125" style="13" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="11.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="22" max="16384" width="9.36328125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:25" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:25" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:25" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:25" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...24 lines deleted...]
-      <c r="A6" s="13" t="s">
+    </row>
+    <row r="5" spans="1:25" s="34" customFormat="1" ht="14.5">
+      <c r="D5" s="57"/>
+    </row>
+    <row r="6" spans="1:25" customFormat="1">
+      <c r="A6" s="18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" customFormat="1">
+      <c r="A7" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" s="8"/>
+    </row>
+    <row r="8" spans="1:25" customFormat="1">
+      <c r="A8" s="18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25">
+      <c r="A9" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="O9" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P9" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q9" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="R9" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="S9" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="T9" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="U9" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="V9" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="W9" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="X9" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25">
+      <c r="A10" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="23">
+      <c r="B10" s="23">
         <v>3480</v>
       </c>
-      <c r="C6" s="13">
+      <c r="C10" s="13">
         <v>3390</v>
       </c>
-      <c r="D6" s="13">
+      <c r="D10" s="13">
         <v>3590</v>
       </c>
-      <c r="E6" s="13">
+      <c r="E10" s="13">
         <v>3620</v>
       </c>
-      <c r="F6" s="13">
+      <c r="F10" s="13">
         <v>3800</v>
       </c>
-      <c r="G6" s="13">
+      <c r="G10" s="13">
         <v>3780</v>
       </c>
-      <c r="H6" s="13">
+      <c r="H10" s="13">
         <v>3620</v>
       </c>
-      <c r="I6" s="13">
+      <c r="I10" s="13">
         <v>3680</v>
       </c>
-      <c r="J6" s="13">
+      <c r="J10" s="13">
         <v>3790</v>
       </c>
-      <c r="K6" s="13">
+      <c r="K10" s="13">
         <v>4140</v>
       </c>
-      <c r="L6" s="13">
+      <c r="L10" s="13">
         <v>4270</v>
       </c>
-      <c r="M6" s="13">
+      <c r="M10" s="13">
         <v>4690</v>
       </c>
-      <c r="N6" s="13">
+      <c r="N10" s="13">
         <v>4990</v>
       </c>
-      <c r="O6" s="13">
+      <c r="O10" s="13">
         <v>5070</v>
       </c>
-      <c r="P6" s="13">
+      <c r="P10" s="13">
         <v>5010</v>
       </c>
-      <c r="Q6" s="13">
+      <c r="Q10" s="13">
         <v>4920</v>
       </c>
-      <c r="R6" s="20">
+      <c r="R10" s="20">
         <v>4960</v>
       </c>
-      <c r="S6" s="20">
+      <c r="S10" s="20">
         <v>5050</v>
       </c>
-      <c r="T6" s="23">
+      <c r="T10" s="23">
         <v>5350</v>
       </c>
-      <c r="U6" s="23">
+      <c r="U10" s="23">
         <v>5660</v>
       </c>
-      <c r="V6" s="23">
+      <c r="V10" s="23">
         <v>5860</v>
       </c>
-      <c r="W6" s="13">
+      <c r="W10" s="13">
         <v>5810</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="13" t="s">
+      <c r="X10" s="13">
+        <v>5790</v>
+      </c>
+      <c r="Y10" s="26"/>
+    </row>
+    <row r="11" spans="1:25">
+      <c r="A11" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="23">
+      <c r="B11" s="23">
         <v>2910</v>
       </c>
-      <c r="C7" s="13">
+      <c r="C11" s="13">
         <v>2970</v>
       </c>
-      <c r="D7" s="13">
+      <c r="D11" s="13">
         <v>3100</v>
       </c>
-      <c r="E7" s="13">
+      <c r="E11" s="13">
         <v>3320</v>
       </c>
-      <c r="F7" s="13">
+      <c r="F11" s="13">
         <v>3540</v>
       </c>
-      <c r="G7" s="13">
+      <c r="G11" s="13">
         <v>3520</v>
       </c>
-      <c r="H7" s="13">
+      <c r="H11" s="13">
         <v>3170</v>
       </c>
-      <c r="I7" s="13">
+      <c r="I11" s="13">
         <v>3130</v>
       </c>
-      <c r="J7" s="13">
+      <c r="J11" s="13">
         <v>3220</v>
       </c>
-      <c r="K7" s="13">
+      <c r="K11" s="13">
         <v>3480</v>
       </c>
-      <c r="L7" s="13">
+      <c r="L11" s="13">
         <v>3590</v>
       </c>
-      <c r="M7" s="13">
+      <c r="M11" s="13">
         <v>3910</v>
       </c>
-      <c r="N7" s="13">
+      <c r="N11" s="13">
         <v>4200</v>
       </c>
-      <c r="O7" s="13">
+      <c r="O11" s="13">
         <v>4500</v>
       </c>
-      <c r="P7" s="13">
+      <c r="P11" s="13">
         <v>4780</v>
       </c>
-      <c r="Q7" s="13">
+      <c r="Q11" s="13">
         <v>4960</v>
       </c>
-      <c r="R7" s="20">
+      <c r="R11" s="20">
         <v>5150</v>
       </c>
-      <c r="S7" s="20">
+      <c r="S11" s="20">
         <v>5330</v>
       </c>
-      <c r="T7" s="23">
+      <c r="T11" s="23">
         <v>5550</v>
       </c>
-      <c r="U7" s="23">
+      <c r="U11" s="23">
         <v>5900</v>
       </c>
-      <c r="V7" s="23">
+      <c r="V11" s="23">
         <v>6130</v>
       </c>
-      <c r="W7" s="13">
+      <c r="W11" s="13">
         <v>6220</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="13" t="s">
+      <c r="X11" s="13">
+        <v>6370</v>
+      </c>
+      <c r="Y11" s="26"/>
+    </row>
+    <row r="12" spans="1:25">
+      <c r="A12" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="23">
+      <c r="B12" s="23">
         <v>3070</v>
       </c>
-      <c r="C8" s="13">
+      <c r="C12" s="13">
         <v>2960</v>
       </c>
-      <c r="D8" s="13">
+      <c r="D12" s="13">
         <v>3190</v>
       </c>
-      <c r="E8" s="13">
+      <c r="E12" s="13">
         <v>3280</v>
       </c>
-      <c r="F8" s="13">
+      <c r="F12" s="13">
         <v>3400</v>
       </c>
-      <c r="G8" s="13">
+      <c r="G12" s="13">
         <v>3400</v>
       </c>
-      <c r="H8" s="13">
+      <c r="H12" s="13">
         <v>3190</v>
       </c>
-      <c r="I8" s="13">
+      <c r="I12" s="13">
         <v>3140</v>
       </c>
-      <c r="J8" s="13">
+      <c r="J12" s="13">
         <v>3310</v>
       </c>
-      <c r="K8" s="13">
+      <c r="K12" s="13">
         <v>3640</v>
       </c>
-      <c r="L8" s="13">
+      <c r="L12" s="13">
         <v>3830</v>
       </c>
-      <c r="M8" s="13">
+      <c r="M12" s="13">
         <v>4200</v>
       </c>
-      <c r="N8" s="13">
+      <c r="N12" s="13">
         <v>4640</v>
       </c>
-      <c r="O8" s="13">
+      <c r="O12" s="13">
         <v>4970</v>
       </c>
-      <c r="P8" s="13">
+      <c r="P12" s="13">
         <v>5240</v>
       </c>
-      <c r="Q8" s="13">
+      <c r="Q12" s="13">
         <v>5380</v>
       </c>
-      <c r="R8" s="20">
+      <c r="R12" s="20">
         <v>5520</v>
       </c>
-      <c r="S8" s="20">
+      <c r="S12" s="20">
         <v>5760</v>
       </c>
-      <c r="T8" s="23">
+      <c r="T12" s="23">
         <v>5990</v>
       </c>
-      <c r="U8" s="23">
+      <c r="U12" s="23">
         <v>5980</v>
       </c>
-      <c r="V8" s="23">
+      <c r="V12" s="23">
         <v>6150</v>
       </c>
-      <c r="W8" s="13">
+      <c r="W12" s="13">
         <v>6330</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="13" t="s">
+      <c r="X12" s="13">
+        <v>6420</v>
+      </c>
+      <c r="Y12" s="26"/>
+    </row>
+    <row r="13" spans="1:25">
+      <c r="A13" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="23">
+      <c r="B13" s="23">
         <v>3420</v>
       </c>
-      <c r="C9" s="13">
+      <c r="C13" s="13">
         <v>3800</v>
       </c>
-      <c r="D9" s="13">
+      <c r="D13" s="13">
         <v>4030</v>
       </c>
-      <c r="E9" s="13">
+      <c r="E13" s="13">
         <v>4220</v>
       </c>
-      <c r="F9" s="13">
+      <c r="F13" s="13">
         <v>4350</v>
       </c>
-      <c r="G9" s="13">
+      <c r="G13" s="13">
         <v>4190</v>
       </c>
-      <c r="H9" s="13">
+      <c r="H13" s="13">
         <v>3610</v>
       </c>
-      <c r="I9" s="13">
+      <c r="I13" s="13">
         <v>3290</v>
       </c>
-      <c r="J9" s="13">
+      <c r="J13" s="13">
         <v>3330</v>
       </c>
-      <c r="K9" s="13">
+      <c r="K13" s="13">
         <v>3540</v>
       </c>
-      <c r="L9" s="13">
+      <c r="L13" s="13">
         <v>3710</v>
       </c>
-      <c r="M9" s="13">
+      <c r="M13" s="13">
         <v>4050</v>
       </c>
-      <c r="N9" s="13">
+      <c r="N13" s="13">
         <v>4480</v>
       </c>
-      <c r="O9" s="13">
+      <c r="O13" s="13">
         <v>4750</v>
       </c>
-      <c r="P9" s="13">
+      <c r="P13" s="13">
         <v>4890</v>
       </c>
-      <c r="Q9" s="13">
+      <c r="Q13" s="13">
         <v>5200</v>
       </c>
-      <c r="R9" s="20">
+      <c r="R13" s="20">
         <v>5350</v>
       </c>
-      <c r="S9" s="20">
+      <c r="S13" s="20">
         <v>5480</v>
       </c>
-      <c r="T9" s="23">
+      <c r="T13" s="23">
         <v>5780</v>
       </c>
-      <c r="U9" s="23">
+      <c r="U13" s="23">
         <v>6040</v>
       </c>
-      <c r="V9" s="23">
+      <c r="V13" s="23">
         <v>6120</v>
       </c>
-      <c r="W9" s="13">
+      <c r="W13" s="13">
         <v>6130</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="13" t="s">
+      <c r="X13" s="13">
+        <v>6130</v>
+      </c>
+      <c r="Y13" s="26"/>
+    </row>
+    <row r="14" spans="1:25">
+      <c r="A14" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="23">
+      <c r="B14" s="23">
         <v>3150</v>
       </c>
-      <c r="C10" s="13">
+      <c r="C14" s="13">
         <v>3300</v>
       </c>
-      <c r="D10" s="13">
+      <c r="D14" s="13">
         <v>3530</v>
       </c>
-      <c r="E10" s="13">
+      <c r="E14" s="13">
         <v>3640</v>
       </c>
-      <c r="F10" s="13">
+      <c r="F14" s="13">
         <v>3550</v>
       </c>
-      <c r="G10" s="13">
+      <c r="G14" s="13">
         <v>3450</v>
       </c>
-      <c r="H10" s="13">
+      <c r="H14" s="13">
         <v>3020</v>
       </c>
-      <c r="I10" s="13">
+      <c r="I14" s="13">
         <v>2770</v>
       </c>
-      <c r="J10" s="13">
+      <c r="J14" s="13">
         <v>2770</v>
       </c>
-      <c r="K10" s="13">
+      <c r="K14" s="13">
         <v>2950</v>
       </c>
-      <c r="L10" s="13">
+      <c r="L14" s="13">
         <v>3130</v>
       </c>
-      <c r="M10" s="13">
+      <c r="M14" s="13">
         <v>3420</v>
       </c>
-      <c r="N10" s="13">
+      <c r="N14" s="13">
         <v>3820</v>
       </c>
-      <c r="O10" s="13">
+      <c r="O14" s="13">
         <v>4140</v>
       </c>
-      <c r="P10" s="13">
+      <c r="P14" s="13">
         <v>4380</v>
       </c>
-      <c r="Q10" s="13">
+      <c r="Q14" s="13">
         <v>4580</v>
       </c>
-      <c r="R10" s="20">
+      <c r="R14" s="20">
         <v>4710</v>
       </c>
-      <c r="S10" s="20">
+      <c r="S14" s="20">
         <v>4710</v>
       </c>
-      <c r="T10" s="23">
+      <c r="T14" s="23">
         <v>4940</v>
       </c>
-      <c r="U10" s="23">
+      <c r="U14" s="23">
         <v>5260</v>
       </c>
-      <c r="V10" s="23">
+      <c r="V14" s="23">
         <v>5430</v>
       </c>
-      <c r="W10" s="13">
+      <c r="W14" s="13">
         <v>5370</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="13" t="s">
+      <c r="X14" s="13">
+        <v>5210</v>
+      </c>
+      <c r="Y14" s="26"/>
+    </row>
+    <row r="15" spans="1:25">
+      <c r="A15" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="23">
+      <c r="B15" s="23">
         <v>3130</v>
       </c>
-      <c r="C11" s="13">
+      <c r="C15" s="13">
         <v>3230</v>
       </c>
-      <c r="D11" s="13">
+      <c r="D15" s="13">
         <v>3390</v>
       </c>
-      <c r="E11" s="13">
+      <c r="E15" s="13">
         <v>3490</v>
       </c>
-      <c r="F11" s="13">
+      <c r="F15" s="13">
         <v>3590</v>
       </c>
-      <c r="G11" s="13">
+      <c r="G15" s="13">
         <v>3620</v>
       </c>
-      <c r="H11" s="13">
+      <c r="H15" s="13">
         <v>3300</v>
       </c>
-      <c r="I11" s="13">
+      <c r="I15" s="13">
         <v>3120</v>
       </c>
-      <c r="J11" s="13">
+      <c r="J15" s="13">
         <v>3180</v>
       </c>
-      <c r="K11" s="13">
+      <c r="K15" s="13">
         <v>3390</v>
       </c>
-      <c r="L11" s="13">
+      <c r="L15" s="13">
         <v>3530</v>
       </c>
-      <c r="M11" s="13">
+      <c r="M15" s="13">
         <v>3870</v>
       </c>
-      <c r="N11" s="13">
+      <c r="N15" s="13">
         <v>4260</v>
       </c>
-      <c r="O11" s="13">
+      <c r="O15" s="13">
         <v>4490</v>
       </c>
-      <c r="P11" s="13">
+      <c r="P15" s="13">
         <v>4630</v>
       </c>
-      <c r="Q11" s="13">
+      <c r="Q15" s="13">
         <v>4760</v>
       </c>
-      <c r="R11" s="20">
+      <c r="R15" s="20">
         <v>4850</v>
       </c>
-      <c r="S11" s="20">
+      <c r="S15" s="20">
         <v>4910</v>
       </c>
-      <c r="T11" s="23">
+      <c r="T15" s="23">
         <v>5090</v>
       </c>
-      <c r="U11" s="23">
+      <c r="U15" s="23">
         <v>5410</v>
       </c>
-      <c r="V11" s="23">
+      <c r="V15" s="23">
         <v>5550</v>
       </c>
-      <c r="W11" s="13">
+      <c r="W15" s="13">
         <v>5490</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="13" t="s">
+      <c r="X15" s="13">
+        <v>5340</v>
+      </c>
+      <c r="Y15" s="26"/>
+    </row>
+    <row r="16" spans="1:25">
+      <c r="A16" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="23">
+      <c r="B16" s="23">
         <v>2720</v>
       </c>
-      <c r="C12" s="13">
+      <c r="C16" s="13">
         <v>2730</v>
       </c>
-      <c r="D12" s="13">
+      <c r="D16" s="13">
         <v>2930</v>
       </c>
-      <c r="E12" s="13">
+      <c r="E16" s="13">
         <v>2880</v>
       </c>
-      <c r="F12" s="13">
+      <c r="F16" s="13">
         <v>2710</v>
       </c>
-      <c r="G12" s="13">
+      <c r="G16" s="13">
         <v>2620</v>
       </c>
-      <c r="H12" s="13">
+      <c r="H16" s="13">
         <v>2470</v>
       </c>
-      <c r="I12" s="13">
+      <c r="I16" s="13">
         <v>2480</v>
       </c>
-      <c r="J12" s="13">
+      <c r="J16" s="13">
         <v>2620</v>
       </c>
-      <c r="K12" s="13">
+      <c r="K16" s="13">
         <v>2770</v>
       </c>
-      <c r="L12" s="13">
+      <c r="L16" s="13">
         <v>2860</v>
       </c>
-      <c r="M12" s="13">
+      <c r="M16" s="13">
         <v>3050</v>
       </c>
-      <c r="N12" s="13">
+      <c r="N16" s="13">
         <v>3300</v>
       </c>
-      <c r="O12" s="13">
+      <c r="O16" s="13">
         <v>3520</v>
       </c>
-      <c r="P12" s="13">
+      <c r="P16" s="13">
         <v>3600</v>
       </c>
-      <c r="Q12" s="13">
+      <c r="Q16" s="13">
         <v>3680</v>
       </c>
-      <c r="R12" s="20">
+      <c r="R16" s="20">
         <v>3760</v>
       </c>
-      <c r="S12" s="20">
+      <c r="S16" s="20">
         <v>3820</v>
       </c>
-      <c r="T12" s="23">
+      <c r="T16" s="23">
         <v>4050</v>
       </c>
-      <c r="U12" s="23">
+      <c r="U16" s="23">
         <v>4170</v>
       </c>
-      <c r="V12" s="23">
+      <c r="V16" s="23">
         <v>4300</v>
       </c>
-      <c r="W12" s="13">
+      <c r="W16" s="13">
         <v>4520</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="13" t="s">
+      <c r="X16" s="13">
+        <v>4460</v>
+      </c>
+      <c r="Y16" s="26"/>
+    </row>
+    <row r="17" spans="1:25">
+      <c r="A17" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="23">
+      <c r="B17" s="23">
         <v>2050</v>
       </c>
-      <c r="C13" s="13">
+      <c r="C17" s="13">
         <v>2030</v>
       </c>
-      <c r="D13" s="13">
+      <c r="D17" s="13">
         <v>2390</v>
       </c>
-      <c r="E13" s="13">
+      <c r="E17" s="13">
         <v>2440</v>
       </c>
-      <c r="F13" s="13">
+      <c r="F17" s="13">
         <v>2350</v>
       </c>
-      <c r="G13" s="13">
+      <c r="G17" s="13">
         <v>2250</v>
       </c>
-      <c r="H13" s="13">
+      <c r="H17" s="13">
         <v>2120</v>
-      </c>
-[...282 lines deleted...]
-        <v>2200</v>
       </c>
       <c r="I17" s="13">
         <v>2080</v>
       </c>
       <c r="J17" s="13">
+        <v>2140</v>
+      </c>
+      <c r="K17" s="13">
+        <v>2280</v>
+      </c>
+      <c r="L17" s="13">
+        <v>2340</v>
+      </c>
+      <c r="M17" s="13">
+        <v>2420</v>
+      </c>
+      <c r="N17" s="13">
+        <v>2670</v>
+      </c>
+      <c r="O17" s="13">
+        <v>2930</v>
+      </c>
+      <c r="P17" s="13">
+        <v>3010</v>
+      </c>
+      <c r="Q17" s="13">
+        <v>3010</v>
+      </c>
+      <c r="R17" s="20">
+        <v>3090</v>
+      </c>
+      <c r="S17" s="20">
+        <v>3280</v>
+      </c>
+      <c r="T17" s="23">
+        <v>3620</v>
+      </c>
+      <c r="U17" s="23">
+        <v>3740</v>
+      </c>
+      <c r="V17" s="23">
+        <v>3750</v>
+      </c>
+      <c r="W17" s="13">
+        <v>3580</v>
+      </c>
+      <c r="X17" s="13">
+        <v>3350</v>
+      </c>
+      <c r="Y17" s="26"/>
+    </row>
+    <row r="18" spans="1:25">
+      <c r="A18" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="23">
+        <v>3480</v>
+      </c>
+      <c r="C18" s="13">
+        <v>3440</v>
+      </c>
+      <c r="D18" s="13">
+        <v>3720</v>
+      </c>
+      <c r="E18" s="13">
+        <v>3790</v>
+      </c>
+      <c r="F18" s="13">
+        <v>3660</v>
+      </c>
+      <c r="G18" s="13">
+        <v>3560</v>
+      </c>
+      <c r="H18" s="13">
+        <v>3260</v>
+      </c>
+      <c r="I18" s="13">
+        <v>3180</v>
+      </c>
+      <c r="J18" s="13">
+        <v>3250</v>
+      </c>
+      <c r="K18" s="13">
+        <v>3420</v>
+      </c>
+      <c r="L18" s="13">
+        <v>3480</v>
+      </c>
+      <c r="M18" s="13">
+        <v>3780</v>
+      </c>
+      <c r="N18" s="13">
+        <v>4100</v>
+      </c>
+      <c r="O18" s="13">
+        <v>4380</v>
+      </c>
+      <c r="P18" s="13">
+        <v>4750</v>
+      </c>
+      <c r="Q18" s="13">
+        <v>4850</v>
+      </c>
+      <c r="R18" s="20">
+        <v>5040</v>
+      </c>
+      <c r="S18" s="20">
+        <v>5180</v>
+      </c>
+      <c r="T18" s="23">
+        <v>5440</v>
+      </c>
+      <c r="U18" s="23">
+        <v>5600</v>
+      </c>
+      <c r="V18" s="23">
+        <v>5680</v>
+      </c>
+      <c r="W18" s="13">
+        <v>5680</v>
+      </c>
+      <c r="X18" s="13">
+        <v>5650</v>
+      </c>
+      <c r="Y18" s="26"/>
+    </row>
+    <row r="19" spans="1:25">
+      <c r="A19" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="23">
+        <v>3080</v>
+      </c>
+      <c r="C19" s="13">
+        <v>3330</v>
+      </c>
+      <c r="D19" s="13">
+        <v>3630</v>
+      </c>
+      <c r="E19" s="13">
+        <v>3900</v>
+      </c>
+      <c r="F19" s="13">
+        <v>3800</v>
+      </c>
+      <c r="G19" s="13">
+        <v>3650</v>
+      </c>
+      <c r="H19" s="13">
+        <v>3270</v>
+      </c>
+      <c r="I19" s="13">
+        <v>3140</v>
+      </c>
+      <c r="J19" s="13">
+        <v>3190</v>
+      </c>
+      <c r="K19" s="13">
+        <v>3370</v>
+      </c>
+      <c r="L19" s="13">
+        <v>3490</v>
+      </c>
+      <c r="M19" s="13">
+        <v>3880</v>
+      </c>
+      <c r="N19" s="13">
+        <v>4310</v>
+      </c>
+      <c r="O19" s="13">
+        <v>4700</v>
+      </c>
+      <c r="P19" s="13">
+        <v>4960</v>
+      </c>
+      <c r="Q19" s="13">
+        <v>5200</v>
+      </c>
+      <c r="R19" s="20">
+        <v>5380</v>
+      </c>
+      <c r="S19" s="20">
+        <v>5580</v>
+      </c>
+      <c r="T19" s="23">
+        <v>5980</v>
+      </c>
+      <c r="U19" s="23">
+        <v>6370</v>
+      </c>
+      <c r="V19" s="23">
+        <v>6560</v>
+      </c>
+      <c r="W19" s="13">
+        <v>6560</v>
+      </c>
+      <c r="X19" s="13">
+        <v>6570</v>
+      </c>
+      <c r="Y19" s="26"/>
+    </row>
+    <row r="20" spans="1:25">
+      <c r="A20" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B20" s="23">
+        <v>3400</v>
+      </c>
+      <c r="C20" s="13">
+        <v>3560</v>
+      </c>
+      <c r="D20" s="13">
+        <v>3780</v>
+      </c>
+      <c r="E20" s="13">
+        <v>3880</v>
+      </c>
+      <c r="F20" s="13">
+        <v>3870</v>
+      </c>
+      <c r="G20" s="13">
+        <v>3700</v>
+      </c>
+      <c r="H20" s="13">
+        <v>3300</v>
+      </c>
+      <c r="I20" s="13">
+        <v>3170</v>
+      </c>
+      <c r="J20" s="13">
+        <v>3230</v>
+      </c>
+      <c r="K20" s="13">
+        <v>3470</v>
+      </c>
+      <c r="L20" s="13">
+        <v>3680</v>
+      </c>
+      <c r="M20" s="13">
+        <v>4110</v>
+      </c>
+      <c r="N20" s="13">
+        <v>4550</v>
+      </c>
+      <c r="O20" s="13">
+        <v>4940</v>
+      </c>
+      <c r="P20" s="13">
+        <v>5260</v>
+      </c>
+      <c r="Q20" s="13">
+        <v>5480</v>
+      </c>
+      <c r="R20" s="20">
+        <v>5640</v>
+      </c>
+      <c r="S20" s="20">
+        <v>5750</v>
+      </c>
+      <c r="T20" s="23">
+        <v>6080</v>
+      </c>
+      <c r="U20" s="23">
+        <v>6360</v>
+      </c>
+      <c r="V20" s="23">
+        <v>6510</v>
+      </c>
+      <c r="W20" s="13">
+        <v>6530</v>
+      </c>
+      <c r="X20" s="13">
+        <v>6490</v>
+      </c>
+      <c r="Y20" s="26"/>
+    </row>
+    <row r="21" spans="1:25">
+      <c r="A21" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B21" s="23">
+        <v>1990</v>
+      </c>
+      <c r="C21" s="13">
+        <v>2150</v>
+      </c>
+      <c r="D21" s="13">
+        <v>2400</v>
+      </c>
+      <c r="E21" s="13">
+        <v>2720</v>
+      </c>
+      <c r="F21" s="13">
+        <v>2560</v>
+      </c>
+      <c r="G21" s="13">
+        <v>2470</v>
+      </c>
+      <c r="H21" s="13">
+        <v>2200</v>
+      </c>
+      <c r="I21" s="13">
+        <v>2080</v>
+      </c>
+      <c r="J21" s="13">
         <v>2390</v>
       </c>
-      <c r="K17" s="13">
+      <c r="K21" s="13">
         <v>2510</v>
       </c>
-      <c r="L17" s="13">
+      <c r="L21" s="13">
         <v>2630</v>
       </c>
-      <c r="M17" s="13">
+      <c r="M21" s="13">
         <v>2950</v>
       </c>
-      <c r="N17" s="13">
+      <c r="N21" s="13">
         <v>3330</v>
       </c>
-      <c r="O17" s="13">
+      <c r="O21" s="13">
         <v>3600</v>
       </c>
-      <c r="P17" s="13">
+      <c r="P21" s="13">
         <v>3650</v>
       </c>
-      <c r="Q17" s="13">
+      <c r="Q21" s="13">
         <v>3860</v>
       </c>
-      <c r="R17" s="20">
+      <c r="R21" s="20">
         <v>3920</v>
       </c>
-      <c r="S17" s="20">
+      <c r="S21" s="20">
         <v>3790</v>
       </c>
-      <c r="T17" s="23">
+      <c r="T21" s="23">
         <v>3970</v>
       </c>
-      <c r="U17" s="23">
+      <c r="U21" s="23">
         <v>4130</v>
       </c>
-      <c r="V17" s="23">
+      <c r="V21" s="23">
         <v>4210</v>
       </c>
-      <c r="W17" s="13">
+      <c r="W21" s="13">
         <v>4090</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="13" t="s">
+      <c r="X21" s="13">
+        <v>3990</v>
+      </c>
+      <c r="Y21" s="26"/>
+    </row>
+    <row r="22" spans="1:25">
+      <c r="A22" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="23">
+      <c r="B22" s="23">
         <v>2180</v>
       </c>
-      <c r="C18" s="13">
+      <c r="C22" s="13">
         <v>2170</v>
       </c>
-      <c r="D18" s="13">
+      <c r="D22" s="13">
         <v>2380</v>
       </c>
-      <c r="E18" s="13">
+      <c r="E22" s="13">
         <v>2620</v>
       </c>
-      <c r="F18" s="13">
+      <c r="F22" s="13">
         <v>2740</v>
       </c>
-      <c r="G18" s="13">
+      <c r="G22" s="13">
         <v>2720</v>
       </c>
-      <c r="H18" s="13">
+      <c r="H22" s="13">
         <v>2550</v>
       </c>
-      <c r="I18" s="13">
+      <c r="I22" s="13">
         <v>2740</v>
       </c>
-      <c r="J18" s="13">
+      <c r="J22" s="13">
         <v>2910</v>
       </c>
-      <c r="K18" s="13">
+      <c r="K22" s="13">
         <v>3150</v>
       </c>
-      <c r="L18" s="13">
+      <c r="L22" s="13">
         <v>3350</v>
       </c>
-      <c r="M18" s="13">
+      <c r="M22" s="13">
         <v>3630</v>
       </c>
-      <c r="N18" s="13">
+      <c r="N22" s="13">
         <v>3940</v>
       </c>
-      <c r="O18" s="13">
+      <c r="O22" s="13">
         <v>4190</v>
       </c>
-      <c r="P18" s="13">
+      <c r="P22" s="13">
         <v>4370</v>
       </c>
-      <c r="Q18" s="13">
+      <c r="Q22" s="13">
         <v>4530</v>
       </c>
-      <c r="R18" s="20">
+      <c r="R22" s="20">
         <v>4630</v>
       </c>
-      <c r="S18" s="20">
+      <c r="S22" s="20">
         <v>4740</v>
       </c>
-      <c r="T18" s="23">
+      <c r="T22" s="23">
         <v>4920</v>
       </c>
-      <c r="U18" s="23">
+      <c r="U22" s="23">
         <v>5030</v>
       </c>
-      <c r="V18" s="23">
+      <c r="V22" s="23">
         <v>5130</v>
       </c>
-      <c r="W18" s="13">
+      <c r="W22" s="13">
         <v>5190</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="13" t="s">
+      <c r="X22" s="13">
+        <v>5130</v>
+      </c>
+      <c r="Y22" s="26"/>
+    </row>
+    <row r="23" spans="1:25">
+      <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="23">
+      <c r="B23" s="23">
         <v>2780</v>
       </c>
-      <c r="C19" s="13">
+      <c r="C23" s="13">
         <v>2850</v>
       </c>
-      <c r="D19" s="13">
+      <c r="D23" s="13">
         <v>3150</v>
       </c>
-      <c r="E19" s="13">
+      <c r="E23" s="13">
         <v>3310</v>
       </c>
-      <c r="F19" s="13">
+      <c r="F23" s="13">
         <v>3410</v>
       </c>
-      <c r="G19" s="13">
+      <c r="G23" s="13">
         <v>3280</v>
       </c>
-      <c r="H19" s="13">
+      <c r="H23" s="13">
         <v>2850</v>
       </c>
-      <c r="I19" s="13">
+      <c r="I23" s="13">
         <v>2650</v>
       </c>
-      <c r="J19" s="13">
+      <c r="J23" s="13">
         <v>2690</v>
       </c>
-      <c r="K19" s="13">
+      <c r="K23" s="13">
         <v>2840</v>
       </c>
-      <c r="L19" s="13">
+      <c r="L23" s="13">
         <v>2980</v>
       </c>
-      <c r="M19" s="13">
+      <c r="M23" s="13">
         <v>3320</v>
       </c>
-      <c r="N19" s="13">
+      <c r="N23" s="13">
         <v>3750</v>
       </c>
-      <c r="O19" s="13">
+      <c r="O23" s="13">
         <v>4100</v>
       </c>
-      <c r="P19" s="13">
+      <c r="P23" s="13">
         <v>4450</v>
       </c>
-      <c r="Q19" s="13">
+      <c r="Q23" s="13">
         <v>4610</v>
       </c>
-      <c r="R19" s="20">
+      <c r="R23" s="20">
         <v>4760</v>
       </c>
-      <c r="S19" s="20">
+      <c r="S23" s="20">
         <v>4900</v>
       </c>
-      <c r="T19" s="23">
+      <c r="T23" s="23">
         <v>5190</v>
       </c>
-      <c r="U19" s="23">
+      <c r="U23" s="23">
         <v>5520</v>
       </c>
-      <c r="V19" s="23">
+      <c r="V23" s="23">
         <v>5580</v>
       </c>
-      <c r="W19" s="13">
+      <c r="W23" s="13">
         <v>5610</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="13" t="s">
+      <c r="X23" s="13">
+        <v>5670</v>
+      </c>
+      <c r="Y23" s="26"/>
+    </row>
+    <row r="24" spans="1:25">
+      <c r="A24" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="B20" s="23">
+      <c r="B24" s="23">
         <v>2760</v>
       </c>
-      <c r="C20" s="13">
+      <c r="C24" s="13">
         <v>2760</v>
       </c>
-      <c r="D20" s="13">
+      <c r="D24" s="13">
         <v>2950</v>
       </c>
-      <c r="E20" s="13">
+      <c r="E24" s="13">
         <v>3080</v>
       </c>
-      <c r="F20" s="13">
+      <c r="F24" s="13">
         <v>3040</v>
       </c>
-      <c r="G20" s="13">
+      <c r="G24" s="13">
         <v>2990</v>
       </c>
-      <c r="H20" s="13">
+      <c r="H24" s="13">
         <v>2750</v>
       </c>
-      <c r="I20" s="13">
+      <c r="I24" s="13">
         <v>2700</v>
       </c>
-      <c r="J20" s="13">
+      <c r="J24" s="13">
         <v>2790</v>
       </c>
-      <c r="K20" s="13">
+      <c r="K24" s="13">
         <v>3010</v>
       </c>
-      <c r="L20" s="13">
+      <c r="L24" s="13">
         <v>3120</v>
       </c>
-      <c r="M20" s="13">
+      <c r="M24" s="13">
         <v>3410</v>
       </c>
-      <c r="N20" s="13">
+      <c r="N24" s="13">
         <v>3700</v>
       </c>
-      <c r="O20" s="13">
+      <c r="O24" s="13">
         <v>3930</v>
       </c>
-      <c r="P20" s="13">
+      <c r="P24" s="13">
         <v>4090</v>
       </c>
-      <c r="Q20" s="13">
+      <c r="Q24" s="13">
         <v>4220</v>
       </c>
-      <c r="R20" s="20">
+      <c r="R24" s="20">
         <v>4360</v>
       </c>
-      <c r="S20" s="20">
+      <c r="S24" s="20">
         <v>4430</v>
       </c>
-      <c r="T20" s="23">
+      <c r="T24" s="23">
         <v>4630</v>
       </c>
-      <c r="U20" s="23">
+      <c r="U24" s="23">
         <v>4740</v>
       </c>
-      <c r="V20" s="23">
+      <c r="V24" s="23">
         <v>4880</v>
       </c>
-      <c r="W20" s="13">
+      <c r="W24" s="13">
         <v>4940</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="13" t="s">
+      <c r="X24" s="13">
+        <v>4880</v>
+      </c>
+      <c r="Y24" s="26"/>
+    </row>
+    <row r="25" spans="1:25">
+      <c r="A25" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B21" s="23">
+      <c r="B25" s="23">
         <v>2710</v>
       </c>
-      <c r="C21" s="13">
+      <c r="C25" s="13">
         <v>2860</v>
       </c>
-      <c r="D21" s="13">
+      <c r="D25" s="13">
         <v>2930</v>
       </c>
-      <c r="E21" s="13">
+      <c r="E25" s="13">
         <v>2990</v>
       </c>
-      <c r="F21" s="13">
+      <c r="F25" s="13">
         <v>3030</v>
       </c>
-      <c r="G21" s="13">
+      <c r="G25" s="13">
         <v>2960</v>
       </c>
-      <c r="H21" s="13">
+      <c r="H25" s="13">
         <v>2710</v>
       </c>
-      <c r="I21" s="13">
+      <c r="I25" s="13">
         <v>2650</v>
       </c>
-      <c r="J21" s="13">
+      <c r="J25" s="13">
         <v>2780</v>
       </c>
-      <c r="K21" s="13">
+      <c r="K25" s="13">
         <v>3020</v>
       </c>
-      <c r="L21" s="13">
+      <c r="L25" s="13">
         <v>3140</v>
       </c>
-      <c r="M21" s="13">
+      <c r="M25" s="13">
         <v>3380</v>
       </c>
-      <c r="N21" s="13">
+      <c r="N25" s="13">
         <v>3660</v>
       </c>
-      <c r="O21" s="13">
+      <c r="O25" s="13">
         <v>3880</v>
       </c>
-      <c r="P21" s="13">
+      <c r="P25" s="13">
         <v>4110</v>
       </c>
-      <c r="Q21" s="13">
+      <c r="Q25" s="13">
         <v>4270</v>
       </c>
-      <c r="R21" s="20">
+      <c r="R25" s="20">
         <v>4460</v>
       </c>
-      <c r="S21" s="20">
+      <c r="S25" s="20">
         <v>4630</v>
       </c>
-      <c r="T21" s="23">
+      <c r="T25" s="23">
         <v>4910</v>
       </c>
-      <c r="U21" s="23">
+      <c r="U25" s="23">
         <v>5150</v>
       </c>
-      <c r="V21" s="23">
+      <c r="V25" s="23">
         <v>5250</v>
       </c>
-      <c r="W21" s="13">
+      <c r="W25" s="13">
         <v>5290</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="13" t="s">
+      <c r="X25" s="13">
+        <v>5220</v>
+      </c>
+      <c r="Y25" s="26"/>
+    </row>
+    <row r="26" spans="1:25">
+      <c r="A26" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B22" s="23">
+      <c r="B26" s="23">
         <v>2500</v>
       </c>
-      <c r="C22" s="13">
+      <c r="C26" s="13">
         <v>2430</v>
       </c>
-      <c r="D22" s="13">
+      <c r="D26" s="13">
         <v>2620</v>
       </c>
-      <c r="E22" s="13">
+      <c r="E26" s="13">
         <v>2740</v>
       </c>
-      <c r="F22" s="13">
+      <c r="F26" s="13">
         <v>2790</v>
       </c>
-      <c r="G22" s="13">
+      <c r="G26" s="13">
         <v>2810</v>
       </c>
-      <c r="H22" s="13">
+      <c r="H26" s="13">
         <v>2680</v>
       </c>
-      <c r="I22" s="13">
+      <c r="I26" s="13">
         <v>2710</v>
       </c>
-      <c r="J22" s="13">
+      <c r="J26" s="13">
         <v>2830</v>
       </c>
-      <c r="K22" s="13">
+      <c r="K26" s="13">
         <v>3110</v>
       </c>
-      <c r="L22" s="13">
+      <c r="L26" s="13">
         <v>3240</v>
       </c>
-      <c r="M22" s="13">
+      <c r="M26" s="13">
         <v>3520</v>
       </c>
-      <c r="N22" s="13">
+      <c r="N26" s="13">
         <v>3770</v>
       </c>
-      <c r="O22" s="13">
+      <c r="O26" s="13">
         <v>3900</v>
       </c>
-      <c r="P22" s="13">
+      <c r="P26" s="13">
         <v>4000</v>
       </c>
-      <c r="Q22" s="13">
+      <c r="Q26" s="13">
         <v>4120</v>
       </c>
-      <c r="R22" s="20">
+      <c r="R26" s="20">
         <v>4190</v>
       </c>
-      <c r="S22" s="20">
+      <c r="S26" s="20">
         <v>4280</v>
       </c>
-      <c r="T22" s="23">
+      <c r="T26" s="23">
         <v>4430</v>
       </c>
-      <c r="U22" s="23">
+      <c r="U26" s="23">
         <v>4580</v>
       </c>
-      <c r="V22" s="23">
+      <c r="V26" s="23">
         <v>4820</v>
       </c>
-      <c r="W22" s="13">
+      <c r="W26" s="13">
         <v>4890</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="13" t="s">
+      <c r="X26" s="13">
+        <v>4930</v>
+      </c>
+      <c r="Y26" s="26"/>
+    </row>
+    <row r="27" spans="1:25">
+      <c r="A27" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="B23" s="23">
+      <c r="B27" s="23">
         <v>2300</v>
       </c>
-      <c r="C23" s="13">
+      <c r="C27" s="13">
         <v>2460</v>
       </c>
-      <c r="D23" s="13">
+      <c r="D27" s="13">
         <v>2560</v>
       </c>
-      <c r="E23" s="13">
+      <c r="E27" s="13">
         <v>2710</v>
       </c>
-      <c r="F23" s="13">
+      <c r="F27" s="13">
         <v>2790</v>
       </c>
-      <c r="G23" s="13">
+      <c r="G27" s="13">
         <v>2730</v>
       </c>
-      <c r="H23" s="13">
+      <c r="H27" s="13">
         <v>2520</v>
       </c>
-      <c r="I23" s="13">
+      <c r="I27" s="13">
         <v>2520</v>
       </c>
-      <c r="J23" s="13">
+      <c r="J27" s="13">
         <v>2650</v>
       </c>
-      <c r="K23" s="13">
+      <c r="K27" s="13">
         <v>2870</v>
       </c>
-      <c r="L23" s="13">
+      <c r="L27" s="13">
         <v>2940</v>
       </c>
-      <c r="M23" s="13">
+      <c r="M27" s="13">
         <v>3110</v>
       </c>
-      <c r="N23" s="13">
+      <c r="N27" s="13">
         <v>3370</v>
       </c>
-      <c r="O23" s="13">
+      <c r="O27" s="13">
         <v>3580</v>
       </c>
-      <c r="P23" s="13">
+      <c r="P27" s="13">
         <v>3780</v>
       </c>
-      <c r="Q23" s="13">
+      <c r="Q27" s="13">
         <v>3950</v>
       </c>
-      <c r="R23" s="20">
+      <c r="R27" s="20">
         <v>4120</v>
       </c>
-      <c r="S23" s="20">
+      <c r="S27" s="20">
         <v>4270</v>
       </c>
-      <c r="T23" s="23">
+      <c r="T27" s="23">
         <v>4530</v>
       </c>
-      <c r="U23" s="23">
+      <c r="U27" s="23">
         <v>4700</v>
       </c>
-      <c r="V23" s="23">
+      <c r="V27" s="23">
         <v>4860</v>
       </c>
-      <c r="W23" s="13">
+      <c r="W27" s="13">
         <v>5000</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="13" t="s">
+      <c r="X27" s="13">
+        <v>5080</v>
+      </c>
+      <c r="Y27" s="26"/>
+    </row>
+    <row r="28" spans="1:25">
+      <c r="A28" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B24" s="23">
+      <c r="B28" s="23">
         <v>2950</v>
       </c>
-      <c r="C24" s="13">
+      <c r="C28" s="13">
         <v>3170</v>
       </c>
-      <c r="D24" s="13">
+      <c r="D28" s="13">
         <v>3150</v>
       </c>
-      <c r="E24" s="13">
+      <c r="E28" s="13">
         <v>3820</v>
       </c>
-      <c r="F24" s="13">
+      <c r="F28" s="13">
         <v>3980</v>
       </c>
-      <c r="G24" s="13">
+      <c r="G28" s="13">
         <v>4030</v>
       </c>
-      <c r="H24" s="13">
+      <c r="H28" s="13">
         <v>3740</v>
       </c>
-      <c r="I24" s="13">
+      <c r="I28" s="13">
         <v>3590</v>
       </c>
-      <c r="J24" s="13">
+      <c r="J28" s="13">
         <v>3710</v>
       </c>
-      <c r="K24" s="13">
+      <c r="K28" s="13">
         <v>4030</v>
       </c>
-      <c r="L24" s="13">
+      <c r="L28" s="13">
         <v>4230</v>
       </c>
-      <c r="M24" s="13">
+      <c r="M28" s="13">
         <v>4650</v>
       </c>
-      <c r="N24" s="13">
+      <c r="N28" s="13">
         <v>5100</v>
       </c>
-      <c r="O24" s="13">
+      <c r="O28" s="13">
         <v>5390</v>
       </c>
-      <c r="P24" s="13">
+      <c r="P28" s="13">
         <v>5550</v>
       </c>
-      <c r="Q24" s="13">
+      <c r="Q28" s="13">
         <v>5760</v>
       </c>
-      <c r="R24" s="20">
+      <c r="R28" s="20">
         <v>5950</v>
       </c>
-      <c r="S24" s="20">
+      <c r="S28" s="20">
         <v>6150</v>
       </c>
-      <c r="T24" s="23">
+      <c r="T28" s="23">
         <v>6510</v>
       </c>
-      <c r="U24" s="23">
+      <c r="U28" s="23">
         <v>6710</v>
       </c>
-      <c r="V24" s="23">
+      <c r="V28" s="23">
         <v>6860</v>
       </c>
-      <c r="W24" s="13">
+      <c r="W28" s="13">
         <v>6890</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="13" t="s">
+      <c r="X28" s="13">
+        <v>7000</v>
+      </c>
+      <c r="Y28" s="26"/>
+    </row>
+    <row r="29" spans="1:25">
+      <c r="A29" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="23">
+      <c r="B29" s="23">
         <v>2490</v>
       </c>
-      <c r="C25" s="13">
+      <c r="C29" s="13">
         <v>2450</v>
       </c>
-      <c r="D25" s="13">
+      <c r="D29" s="13">
         <v>2690</v>
       </c>
-      <c r="E25" s="13">
+      <c r="E29" s="13">
         <v>2800</v>
-      </c>
-[...282 lines deleted...]
-        <v>2650</v>
       </c>
       <c r="F29" s="13">
         <v>2620</v>
       </c>
       <c r="G29" s="13">
+        <v>2590</v>
+      </c>
+      <c r="H29" s="13">
+        <v>2440</v>
+      </c>
+      <c r="I29" s="13">
+        <v>2450</v>
+      </c>
+      <c r="J29" s="13">
+        <v>2580</v>
+      </c>
+      <c r="K29" s="13">
+        <v>2750</v>
+      </c>
+      <c r="L29" s="13">
+        <v>2920</v>
+      </c>
+      <c r="M29" s="13">
+        <v>3130</v>
+      </c>
+      <c r="N29" s="13">
+        <v>3460</v>
+      </c>
+      <c r="O29" s="13">
+        <v>3650</v>
+      </c>
+      <c r="P29" s="13">
+        <v>3810</v>
+      </c>
+      <c r="Q29" s="13">
+        <v>3910</v>
+      </c>
+      <c r="R29" s="20">
+        <v>3990</v>
+      </c>
+      <c r="S29" s="20">
+        <v>3920</v>
+      </c>
+      <c r="T29" s="23">
+        <v>4020</v>
+      </c>
+      <c r="U29" s="23">
+        <v>4150</v>
+      </c>
+      <c r="V29" s="23">
+        <v>4280</v>
+      </c>
+      <c r="W29" s="13">
+        <v>4290</v>
+      </c>
+      <c r="X29" s="13">
+        <v>4310</v>
+      </c>
+      <c r="Y29" s="26"/>
+    </row>
+    <row r="30" spans="1:25">
+      <c r="A30" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B30" s="23">
+        <v>3630</v>
+      </c>
+      <c r="C30" s="13">
+        <v>3600</v>
+      </c>
+      <c r="D30" s="13">
+        <v>3980</v>
+      </c>
+      <c r="E30" s="13">
+        <v>4090</v>
+      </c>
+      <c r="F30" s="13">
+        <v>3770</v>
+      </c>
+      <c r="G30" s="13">
+        <v>3670</v>
+      </c>
+      <c r="H30" s="13">
+        <v>3430</v>
+      </c>
+      <c r="I30" s="13">
+        <v>3360</v>
+      </c>
+      <c r="J30" s="13">
+        <v>3480</v>
+      </c>
+      <c r="K30" s="13">
+        <v>3750</v>
+      </c>
+      <c r="L30" s="13">
+        <v>3880</v>
+      </c>
+      <c r="M30" s="13">
+        <v>4200</v>
+      </c>
+      <c r="N30" s="13">
+        <v>4590</v>
+      </c>
+      <c r="O30" s="13">
+        <v>4910</v>
+      </c>
+      <c r="P30" s="13">
+        <v>5110</v>
+      </c>
+      <c r="Q30" s="13">
+        <v>5160</v>
+      </c>
+      <c r="R30" s="20">
+        <v>5430</v>
+      </c>
+      <c r="S30" s="20">
+        <v>5510</v>
+      </c>
+      <c r="T30" s="23">
+        <v>5700</v>
+      </c>
+      <c r="U30" s="23">
+        <v>5880</v>
+      </c>
+      <c r="V30" s="23">
+        <v>6020</v>
+      </c>
+      <c r="W30" s="13">
+        <v>6000</v>
+      </c>
+      <c r="X30" s="13">
+        <v>5850</v>
+      </c>
+      <c r="Y30" s="26"/>
+    </row>
+    <row r="31" spans="1:25">
+      <c r="A31" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31" s="23">
+        <v>2800</v>
+      </c>
+      <c r="C31" s="13">
+        <v>2720</v>
+      </c>
+      <c r="D31" s="13">
+        <v>2940</v>
+      </c>
+      <c r="E31" s="13">
+        <v>2860</v>
+      </c>
+      <c r="F31" s="13">
+        <v>2910</v>
+      </c>
+      <c r="G31" s="13">
+        <v>2940</v>
+      </c>
+      <c r="H31" s="13">
+        <v>2920</v>
+      </c>
+      <c r="I31" s="13">
+        <v>2840</v>
+      </c>
+      <c r="J31" s="13">
+        <v>2960</v>
+      </c>
+      <c r="K31" s="13">
+        <v>3110</v>
+      </c>
+      <c r="L31" s="13">
+        <v>3270</v>
+      </c>
+      <c r="M31" s="13">
+        <v>3510</v>
+      </c>
+      <c r="N31" s="13">
+        <v>3860</v>
+      </c>
+      <c r="O31" s="13">
+        <v>4170</v>
+      </c>
+      <c r="P31" s="13">
+        <v>4330</v>
+      </c>
+      <c r="Q31" s="13">
+        <v>4490</v>
+      </c>
+      <c r="R31" s="20">
+        <v>4670</v>
+      </c>
+      <c r="S31" s="20">
+        <v>4890</v>
+      </c>
+      <c r="T31" s="23">
+        <v>5180</v>
+      </c>
+      <c r="U31" s="23">
+        <v>5410</v>
+      </c>
+      <c r="V31" s="23">
+        <v>5640</v>
+      </c>
+      <c r="W31" s="13">
+        <v>5800</v>
+      </c>
+      <c r="X31" s="13">
+        <v>5860</v>
+      </c>
+      <c r="Y31" s="26"/>
+    </row>
+    <row r="32" spans="1:25">
+      <c r="A32" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" s="23">
+        <v>3060</v>
+      </c>
+      <c r="C32" s="13">
+        <v>2940</v>
+      </c>
+      <c r="D32" s="13">
+        <v>2830</v>
+      </c>
+      <c r="E32" s="13">
+        <v>2730</v>
+      </c>
+      <c r="F32" s="13">
+        <v>2640</v>
+      </c>
+      <c r="G32" s="13">
+        <v>2670</v>
+      </c>
+      <c r="H32" s="13">
+        <v>2550</v>
+      </c>
+      <c r="I32" s="13">
+        <v>2670</v>
+      </c>
+      <c r="J32" s="13">
+        <v>2780</v>
+      </c>
+      <c r="K32" s="13">
+        <v>2880</v>
+      </c>
+      <c r="L32" s="13">
+        <v>2900</v>
+      </c>
+      <c r="M32" s="13">
+        <v>3110</v>
+      </c>
+      <c r="N32" s="13">
+        <v>3260</v>
+      </c>
+      <c r="O32" s="13">
+        <v>3520</v>
+      </c>
+      <c r="P32" s="13">
+        <v>3690</v>
+      </c>
+      <c r="Q32" s="13">
+        <v>3770</v>
+      </c>
+      <c r="R32" s="20">
+        <v>3980</v>
+      </c>
+      <c r="S32" s="20">
+        <v>4150</v>
+      </c>
+      <c r="T32" s="23">
+        <v>4410</v>
+      </c>
+      <c r="U32" s="23">
+        <v>4780</v>
+      </c>
+      <c r="V32" s="23">
+        <v>5010</v>
+      </c>
+      <c r="W32" s="13">
+        <v>5000</v>
+      </c>
+      <c r="X32" s="13">
+        <v>4960</v>
+      </c>
+      <c r="Y32" s="26"/>
+    </row>
+    <row r="33" spans="1:25">
+      <c r="A33" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" s="23">
+        <v>2580</v>
+      </c>
+      <c r="C33" s="13">
+        <v>2560</v>
+      </c>
+      <c r="D33" s="13">
+        <v>2670</v>
+      </c>
+      <c r="E33" s="13">
+        <v>2650</v>
+      </c>
+      <c r="F33" s="13">
+        <v>2620</v>
+      </c>
+      <c r="G33" s="13">
         <v>2540</v>
       </c>
-      <c r="H29" s="13">
+      <c r="H33" s="13">
         <v>2290</v>
       </c>
-      <c r="I29" s="13">
+      <c r="I33" s="13">
         <v>2250</v>
       </c>
-      <c r="J29" s="13">
+      <c r="J33" s="13">
         <v>2500</v>
       </c>
-      <c r="K29" s="13">
+      <c r="K33" s="13">
         <v>2700</v>
       </c>
-      <c r="L29" s="13">
+      <c r="L33" s="13">
         <v>2990</v>
       </c>
-      <c r="M29" s="13">
+      <c r="M33" s="13">
         <v>3260</v>
       </c>
-      <c r="N29" s="13">
+      <c r="N33" s="13">
         <v>3550</v>
       </c>
-      <c r="O29" s="13">
+      <c r="O33" s="13">
         <v>3690</v>
       </c>
-      <c r="P29" s="13">
+      <c r="P33" s="13">
         <v>3950</v>
       </c>
-      <c r="Q29" s="13">
+      <c r="Q33" s="13">
         <v>4130</v>
       </c>
-      <c r="R29" s="20">
+      <c r="R33" s="20">
         <v>4220</v>
       </c>
-      <c r="S29" s="20">
+      <c r="S33" s="20">
         <v>4320</v>
       </c>
-      <c r="T29" s="23">
+      <c r="T33" s="23">
         <v>4440</v>
       </c>
-      <c r="U29" s="23">
+      <c r="U33" s="23">
         <v>4570</v>
       </c>
-      <c r="V29" s="23">
+      <c r="V33" s="23">
         <v>4700</v>
       </c>
-      <c r="W29" s="13">
+      <c r="W33" s="13">
         <v>4690</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="13" t="s">
+      <c r="X33" s="13">
+        <v>4570</v>
+      </c>
+      <c r="Y33" s="26"/>
+    </row>
+    <row r="34" spans="1:25">
+      <c r="A34" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="B30" s="23">
+      <c r="B34" s="23">
         <v>2850</v>
       </c>
-      <c r="C30" s="13">
+      <c r="C34" s="13">
         <v>2730</v>
       </c>
-      <c r="D30" s="13">
+      <c r="D34" s="13">
         <v>2980</v>
       </c>
-      <c r="E30" s="13">
+      <c r="E34" s="13">
         <v>3040</v>
       </c>
-      <c r="F30" s="13">
+      <c r="F34" s="13">
         <v>3080</v>
       </c>
-      <c r="G30" s="13">
+      <c r="G34" s="13">
         <v>2990</v>
       </c>
-      <c r="H30" s="13">
+      <c r="H34" s="13">
         <v>2740</v>
       </c>
-      <c r="I30" s="13">
+      <c r="I34" s="13">
         <v>2660</v>
       </c>
-      <c r="J30" s="13">
+      <c r="J34" s="13">
         <v>2760</v>
       </c>
-      <c r="K30" s="13">
+      <c r="K34" s="13">
         <v>2980</v>
       </c>
-      <c r="L30" s="13">
+      <c r="L34" s="13">
         <v>3090</v>
       </c>
-      <c r="M30" s="13">
+      <c r="M34" s="13">
         <v>3380</v>
       </c>
-      <c r="N30" s="13">
+      <c r="N34" s="13">
         <v>3700</v>
       </c>
-      <c r="O30" s="13">
+      <c r="O34" s="13">
         <v>3950</v>
       </c>
-      <c r="P30" s="13">
+      <c r="P34" s="13">
         <v>4180</v>
       </c>
-      <c r="Q30" s="13">
+      <c r="Q34" s="13">
         <v>4320</v>
       </c>
-      <c r="R30" s="20">
+      <c r="R34" s="20">
         <v>4460</v>
       </c>
-      <c r="S30" s="20">
+      <c r="S34" s="20">
         <v>4560</v>
       </c>
-      <c r="T30" s="23">
+      <c r="T34" s="23">
         <v>4740</v>
       </c>
-      <c r="U30" s="23">
+      <c r="U34" s="23">
         <v>4870</v>
       </c>
-      <c r="V30" s="23">
+      <c r="V34" s="23">
         <v>4990</v>
       </c>
-      <c r="W30" s="13">
+      <c r="W34" s="13">
         <v>5060</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="13" t="s">
+      <c r="X34" s="13">
+        <v>5150</v>
+      </c>
+      <c r="Y34" s="26"/>
+    </row>
+    <row r="35" spans="1:25">
+      <c r="A35" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B31" s="23">
+      <c r="B35" s="23">
         <v>2310</v>
       </c>
-      <c r="C31" s="13">
+      <c r="C35" s="13">
         <v>2390</v>
       </c>
-      <c r="D31" s="13">
+      <c r="D35" s="13">
         <v>2350</v>
       </c>
-      <c r="E31" s="13">
+      <c r="E35" s="13">
         <v>2840</v>
       </c>
-      <c r="F31" s="13">
+      <c r="F35" s="13">
         <v>3070</v>
       </c>
-      <c r="G31" s="13">
+      <c r="G35" s="13">
         <v>3130</v>
       </c>
-      <c r="H31" s="13">
+      <c r="H35" s="13">
         <v>2830</v>
       </c>
-      <c r="I31" s="13">
+      <c r="I35" s="13">
         <v>2900</v>
       </c>
-      <c r="J31" s="13">
+      <c r="J35" s="13">
         <v>3030</v>
       </c>
-      <c r="K31" s="13">
+      <c r="K35" s="13">
         <v>3370</v>
       </c>
-      <c r="L31" s="13">
+      <c r="L35" s="13">
         <v>3530</v>
       </c>
-      <c r="M31" s="13">
+      <c r="M35" s="13">
         <v>3890</v>
       </c>
-      <c r="N31" s="13">
+      <c r="N35" s="13">
         <v>4270</v>
       </c>
-      <c r="O31" s="13">
+      <c r="O35" s="13">
         <v>4590</v>
       </c>
-      <c r="P31" s="13">
+      <c r="P35" s="13">
         <v>4840</v>
       </c>
-      <c r="Q31" s="13">
+      <c r="Q35" s="13">
         <v>5010</v>
       </c>
-      <c r="R31" s="20">
+      <c r="R35" s="20">
         <v>5220</v>
       </c>
-      <c r="S31" s="20">
+      <c r="S35" s="20">
         <v>5460</v>
       </c>
-      <c r="T31" s="23">
+      <c r="T35" s="23">
         <v>5780</v>
       </c>
-      <c r="U31" s="23">
+      <c r="U35" s="23">
         <v>5990</v>
       </c>
-      <c r="V31" s="23">
+      <c r="V35" s="23">
         <v>6280</v>
       </c>
-      <c r="W31" s="13">
+      <c r="W35" s="13">
         <v>6470</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="13" t="s">
+      <c r="X35" s="13">
+        <v>6680</v>
+      </c>
+      <c r="Y35" s="26"/>
+    </row>
+    <row r="36" spans="1:25">
+      <c r="A36" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="B32" s="23">
+      <c r="B36" s="23">
         <v>2290</v>
       </c>
-      <c r="C32" s="13">
+      <c r="C36" s="13">
         <v>2340</v>
       </c>
-      <c r="D32" s="13">
+      <c r="D36" s="13">
         <v>2510</v>
       </c>
-      <c r="E32" s="13">
+      <c r="E36" s="13">
         <v>2910</v>
       </c>
-      <c r="F32" s="13">
+      <c r="F36" s="13">
         <v>2990</v>
       </c>
-      <c r="G32" s="13">
+      <c r="G36" s="13">
         <v>2920</v>
       </c>
-      <c r="H32" s="13">
+      <c r="H36" s="13">
         <v>2620</v>
       </c>
-      <c r="I32" s="13">
+      <c r="I36" s="13">
         <v>2640</v>
       </c>
-      <c r="J32" s="13">
+      <c r="J36" s="13">
         <v>2790</v>
       </c>
-      <c r="K32" s="13">
+      <c r="K36" s="13">
         <v>3000</v>
       </c>
-      <c r="L32" s="13">
+      <c r="L36" s="13">
         <v>3110</v>
       </c>
-      <c r="M32" s="13">
+      <c r="M36" s="13">
         <v>3380</v>
       </c>
-      <c r="N32" s="13">
+      <c r="N36" s="13">
         <v>3630</v>
       </c>
-      <c r="O32" s="13">
+      <c r="O36" s="13">
         <v>3800</v>
       </c>
-      <c r="P32" s="13">
+      <c r="P36" s="13">
         <v>4080</v>
       </c>
-      <c r="Q32" s="13">
+      <c r="Q36" s="13">
         <v>4240</v>
       </c>
-      <c r="R32" s="20">
+      <c r="R36" s="20">
         <v>4340</v>
       </c>
-      <c r="S32" s="20">
+      <c r="S36" s="20">
         <v>4580</v>
       </c>
-      <c r="T32" s="23">
+      <c r="T36" s="23">
         <v>4740</v>
       </c>
-      <c r="U32" s="23">
+      <c r="U36" s="23">
         <v>4760</v>
       </c>
-      <c r="V32" s="23">
+      <c r="V36" s="23">
         <v>4940</v>
       </c>
-      <c r="W32" s="13">
+      <c r="W36" s="13">
         <v>4950</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="13" t="s">
+      <c r="X36" s="13">
+        <v>4990</v>
+      </c>
+      <c r="Y36" s="26"/>
+    </row>
+    <row r="37" spans="1:25">
+      <c r="A37" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="B33" s="23">
+      <c r="B37" s="23">
         <v>3090</v>
       </c>
-      <c r="C33" s="13">
+      <c r="C37" s="13">
         <v>3200</v>
       </c>
-      <c r="D33" s="13">
+      <c r="D37" s="13">
         <v>3370</v>
       </c>
-      <c r="E33" s="13">
+      <c r="E37" s="13">
         <v>3490</v>
       </c>
-      <c r="F33" s="13">
+      <c r="F37" s="13">
         <v>3630</v>
       </c>
-      <c r="G33" s="13">
+      <c r="G37" s="13">
         <v>3580</v>
       </c>
-      <c r="H33" s="13">
+      <c r="H37" s="13">
         <v>3250</v>
       </c>
-      <c r="I33" s="13">
+      <c r="I37" s="13">
         <v>3180</v>
       </c>
-      <c r="J33" s="13">
+      <c r="J37" s="13">
         <v>3260</v>
       </c>
-      <c r="K33" s="13">
+      <c r="K37" s="13">
         <v>3520</v>
       </c>
-      <c r="L33" s="13">
+      <c r="L37" s="13">
         <v>3660</v>
       </c>
-      <c r="M33" s="13">
+      <c r="M37" s="13">
         <v>3950</v>
       </c>
-      <c r="N33" s="13">
+      <c r="N37" s="13">
         <v>4290</v>
       </c>
-      <c r="O33" s="13">
+      <c r="O37" s="13">
         <v>4640</v>
       </c>
-      <c r="P33" s="13">
+      <c r="P37" s="13">
         <v>4910</v>
       </c>
-      <c r="Q33" s="13">
+      <c r="Q37" s="13">
         <v>5040</v>
       </c>
-      <c r="R33" s="20">
+      <c r="R37" s="20">
         <v>5230</v>
       </c>
-      <c r="S33" s="20">
+      <c r="S37" s="20">
         <v>5360</v>
       </c>
-      <c r="T33" s="23">
+      <c r="T37" s="23">
         <v>5600</v>
       </c>
-      <c r="U33" s="23">
+      <c r="U37" s="23">
         <v>5810</v>
       </c>
-      <c r="V33" s="23">
+      <c r="V37" s="23">
         <v>6000</v>
       </c>
-      <c r="W33" s="13">
+      <c r="W37" s="13">
         <v>6010</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="13" t="s">
+      <c r="X37" s="13">
+        <v>5980</v>
+      </c>
+      <c r="Y37" s="26"/>
+    </row>
+    <row r="38" spans="1:25">
+      <c r="A38" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="B34" s="23">
+      <c r="B38" s="23">
         <v>2330</v>
       </c>
-      <c r="C34" s="13">
+      <c r="C38" s="13">
         <v>2310</v>
       </c>
-      <c r="D34" s="13">
+      <c r="D38" s="13">
         <v>2410</v>
       </c>
-      <c r="E34" s="13">
+      <c r="E38" s="13">
         <v>2540</v>
       </c>
-      <c r="F34" s="13">
+      <c r="F38" s="13">
         <v>2600</v>
       </c>
-      <c r="G34" s="13">
+      <c r="G38" s="13">
         <v>2570</v>
       </c>
-      <c r="H34" s="13">
+      <c r="H38" s="13">
         <v>2350</v>
       </c>
-      <c r="I34" s="13">
+      <c r="I38" s="13">
         <v>2540</v>
       </c>
-      <c r="J34" s="13">
+      <c r="J38" s="13">
         <v>3050</v>
       </c>
-      <c r="K34" s="13">
+      <c r="K38" s="13">
         <v>3470</v>
       </c>
-      <c r="L34" s="13">
+      <c r="L38" s="13">
         <v>3870</v>
       </c>
-      <c r="M34" s="13">
+      <c r="M38" s="13">
         <v>4190</v>
       </c>
-      <c r="N34" s="13">
+      <c r="N38" s="13">
         <v>4510</v>
       </c>
-      <c r="O34" s="13">
+      <c r="O38" s="13">
         <v>4910</v>
       </c>
-      <c r="P34" s="13">
+      <c r="P38" s="13">
         <v>5020</v>
       </c>
-      <c r="Q34" s="13">
+      <c r="Q38" s="13">
         <v>5290</v>
       </c>
-      <c r="R34" s="20">
+      <c r="R38" s="20">
         <v>5530</v>
       </c>
-      <c r="S34" s="20">
+      <c r="S38" s="20">
         <v>5670</v>
       </c>
-      <c r="T34" s="23">
+      <c r="T38" s="23">
         <v>5800</v>
       </c>
-      <c r="U34" s="23">
+      <c r="U38" s="23">
         <v>5930</v>
       </c>
-      <c r="V34" s="23">
+      <c r="V38" s="23">
         <v>6180</v>
       </c>
-      <c r="W34" s="13">
+      <c r="W38" s="13">
         <v>6630</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="13" t="s">
+      <c r="X38" s="13">
+        <v>6640</v>
+      </c>
+      <c r="Y38" s="26"/>
+    </row>
+    <row r="39" spans="1:25">
+      <c r="A39" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B35" s="23">
+      <c r="B39" s="23">
         <v>2090</v>
       </c>
-      <c r="C35" s="13">
+      <c r="C39" s="13">
         <v>2250</v>
       </c>
-      <c r="D35" s="13">
+      <c r="D39" s="13">
         <v>2560</v>
       </c>
-      <c r="E35" s="13">
+      <c r="E39" s="13">
         <v>2620</v>
       </c>
-      <c r="F35" s="13">
+      <c r="F39" s="13">
         <v>2820</v>
       </c>
-      <c r="G35" s="13">
+      <c r="G39" s="13">
         <v>2820</v>
       </c>
-      <c r="H35" s="13">
+      <c r="H39" s="13">
         <v>2640</v>
       </c>
-      <c r="I35" s="13">
+      <c r="I39" s="13">
         <v>2630</v>
       </c>
-      <c r="J35" s="13">
+      <c r="J39" s="13">
         <v>2860</v>
       </c>
-      <c r="K35" s="13">
+      <c r="K39" s="13">
         <v>3080</v>
       </c>
-      <c r="L35" s="13">
+      <c r="L39" s="13">
         <v>3190</v>
       </c>
-      <c r="M35" s="13">
+      <c r="M39" s="13">
         <v>3410</v>
       </c>
-      <c r="N35" s="13">
+      <c r="N39" s="13">
         <v>3660</v>
       </c>
-      <c r="O35" s="13">
+      <c r="O39" s="13">
         <v>3860</v>
       </c>
-      <c r="P35" s="13">
+      <c r="P39" s="13">
         <v>4030</v>
       </c>
-      <c r="Q35" s="13">
+      <c r="Q39" s="13">
         <v>4160</v>
       </c>
-      <c r="R35" s="20">
+      <c r="R39" s="20">
         <v>4250</v>
       </c>
-      <c r="S35" s="20">
+      <c r="S39" s="20">
         <v>4410</v>
       </c>
-      <c r="T35" s="23">
+      <c r="T39" s="23">
         <v>4620</v>
       </c>
-      <c r="U35" s="23">
+      <c r="U39" s="23">
         <v>4820</v>
       </c>
-      <c r="V35" s="23">
+      <c r="V39" s="23">
         <v>4930</v>
       </c>
-      <c r="W35" s="13">
+      <c r="W39" s="13">
         <v>5030</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="13" t="s">
+      <c r="X39" s="13">
+        <v>4960</v>
+      </c>
+      <c r="Y39" s="26"/>
+    </row>
+    <row r="40" spans="1:25">
+      <c r="A40" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="B36" s="23">
+      <c r="B40" s="23">
         <v>3440</v>
       </c>
-      <c r="C36" s="13">
+      <c r="C40" s="13">
         <v>3330</v>
       </c>
-      <c r="D36" s="13">
+      <c r="D40" s="13">
         <v>3760</v>
       </c>
-      <c r="E36" s="13">
+      <c r="E40" s="13">
         <v>3850</v>
       </c>
-      <c r="F36" s="13">
+      <c r="F40" s="13">
         <v>3760</v>
       </c>
-      <c r="G36" s="13">
+      <c r="G40" s="13">
         <v>3710</v>
       </c>
-      <c r="H36" s="13">
+      <c r="H40" s="13">
         <v>3480</v>
       </c>
-      <c r="I36" s="13">
+      <c r="I40" s="13">
         <v>3390</v>
       </c>
-      <c r="J36" s="13">
+      <c r="J40" s="13">
         <v>3470</v>
       </c>
-      <c r="K36" s="13">
+      <c r="K40" s="13">
         <v>3740</v>
       </c>
-      <c r="L36" s="13">
+      <c r="L40" s="13">
         <v>3960</v>
       </c>
-      <c r="M36" s="13">
+      <c r="M40" s="13">
         <v>4320</v>
       </c>
-      <c r="N36" s="13">
+      <c r="N40" s="13">
         <v>4730</v>
       </c>
-      <c r="O36" s="13">
+      <c r="O40" s="13">
         <v>5020</v>
       </c>
-      <c r="P36" s="13">
+      <c r="P40" s="13">
         <v>5220</v>
       </c>
-      <c r="Q36" s="13">
+      <c r="Q40" s="13">
         <v>5360</v>
       </c>
-      <c r="R36" s="20">
+      <c r="R40" s="20">
         <v>5560</v>
       </c>
-      <c r="S36" s="20">
+      <c r="S40" s="20">
         <v>5640</v>
       </c>
-      <c r="T36" s="23">
+      <c r="T40" s="23">
         <v>5860</v>
       </c>
-      <c r="U36" s="23">
+      <c r="U40" s="23">
         <v>5980</v>
       </c>
-      <c r="V36" s="23">
+      <c r="V40" s="23">
         <v>6160</v>
       </c>
-      <c r="W36" s="13">
+      <c r="W40" s="13">
         <v>6100</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="13" t="s">
+      <c r="X40" s="13">
+        <v>5930</v>
+      </c>
+      <c r="Y40" s="26"/>
+    </row>
+    <row r="41" spans="1:25">
+      <c r="A41" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="B37" s="23">
+      <c r="B41" s="23">
         <v>2960</v>
       </c>
-      <c r="C37" s="13">
+      <c r="C41" s="13">
         <v>3160</v>
       </c>
-      <c r="D37" s="13">
+      <c r="D41" s="13">
         <v>3270</v>
       </c>
-      <c r="E37" s="13">
+      <c r="E41" s="13">
         <v>3220</v>
       </c>
-      <c r="F37" s="13">
+      <c r="F41" s="13">
         <v>3070</v>
       </c>
-      <c r="G37" s="13">
+      <c r="G41" s="13">
         <v>3030</v>
       </c>
-      <c r="H37" s="13">
+      <c r="H41" s="13">
         <v>2910</v>
       </c>
-      <c r="I37" s="13">
+      <c r="I41" s="13">
         <v>2960</v>
       </c>
-      <c r="J37" s="13">
+      <c r="J41" s="13">
         <v>3090</v>
       </c>
-      <c r="K37" s="13">
+      <c r="K41" s="13">
         <v>3180</v>
       </c>
-      <c r="L37" s="13">
+      <c r="L41" s="13">
         <v>3230</v>
       </c>
-      <c r="M37" s="13">
+      <c r="M41" s="13">
         <v>3410</v>
       </c>
-      <c r="N37" s="13">
+      <c r="N41" s="13">
         <v>3630</v>
       </c>
-      <c r="O37" s="13">
+      <c r="O41" s="13">
         <v>3800</v>
       </c>
-      <c r="P37" s="13">
+      <c r="P41" s="13">
         <v>3910</v>
       </c>
-      <c r="Q37" s="13">
+      <c r="Q41" s="13">
         <v>4020</v>
       </c>
-      <c r="R37" s="20">
+      <c r="R41" s="20">
         <v>4160</v>
       </c>
-      <c r="S37" s="20">
+      <c r="S41" s="20">
         <v>4220</v>
       </c>
-      <c r="T37" s="23">
+      <c r="T41" s="23">
         <v>4500</v>
       </c>
-      <c r="U37" s="23">
+      <c r="U41" s="23">
         <v>4820</v>
       </c>
-      <c r="V37" s="23">
+      <c r="V41" s="23">
         <v>5050</v>
       </c>
-      <c r="W37" s="13">
+      <c r="W41" s="13">
         <v>5090</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="13" t="s">
+      <c r="X41" s="13">
+        <v>4860</v>
+      </c>
+      <c r="Y41" s="26"/>
+    </row>
+    <row r="42" spans="1:25">
+      <c r="A42" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B38" s="23">
+      <c r="B42" s="23">
         <v>3300</v>
       </c>
-      <c r="C38" s="13">
+      <c r="C42" s="13">
         <v>3400</v>
       </c>
-      <c r="D38" s="13">
+      <c r="D42" s="13">
         <v>3730</v>
       </c>
-      <c r="E38" s="13">
+      <c r="E42" s="13">
         <v>4040</v>
       </c>
-      <c r="F38" s="13">
+      <c r="F42" s="13">
         <v>4280</v>
       </c>
-      <c r="G38" s="13">
+      <c r="G42" s="13">
         <v>4300</v>
       </c>
-      <c r="H38" s="13">
+      <c r="H42" s="13">
         <v>3850</v>
       </c>
-      <c r="I38" s="13">
+      <c r="I42" s="13">
         <v>3690</v>
       </c>
-      <c r="J38" s="13">
+      <c r="J42" s="13">
         <v>3770</v>
       </c>
-      <c r="K38" s="13">
+      <c r="K42" s="13">
         <v>3990</v>
       </c>
-      <c r="L38" s="13">
+      <c r="L42" s="13">
         <v>4090</v>
       </c>
-      <c r="M38" s="13">
+      <c r="M42" s="13">
         <v>4500</v>
       </c>
-      <c r="N38" s="13">
+      <c r="N42" s="13">
         <v>4910</v>
       </c>
-      <c r="O38" s="13">
+      <c r="O42" s="13">
         <v>5220</v>
       </c>
-      <c r="P38" s="13">
+      <c r="P42" s="13">
         <v>5190</v>
       </c>
-      <c r="Q38" s="13">
+      <c r="Q42" s="13">
         <v>5420</v>
       </c>
-      <c r="R38" s="20">
+      <c r="R42" s="20">
         <v>5690</v>
       </c>
-      <c r="S38" s="20">
+      <c r="S42" s="20">
         <v>5790</v>
       </c>
-      <c r="T38" s="23">
+      <c r="T42" s="23">
         <v>5320</v>
       </c>
-      <c r="U38" s="23">
+      <c r="U42" s="23">
         <v>6310</v>
       </c>
-      <c r="V38" s="23">
+      <c r="V42" s="23">
         <v>6550</v>
       </c>
-      <c r="W38" s="13">
+      <c r="W42" s="13">
         <v>6780</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="X42" s="13">
+        <v>7000</v>
+      </c>
+      <c r="Y42" s="26"/>
+    </row>
+    <row r="43" spans="1:25">
+      <c r="A43" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="B39" s="23">
+      <c r="B43" s="23">
         <v>3670</v>
       </c>
-      <c r="C39" s="13">
+      <c r="C43" s="13">
         <v>3950</v>
       </c>
-      <c r="D39" s="13">
+      <c r="D43" s="13">
         <v>4210</v>
       </c>
-      <c r="E39" s="13">
+      <c r="E43" s="13">
         <v>4470</v>
       </c>
-      <c r="F39" s="13">
+      <c r="F43" s="13">
         <v>4500</v>
       </c>
-      <c r="G39" s="13">
+      <c r="G43" s="13">
         <v>4380</v>
       </c>
-      <c r="H39" s="13">
+      <c r="H43" s="13">
         <v>3660</v>
       </c>
-      <c r="I39" s="13">
+      <c r="I43" s="13">
         <v>3350</v>
       </c>
-      <c r="J39" s="13">
+      <c r="J43" s="13">
         <v>3330</v>
       </c>
-      <c r="K39" s="13">
+      <c r="K43" s="13">
         <v>3490</v>
       </c>
-      <c r="L39" s="13">
+      <c r="L43" s="13">
         <v>3650</v>
       </c>
-      <c r="M39" s="13">
+      <c r="M43" s="13">
         <v>4010</v>
       </c>
-      <c r="N39" s="13">
+      <c r="N43" s="13">
         <v>4440</v>
       </c>
-      <c r="O39" s="13">
+      <c r="O43" s="13">
         <v>4800</v>
       </c>
-      <c r="P39" s="13">
+      <c r="P43" s="13">
         <v>5020</v>
       </c>
-      <c r="Q39" s="13">
+      <c r="Q43" s="13">
         <v>5260</v>
       </c>
-      <c r="R39" s="20">
+      <c r="R43" s="20">
         <v>5410</v>
       </c>
-      <c r="S39" s="20">
+      <c r="S43" s="20">
         <v>5450</v>
       </c>
-      <c r="T39" s="23">
+      <c r="T43" s="23">
         <v>5710</v>
       </c>
-      <c r="U39" s="23">
+      <c r="U43" s="23">
         <v>6030</v>
       </c>
-      <c r="V39" s="23">
+      <c r="V43" s="23">
         <v>6190</v>
       </c>
-      <c r="W39" s="13">
+      <c r="W43" s="13">
         <v>6230</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="13" t="s">
+      <c r="X43" s="13">
+        <v>6230</v>
+      </c>
+      <c r="Y43" s="26"/>
+    </row>
+    <row r="44" spans="1:25">
+      <c r="A44" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="B40" s="23">
+      <c r="B44" s="23">
         <v>2410</v>
       </c>
-      <c r="C40" s="13">
+      <c r="C44" s="13">
         <v>2570</v>
       </c>
-      <c r="D40" s="13">
+      <c r="D44" s="13">
         <v>2850</v>
       </c>
-      <c r="E40" s="13">
+      <c r="E44" s="13">
         <v>2930</v>
       </c>
-      <c r="F40" s="13">
+      <c r="F44" s="13">
         <v>2710</v>
       </c>
-      <c r="G40" s="13">
+      <c r="G44" s="13">
         <v>2630</v>
       </c>
-      <c r="H40" s="13">
+      <c r="H44" s="13">
         <v>2540</v>
       </c>
-      <c r="I40" s="13">
+      <c r="I44" s="13">
         <v>2610</v>
       </c>
-      <c r="J40" s="13">
+      <c r="J44" s="13">
         <v>2740</v>
       </c>
-      <c r="K40" s="13">
+      <c r="K44" s="13">
         <v>2870</v>
       </c>
-      <c r="L40" s="13">
+      <c r="L44" s="13">
         <v>2930</v>
       </c>
-      <c r="M40" s="13">
+      <c r="M44" s="13">
         <v>3110</v>
       </c>
-      <c r="N40" s="13">
+      <c r="N44" s="13">
         <v>3350</v>
       </c>
-      <c r="O40" s="13">
+      <c r="O44" s="13">
         <v>3470</v>
       </c>
-      <c r="P40" s="13">
+      <c r="P44" s="13">
         <v>3560</v>
       </c>
-      <c r="Q40" s="13">
+      <c r="Q44" s="13">
         <v>3700</v>
       </c>
-      <c r="R40" s="20">
+      <c r="R44" s="20">
         <v>3780</v>
       </c>
-      <c r="S40" s="20">
+      <c r="S44" s="20">
         <v>3820</v>
       </c>
-      <c r="T40" s="23">
+      <c r="T44" s="23">
         <v>4080</v>
       </c>
-      <c r="U40" s="23">
+      <c r="U44" s="23">
         <v>4230</v>
       </c>
-      <c r="V40" s="23">
+      <c r="V44" s="23">
         <v>4430</v>
       </c>
-      <c r="W40" s="13">
+      <c r="W44" s="13">
         <v>4460</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="13" t="s">
+      <c r="X44" s="13">
+        <v>4320</v>
+      </c>
+      <c r="Y44" s="26"/>
+    </row>
+    <row r="45" spans="1:25">
+      <c r="A45" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="B41" s="23">
+      <c r="B45" s="23">
         <v>2820</v>
       </c>
-      <c r="C41" s="13">
+      <c r="C45" s="13">
         <v>2970</v>
       </c>
-      <c r="D41" s="13">
+      <c r="D45" s="13">
         <v>2980</v>
       </c>
-      <c r="E41" s="13">
+      <c r="E45" s="13">
         <v>2980</v>
       </c>
-      <c r="F41" s="13">
+      <c r="F45" s="13">
         <v>3020</v>
       </c>
-      <c r="G41" s="13">
+      <c r="G45" s="13">
         <v>2980</v>
       </c>
-      <c r="H41" s="13">
+      <c r="H45" s="13">
         <v>2760</v>
       </c>
-      <c r="I41" s="13">
+      <c r="I45" s="13">
         <v>2760</v>
       </c>
-      <c r="J41" s="13">
+      <c r="J45" s="13">
         <v>2900</v>
       </c>
-      <c r="K41" s="13">
+      <c r="K45" s="13">
         <v>3110</v>
       </c>
-      <c r="L41" s="13">
+      <c r="L45" s="13">
         <v>3220</v>
       </c>
-      <c r="M41" s="13">
+      <c r="M45" s="13">
         <v>3510</v>
       </c>
-      <c r="N41" s="13">
+      <c r="N45" s="13">
         <v>3800</v>
       </c>
-      <c r="O41" s="13">
+      <c r="O45" s="13">
         <v>4010</v>
       </c>
-      <c r="P41" s="13">
+      <c r="P45" s="13">
         <v>4190</v>
       </c>
-      <c r="Q41" s="13">
+      <c r="Q45" s="13">
         <v>4370</v>
       </c>
-      <c r="R41" s="20">
+      <c r="R45" s="20">
         <v>4590</v>
       </c>
-      <c r="S41" s="20">
+      <c r="S45" s="20">
         <v>4710</v>
       </c>
-      <c r="T41" s="23">
+      <c r="T45" s="23">
         <v>4940</v>
       </c>
-      <c r="U41" s="23">
+      <c r="U45" s="23">
         <v>5180</v>
       </c>
-      <c r="V41" s="23">
+      <c r="V45" s="23">
         <v>5330</v>
       </c>
-      <c r="W41" s="13">
+      <c r="W45" s="13">
         <v>5390</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="13" t="s">
+      <c r="X45" s="13">
+        <v>5410</v>
+      </c>
+      <c r="Y45" s="26"/>
+    </row>
+    <row r="46" spans="1:25">
+      <c r="A46" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="B42" s="23">
+      <c r="B46" s="23">
         <v>2780</v>
       </c>
-      <c r="C42" s="13">
+      <c r="C46" s="13">
         <v>2760</v>
       </c>
-      <c r="D42" s="13">
+      <c r="D46" s="13">
         <v>2980</v>
       </c>
-      <c r="E42" s="13">
+      <c r="E46" s="13">
         <v>3180</v>
       </c>
-      <c r="F42" s="13">
+      <c r="F46" s="13">
         <v>3410</v>
       </c>
-      <c r="G42" s="13">
+      <c r="G46" s="13">
         <v>3520</v>
       </c>
-      <c r="H42" s="13">
+      <c r="H46" s="13">
         <v>3450</v>
       </c>
-      <c r="I42" s="13">
+      <c r="I46" s="13">
         <v>3420</v>
       </c>
-      <c r="J42" s="13">
+      <c r="J46" s="13">
         <v>3620</v>
       </c>
-      <c r="K42" s="13">
+      <c r="K46" s="13">
         <v>3980</v>
       </c>
-      <c r="L42" s="13">
+      <c r="L46" s="13">
         <v>4160</v>
       </c>
-      <c r="M42" s="13">
+      <c r="M46" s="13">
         <v>4530</v>
       </c>
-      <c r="N42" s="13">
+      <c r="N46" s="13">
         <v>4860</v>
       </c>
-      <c r="O42" s="13">
+      <c r="O46" s="13">
         <v>4960</v>
       </c>
-      <c r="P42" s="13">
+      <c r="P46" s="13">
         <v>5050</v>
       </c>
-      <c r="Q42" s="13">
+      <c r="Q46" s="13">
         <v>5350</v>
       </c>
-      <c r="R42" s="20">
+      <c r="R46" s="20">
         <v>5510</v>
       </c>
-      <c r="S42" s="20">
+      <c r="S46" s="20">
         <v>5130</v>
       </c>
-      <c r="T42" s="23">
+      <c r="T46" s="23">
         <v>5900</v>
       </c>
-      <c r="U42" s="23">
+      <c r="U46" s="23">
         <v>6000</v>
       </c>
-      <c r="V42" s="23">
+      <c r="V46" s="23">
         <v>6130</v>
       </c>
-      <c r="W42" s="13">
+      <c r="W46" s="13">
         <v>6270</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="13" t="s">
+      <c r="X46" s="13">
+        <v>6370</v>
+      </c>
+      <c r="Y46" s="26"/>
+    </row>
+    <row r="47" spans="1:25">
+      <c r="A47" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="B43" s="23">
+      <c r="B47" s="23">
         <v>2530</v>
       </c>
-      <c r="C43" s="13">
+      <c r="C47" s="13">
         <v>2570</v>
       </c>
-      <c r="D43" s="13">
+      <c r="D47" s="13">
         <v>2840</v>
       </c>
-      <c r="E43" s="13">
+      <c r="E47" s="13">
         <v>2930</v>
       </c>
-      <c r="F43" s="13">
+      <c r="F47" s="13">
         <v>2920</v>
       </c>
-      <c r="G43" s="13">
+      <c r="G47" s="13">
         <v>2810</v>
       </c>
-      <c r="H43" s="13">
+      <c r="H47" s="13">
         <v>2470</v>
       </c>
-      <c r="I43" s="13">
+      <c r="I47" s="13">
         <v>2290</v>
       </c>
-      <c r="J43" s="13">
+      <c r="J47" s="13">
         <v>2320</v>
       </c>
-      <c r="K43" s="13">
+      <c r="K47" s="13">
         <v>2480</v>
       </c>
-      <c r="L43" s="13">
+      <c r="L47" s="13">
         <v>2620</v>
       </c>
-      <c r="M43" s="13">
+      <c r="M47" s="13">
         <v>2900</v>
       </c>
-      <c r="N43" s="13">
+      <c r="N47" s="13">
         <v>3220</v>
       </c>
-      <c r="O43" s="13">
+      <c r="O47" s="13">
         <v>3510</v>
       </c>
-      <c r="P43" s="13">
+      <c r="P47" s="13">
         <v>3770</v>
       </c>
-      <c r="Q43" s="13">
+      <c r="Q47" s="13">
         <v>3950</v>
       </c>
-      <c r="R43" s="20">
+      <c r="R47" s="20">
         <v>4010</v>
       </c>
-      <c r="S43" s="20">
+      <c r="S47" s="20">
         <v>4070</v>
       </c>
-      <c r="T43" s="23">
+      <c r="T47" s="23">
         <v>4300</v>
       </c>
-      <c r="U43" s="23">
+      <c r="U47" s="23">
         <v>4530</v>
       </c>
-      <c r="V43" s="23">
+      <c r="V47" s="23">
         <v>4470</v>
       </c>
-      <c r="W43" s="13">
+      <c r="W47" s="13">
         <v>4270</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="13" t="s">
+      <c r="X47" s="13">
+        <v>4360</v>
+      </c>
+      <c r="Y47" s="26"/>
+    </row>
+    <row r="48" spans="1:25">
+      <c r="A48" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="B44" s="23">
+      <c r="B48" s="23">
         <v>2710</v>
       </c>
-      <c r="C44" s="13">
+      <c r="C48" s="13">
         <v>2650</v>
       </c>
-      <c r="D44" s="13">
+      <c r="D48" s="13">
         <v>2860</v>
       </c>
-      <c r="E44" s="13">
+      <c r="E48" s="13">
         <v>2880</v>
       </c>
-      <c r="F44" s="13">
+      <c r="F48" s="13">
         <v>2900</v>
       </c>
-      <c r="G44" s="13">
+      <c r="G48" s="13">
         <v>2880</v>
       </c>
-      <c r="H44" s="13">
+      <c r="H48" s="13">
         <v>2720</v>
       </c>
-      <c r="I44" s="13">
+      <c r="I48" s="13">
         <v>2730</v>
       </c>
-      <c r="J44" s="13">
+      <c r="J48" s="13">
         <v>2890</v>
       </c>
-      <c r="K44" s="13">
+      <c r="K48" s="13">
         <v>3080</v>
       </c>
-      <c r="L44" s="13">
+      <c r="L48" s="13">
         <v>3160</v>
       </c>
-      <c r="M44" s="13">
+      <c r="M48" s="13">
         <v>3420</v>
       </c>
-      <c r="N44" s="13">
+      <c r="N48" s="13">
         <v>3680</v>
       </c>
-      <c r="O44" s="13">
+      <c r="O48" s="13">
         <v>3880</v>
       </c>
-      <c r="P44" s="13">
+      <c r="P48" s="13">
         <v>4000</v>
       </c>
-      <c r="Q44" s="13">
+      <c r="Q48" s="13">
         <v>4150</v>
       </c>
-      <c r="R44" s="20">
+      <c r="R48" s="20">
         <v>4310</v>
       </c>
-      <c r="S44" s="20">
+      <c r="S48" s="20">
         <v>4380</v>
       </c>
-      <c r="T44" s="23">
+      <c r="T48" s="23">
         <v>4650</v>
       </c>
-      <c r="U44" s="23">
+      <c r="U48" s="23">
         <v>4780</v>
       </c>
-      <c r="V44" s="23">
+      <c r="V48" s="23">
         <v>4850</v>
       </c>
-      <c r="W44" s="13">
+      <c r="W48" s="13">
         <v>4890</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="13" t="s">
+      <c r="X48" s="13">
+        <v>4850</v>
+      </c>
+      <c r="Y48" s="26"/>
+    </row>
+    <row r="49" spans="1:25">
+      <c r="A49" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="B45" s="23">
+      <c r="B49" s="23">
         <v>2340</v>
       </c>
-      <c r="C45" s="13">
+      <c r="C49" s="13">
         <v>2360</v>
       </c>
-      <c r="D45" s="13">
+      <c r="D49" s="13">
         <v>2650</v>
       </c>
-      <c r="E45" s="13">
+      <c r="E49" s="13">
         <v>2750</v>
       </c>
-      <c r="F45" s="13">
+      <c r="F49" s="13">
         <v>2690</v>
       </c>
-      <c r="G45" s="13">
+      <c r="G49" s="13">
         <v>2470</v>
       </c>
-      <c r="H45" s="13">
+      <c r="H49" s="13">
         <v>2390</v>
       </c>
-      <c r="I45" s="13">
+      <c r="I49" s="13">
         <v>2400</v>
       </c>
-      <c r="J45" s="13">
+      <c r="J49" s="13">
         <v>2470</v>
       </c>
-      <c r="K45" s="13">
+      <c r="K49" s="13">
         <v>2840</v>
       </c>
-      <c r="L45" s="13">
+      <c r="L49" s="13">
         <v>2920</v>
       </c>
-      <c r="M45" s="13">
+      <c r="M49" s="13">
         <v>3000</v>
       </c>
-      <c r="N45" s="13">
+      <c r="N49" s="13">
         <v>3040</v>
       </c>
-      <c r="O45" s="13">
+      <c r="O49" s="13">
         <v>3190</v>
       </c>
-      <c r="R45" s="20"/>
-[...6 lines deleted...]
-      <c r="A46" s="13" t="s">
+      <c r="R49" s="20"/>
+      <c r="S49" s="20"/>
+      <c r="T49" s="22"/>
+      <c r="U49" s="23"/>
+      <c r="V49" s="23"/>
+      <c r="Y49" s="26"/>
+    </row>
+    <row r="50" spans="1:25">
+      <c r="A50" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B46" s="23">
+      <c r="B50" s="23">
         <v>2570</v>
       </c>
-      <c r="C46" s="13">
+      <c r="C50" s="13">
         <v>2680</v>
       </c>
-      <c r="D46" s="13">
+      <c r="D50" s="13">
         <v>2780</v>
       </c>
-      <c r="E46" s="13">
+      <c r="E50" s="13">
         <v>2800</v>
       </c>
-      <c r="F46" s="13">
+      <c r="F50" s="13">
         <v>2640</v>
       </c>
-      <c r="G46" s="13">
+      <c r="G50" s="13">
         <v>2510</v>
       </c>
-      <c r="H46" s="13">
+      <c r="H50" s="13">
         <v>2350</v>
       </c>
-      <c r="I46" s="13">
+      <c r="I50" s="13">
         <v>2360</v>
       </c>
-      <c r="J46" s="13">
+      <c r="J50" s="13">
         <v>2450</v>
       </c>
-      <c r="K46" s="13">
+      <c r="K50" s="13">
         <v>2580</v>
       </c>
-      <c r="L46" s="13">
+      <c r="L50" s="13">
         <v>2660</v>
       </c>
-      <c r="M46" s="13">
+      <c r="M50" s="13">
         <v>2870</v>
       </c>
-      <c r="N46" s="13">
+      <c r="N50" s="13">
         <v>3210</v>
       </c>
-      <c r="O46" s="13">
+      <c r="O50" s="13">
         <v>3420</v>
       </c>
-      <c r="P46" s="13">
+      <c r="P50" s="13">
         <v>3610</v>
       </c>
-      <c r="Q46" s="13">
+      <c r="Q50" s="13">
         <v>3740</v>
       </c>
-      <c r="R46" s="20">
+      <c r="R50" s="20">
         <v>3970</v>
       </c>
-      <c r="S46" s="20">
+      <c r="S50" s="20">
         <v>4030</v>
       </c>
-      <c r="T46" s="23">
+      <c r="T50" s="23">
         <v>4330</v>
       </c>
-      <c r="U46" s="23">
+      <c r="U50" s="23">
         <v>4530</v>
       </c>
-      <c r="V46" s="23">
+      <c r="V50" s="23">
         <v>4700</v>
       </c>
-      <c r="W46" s="13">
+      <c r="W50" s="13">
         <v>4820</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="13" t="s">
+      <c r="X50" s="13">
+        <v>4380</v>
+      </c>
+      <c r="Y50" s="26"/>
+    </row>
+    <row r="51" spans="1:25">
+      <c r="A51" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="B47" s="23">
+      <c r="B51" s="23">
         <v>2880</v>
       </c>
-      <c r="C47" s="13">
+      <c r="C51" s="13">
         <v>2950</v>
       </c>
-      <c r="D47" s="13">
+      <c r="D51" s="13">
         <v>3120</v>
       </c>
-      <c r="E47" s="13">
+      <c r="E51" s="13">
         <v>3230</v>
       </c>
-      <c r="F47" s="13">
+      <c r="F51" s="13">
         <v>3380</v>
       </c>
-      <c r="G47" s="13">
+      <c r="G51" s="13">
         <v>3340</v>
       </c>
-      <c r="H47" s="13">
+      <c r="H51" s="13">
         <v>3010</v>
       </c>
-      <c r="I47" s="13">
+      <c r="I51" s="13">
         <v>2920</v>
       </c>
-      <c r="J47" s="13">
+      <c r="J51" s="13">
         <v>2970</v>
       </c>
-      <c r="K47" s="13">
+      <c r="K51" s="13">
         <v>3180</v>
       </c>
-      <c r="L47" s="13">
+      <c r="L51" s="13">
         <v>3340</v>
       </c>
-      <c r="M47" s="13">
+      <c r="M51" s="13">
         <v>3650</v>
       </c>
-      <c r="N47" s="13">
+      <c r="N51" s="13">
         <v>3910</v>
       </c>
-      <c r="O47" s="13">
+      <c r="O51" s="13">
         <v>4390</v>
       </c>
-      <c r="P47" s="13">
+      <c r="P51" s="13">
         <v>4630</v>
       </c>
-      <c r="Q47" s="13">
+      <c r="Q51" s="13">
         <v>4780</v>
       </c>
-      <c r="R47" s="20">
+      <c r="R51" s="20">
         <v>5000</v>
       </c>
-      <c r="S47" s="20">
+      <c r="S51" s="20">
         <v>5130</v>
       </c>
-      <c r="T47" s="23">
+      <c r="T51" s="23">
         <v>5420</v>
       </c>
-      <c r="U47" s="23">
+      <c r="U51" s="23">
         <v>5650</v>
       </c>
-      <c r="V47" s="23">
+      <c r="V51" s="23">
         <v>5830</v>
       </c>
-      <c r="W47" s="13">
+      <c r="W51" s="13">
         <v>5930</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="13" t="s">
+      <c r="X51" s="13">
+        <v>6050</v>
+      </c>
+      <c r="Y51" s="26"/>
+    </row>
+    <row r="52" spans="1:25">
+      <c r="A52" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="B48" s="23">
+      <c r="B52" s="23">
         <v>2720</v>
       </c>
-      <c r="C48" s="13">
+      <c r="C52" s="13">
         <v>2680</v>
       </c>
-      <c r="D48" s="13">
+      <c r="D52" s="13">
         <v>2740</v>
       </c>
-      <c r="E48" s="13">
+      <c r="E52" s="13">
         <v>2990</v>
       </c>
-      <c r="F48" s="13">
+      <c r="F52" s="13">
         <v>3200</v>
       </c>
-      <c r="G48" s="13">
+      <c r="G52" s="13">
         <v>3020</v>
       </c>
-      <c r="H48" s="13">
+      <c r="H52" s="13">
         <v>2780</v>
       </c>
-      <c r="I48" s="13">
+      <c r="I52" s="13">
         <v>2820</v>
       </c>
-      <c r="J48" s="13">
+      <c r="J52" s="13">
         <v>3170</v>
       </c>
-      <c r="K48" s="13">
+      <c r="K52" s="13">
         <v>3420</v>
       </c>
-      <c r="L48" s="13">
+      <c r="L52" s="13">
         <v>3620</v>
       </c>
-      <c r="M48" s="13">
+      <c r="M52" s="13">
         <v>3800</v>
       </c>
-      <c r="N48" s="13">
+      <c r="N52" s="13">
         <v>4000</v>
       </c>
-      <c r="O48" s="13">
+      <c r="O52" s="13">
         <v>4220</v>
       </c>
-      <c r="P48" s="13">
+      <c r="P52" s="13">
         <v>4350</v>
       </c>
-      <c r="Q48" s="13">
+      <c r="Q52" s="13">
         <v>4520</v>
       </c>
-      <c r="R48" s="20">
+      <c r="R52" s="20">
         <v>4610</v>
       </c>
-      <c r="S48" s="20">
+      <c r="S52" s="20">
         <v>4780</v>
       </c>
-      <c r="T48" s="23">
+      <c r="T52" s="23">
         <v>4950</v>
       </c>
-      <c r="U48" s="23">
+      <c r="U52" s="23">
         <v>5150</v>
       </c>
-      <c r="V48" s="23">
+      <c r="V52" s="23">
         <v>5240</v>
       </c>
-      <c r="W48" s="13">
+      <c r="W52" s="13">
         <v>5530</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="13" t="s">
+      <c r="X52" s="13">
+        <v>5370</v>
+      </c>
+      <c r="Y52" s="26"/>
+    </row>
+    <row r="53" spans="1:25">
+      <c r="A53" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="B49" s="23">
+      <c r="B53" s="23">
         <v>2860</v>
       </c>
-      <c r="C49" s="13">
+      <c r="C53" s="13">
         <v>3060</v>
       </c>
-      <c r="D49" s="13">
+      <c r="D53" s="13">
         <v>3220</v>
       </c>
-      <c r="E49" s="13">
+      <c r="E53" s="13">
         <v>3270</v>
       </c>
-      <c r="F49" s="13">
+      <c r="F53" s="13">
         <v>3380</v>
       </c>
-      <c r="G49" s="13">
+      <c r="G53" s="13">
         <v>3220</v>
       </c>
-      <c r="H49" s="13">
+      <c r="H53" s="13">
         <v>2880</v>
       </c>
-      <c r="I49" s="13">
+      <c r="I53" s="13">
         <v>2790</v>
       </c>
-      <c r="J49" s="13">
+      <c r="J53" s="13">
         <v>2890</v>
       </c>
-      <c r="K49" s="13">
+      <c r="K53" s="13">
         <v>3110</v>
       </c>
-      <c r="L49" s="13">
+      <c r="L53" s="13">
         <v>3250</v>
       </c>
-      <c r="M49" s="13">
+      <c r="M53" s="13">
         <v>3530</v>
       </c>
-      <c r="N49" s="13">
+      <c r="N53" s="13">
         <v>3880</v>
       </c>
-      <c r="O49" s="13">
+      <c r="O53" s="13">
         <v>4180</v>
       </c>
-      <c r="P49" s="13">
+      <c r="P53" s="13">
         <v>4440</v>
       </c>
-      <c r="Q49" s="13">
+      <c r="Q53" s="13">
         <v>4620</v>
       </c>
-      <c r="R49" s="20">
+      <c r="R53" s="20">
         <v>4780</v>
       </c>
-      <c r="S49" s="20">
+      <c r="S53" s="20">
         <v>4950</v>
       </c>
-      <c r="T49" s="23">
+      <c r="T53" s="23">
         <v>5230</v>
       </c>
-      <c r="U49" s="23">
+      <c r="U53" s="23">
         <v>5490</v>
       </c>
-      <c r="V49" s="23">
+      <c r="V53" s="23">
         <v>5700</v>
       </c>
-      <c r="W49" s="13">
+      <c r="W53" s="13">
         <v>5790</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="13" t="s">
+      <c r="X53" s="13">
+        <v>5810</v>
+      </c>
+      <c r="Y53" s="26"/>
+    </row>
+    <row r="54" spans="1:25">
+      <c r="A54" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="B50" s="23">
+      <c r="B54" s="23">
         <v>3940</v>
       </c>
-      <c r="C50" s="13">
+      <c r="C54" s="13">
         <v>3800</v>
       </c>
-      <c r="D50" s="13">
+      <c r="D54" s="13">
         <v>4130</v>
       </c>
-      <c r="E50" s="13">
+      <c r="E54" s="13">
         <v>4320</v>
       </c>
-      <c r="F50" s="13">
+      <c r="F54" s="13">
         <v>4600</v>
       </c>
-      <c r="G50" s="13">
+      <c r="G54" s="13">
         <v>4730</v>
       </c>
-      <c r="H50" s="13">
+      <c r="H54" s="13">
         <v>4380</v>
       </c>
-      <c r="I50" s="13">
+      <c r="I54" s="13">
         <v>4220</v>
       </c>
-      <c r="J50" s="13">
+      <c r="J54" s="13">
         <v>4380</v>
       </c>
-      <c r="K50" s="13">
+      <c r="K54" s="13">
         <v>4790</v>
       </c>
-      <c r="L50" s="13">
+      <c r="L54" s="13">
         <v>5010</v>
       </c>
-      <c r="M50" s="13">
+      <c r="M54" s="13">
         <v>5480</v>
       </c>
-      <c r="N50" s="13">
+      <c r="N54" s="13">
         <v>6070</v>
       </c>
-      <c r="O50" s="13">
+      <c r="O54" s="13">
         <v>6370</v>
       </c>
-      <c r="P50" s="13">
+      <c r="P54" s="13">
         <v>6520</v>
       </c>
-      <c r="Q50" s="13">
+      <c r="Q54" s="13">
         <v>6720</v>
       </c>
-      <c r="R50" s="20">
+      <c r="R54" s="20">
         <v>6880</v>
       </c>
-      <c r="S50" s="20">
+      <c r="S54" s="20">
         <v>7000</v>
       </c>
-      <c r="T50" s="23">
+      <c r="T54" s="23">
         <v>7270</v>
       </c>
-      <c r="U50" s="23">
+      <c r="U54" s="23">
         <v>7610</v>
       </c>
-      <c r="V50" s="23">
+      <c r="V54" s="23">
         <v>7810</v>
       </c>
-      <c r="W50" s="13">
+      <c r="W54" s="13">
         <v>7920</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="13" t="s">
+      <c r="X54" s="13">
+        <v>8000</v>
+      </c>
+      <c r="Y54" s="26"/>
+    </row>
+    <row r="55" spans="1:25">
+      <c r="A55" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="B51" s="23">
+      <c r="B55" s="23">
         <v>2990</v>
       </c>
-      <c r="C51" s="13">
+      <c r="C55" s="13">
         <v>3050</v>
       </c>
-      <c r="D51" s="13">
+      <c r="D55" s="13">
         <v>3370</v>
       </c>
-      <c r="E51" s="13">
+      <c r="E55" s="13">
         <v>3580</v>
       </c>
-      <c r="F51" s="13">
+      <c r="F55" s="13">
         <v>3930</v>
       </c>
-      <c r="G51" s="13">
+      <c r="G55" s="13">
         <v>3890</v>
       </c>
-      <c r="H51" s="13">
+      <c r="H55" s="13">
         <v>3510</v>
       </c>
-      <c r="I51" s="13">
+      <c r="I55" s="13">
         <v>3310</v>
       </c>
-      <c r="J51" s="13">
+      <c r="J55" s="13">
         <v>3350</v>
       </c>
-      <c r="K51" s="13">
+      <c r="K55" s="13">
         <v>3600</v>
       </c>
-      <c r="L51" s="13">
+      <c r="L55" s="13">
         <v>3840</v>
       </c>
-      <c r="M51" s="13">
+      <c r="M55" s="13">
         <v>4150</v>
       </c>
-      <c r="N51" s="13">
+      <c r="N55" s="13">
         <v>4490</v>
       </c>
-      <c r="O51" s="13">
+      <c r="O55" s="13">
         <v>4780</v>
       </c>
-      <c r="P51" s="13">
+      <c r="P55" s="13">
         <v>5020</v>
       </c>
-      <c r="Q51" s="13">
+      <c r="Q55" s="13">
         <v>5220</v>
       </c>
-      <c r="R51" s="20">
+      <c r="R55" s="20">
         <v>5370</v>
       </c>
-      <c r="S51" s="20">
+      <c r="S55" s="20">
         <v>5480</v>
       </c>
-      <c r="T51" s="23">
+      <c r="T55" s="23">
         <v>5710</v>
       </c>
-      <c r="U51" s="23">
+      <c r="U55" s="23">
         <v>6040</v>
       </c>
-      <c r="V51" s="23">
+      <c r="V55" s="23">
         <v>6090</v>
       </c>
-      <c r="W51" s="13">
+      <c r="W55" s="13">
         <v>6070</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="13" t="s">
+      <c r="X55" s="13">
+        <v>6030</v>
+      </c>
+      <c r="Y55" s="26"/>
+    </row>
+    <row r="56" spans="1:25">
+      <c r="A56" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="B52" s="23">
+      <c r="B56" s="23">
         <v>3240</v>
       </c>
-      <c r="C52" s="13">
+      <c r="C56" s="13">
         <v>3330</v>
       </c>
-      <c r="D52" s="13">
+      <c r="D56" s="13">
         <v>3580</v>
       </c>
-      <c r="E52" s="13">
+      <c r="E56" s="13">
         <v>3660</v>
       </c>
-      <c r="F52" s="13">
+      <c r="F56" s="13">
         <v>3580</v>
       </c>
-      <c r="G52" s="13">
+      <c r="G56" s="13">
         <v>3480</v>
       </c>
-      <c r="H52" s="13">
+      <c r="H56" s="13">
         <v>3230</v>
       </c>
-      <c r="I52" s="13">
+      <c r="I56" s="13">
         <v>3190</v>
       </c>
-      <c r="J52" s="13">
+      <c r="J56" s="13">
         <v>3300</v>
       </c>
-      <c r="K52" s="13">
+      <c r="K56" s="13">
         <v>3540</v>
       </c>
-      <c r="L52" s="13">
+      <c r="L56" s="13">
         <v>3660</v>
       </c>
-      <c r="M52" s="13">
+      <c r="M56" s="13">
         <v>3920</v>
       </c>
-      <c r="N52" s="13">
+      <c r="N56" s="13">
         <v>4220</v>
       </c>
-      <c r="O52" s="13">
+      <c r="O56" s="13">
         <v>4480</v>
       </c>
-      <c r="P52" s="13">
+      <c r="P56" s="13">
         <v>4650</v>
-      </c>
-[...282 lines deleted...]
-        <v>4500</v>
       </c>
       <c r="Q56" s="13">
         <v>4680</v>
       </c>
       <c r="R56" s="20">
+        <v>4900</v>
+      </c>
+      <c r="S56" s="20">
+        <v>4990</v>
+      </c>
+      <c r="T56" s="23">
+        <v>5210</v>
+      </c>
+      <c r="U56" s="23">
+        <v>5380</v>
+      </c>
+      <c r="V56" s="23">
+        <v>5570</v>
+      </c>
+      <c r="W56" s="13">
+        <v>5630</v>
+      </c>
+      <c r="X56" s="13">
+        <v>5560</v>
+      </c>
+      <c r="Y56" s="26"/>
+    </row>
+    <row r="57" spans="1:25">
+      <c r="A57" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B57" s="23">
+        <v>2990</v>
+      </c>
+      <c r="C57" s="13">
+        <v>2870</v>
+      </c>
+      <c r="D57" s="13">
+        <v>3340</v>
+      </c>
+      <c r="E57" s="13">
+        <v>3340</v>
+      </c>
+      <c r="F57" s="13">
+        <v>3440</v>
+      </c>
+      <c r="G57" s="13">
+        <v>3460</v>
+      </c>
+      <c r="H57" s="13">
+        <v>3240</v>
+      </c>
+      <c r="I57" s="13">
+        <v>3250</v>
+      </c>
+      <c r="J57" s="13">
+        <v>3470</v>
+      </c>
+      <c r="K57" s="13">
+        <v>3680</v>
+      </c>
+      <c r="L57" s="13">
+        <v>3890</v>
+      </c>
+      <c r="M57" s="13">
+        <v>4220</v>
+      </c>
+      <c r="N57" s="13">
+        <v>4530</v>
+      </c>
+      <c r="O57" s="13">
+        <v>4690</v>
+      </c>
+      <c r="P57" s="13">
+        <v>4860</v>
+      </c>
+      <c r="Q57" s="13">
+        <v>5050</v>
+      </c>
+      <c r="R57" s="20">
+        <v>5250</v>
+      </c>
+      <c r="S57" s="20">
+        <v>5390</v>
+      </c>
+      <c r="T57" s="23">
+        <v>5620</v>
+      </c>
+      <c r="U57" s="23">
+        <v>5830</v>
+      </c>
+      <c r="V57" s="23">
+        <v>5970</v>
+      </c>
+      <c r="W57" s="13">
+        <v>6140</v>
+      </c>
+      <c r="X57" s="13">
+        <v>6110</v>
+      </c>
+      <c r="Y57" s="26"/>
+    </row>
+    <row r="58" spans="1:25">
+      <c r="A58" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B58" s="23">
+        <v>2890</v>
+      </c>
+      <c r="C58" s="13">
+        <v>3010</v>
+      </c>
+      <c r="D58" s="13">
+        <v>3140</v>
+      </c>
+      <c r="E58" s="13">
+        <v>3220</v>
+      </c>
+      <c r="F58" s="13">
+        <v>3250</v>
+      </c>
+      <c r="G58" s="13">
+        <v>3210</v>
+      </c>
+      <c r="H58" s="13">
+        <v>2930</v>
+      </c>
+      <c r="I58" s="13">
+        <v>2780</v>
+      </c>
+      <c r="J58" s="13">
+        <v>2790</v>
+      </c>
+      <c r="K58" s="13">
+        <v>2940</v>
+      </c>
+      <c r="L58" s="13">
+        <v>3080</v>
+      </c>
+      <c r="M58" s="13">
+        <v>3350</v>
+      </c>
+      <c r="N58" s="13">
+        <v>3670</v>
+      </c>
+      <c r="O58" s="13">
+        <v>3960</v>
+      </c>
+      <c r="P58" s="13">
+        <v>4200</v>
+      </c>
+      <c r="Q58" s="13">
+        <v>4450</v>
+      </c>
+      <c r="R58" s="20">
+        <v>4470</v>
+      </c>
+      <c r="S58" s="20">
+        <v>4450</v>
+      </c>
+      <c r="T58" s="23">
+        <v>4620</v>
+      </c>
+      <c r="U58" s="23">
+        <v>4850</v>
+      </c>
+      <c r="V58" s="23">
+        <v>5020</v>
+      </c>
+      <c r="W58" s="13">
+        <v>4930</v>
+      </c>
+      <c r="X58" s="13">
+        <v>4810</v>
+      </c>
+      <c r="Y58" s="26"/>
+    </row>
+    <row r="59" spans="1:25">
+      <c r="A59" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B59" s="23">
+        <v>2090</v>
+      </c>
+      <c r="C59" s="13">
+        <v>2190</v>
+      </c>
+      <c r="D59" s="13">
+        <v>2250</v>
+      </c>
+      <c r="E59" s="13">
+        <v>2320</v>
+      </c>
+      <c r="F59" s="13">
+        <v>2320</v>
+      </c>
+      <c r="G59" s="13">
+        <v>2290</v>
+      </c>
+      <c r="H59" s="13">
+        <v>2120</v>
+      </c>
+      <c r="I59" s="13">
+        <v>2100</v>
+      </c>
+      <c r="J59" s="13">
+        <v>2240</v>
+      </c>
+      <c r="K59" s="13">
+        <v>2470</v>
+      </c>
+      <c r="L59" s="13">
+        <v>2690</v>
+      </c>
+      <c r="M59" s="13">
+        <v>2930</v>
+      </c>
+      <c r="N59" s="13">
+        <v>3220</v>
+      </c>
+      <c r="O59" s="13">
+        <v>3340</v>
+      </c>
+      <c r="P59" s="13">
+        <v>3580</v>
+      </c>
+      <c r="Q59" s="13">
+        <v>3790</v>
+      </c>
+      <c r="R59" s="20">
+        <v>4000</v>
+      </c>
+      <c r="S59" s="20">
+        <v>4130</v>
+      </c>
+      <c r="T59" s="23">
+        <v>4300</v>
+      </c>
+      <c r="U59" s="23">
+        <v>4410</v>
+      </c>
+      <c r="V59" s="23">
+        <v>4570</v>
+      </c>
+      <c r="W59" s="13">
+        <v>4570</v>
+      </c>
+      <c r="X59" s="13">
+        <v>4560</v>
+      </c>
+      <c r="Y59" s="26"/>
+    </row>
+    <row r="60" spans="1:25">
+      <c r="A60" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B60" s="23">
+        <v>2790</v>
+      </c>
+      <c r="C60" s="13">
+        <v>2830</v>
+      </c>
+      <c r="D60" s="13">
+        <v>3010</v>
+      </c>
+      <c r="E60" s="13">
+        <v>3200</v>
+      </c>
+      <c r="F60" s="13">
+        <v>3310</v>
+      </c>
+      <c r="G60" s="13">
+        <v>3320</v>
+      </c>
+      <c r="H60" s="13">
+        <v>3050</v>
+      </c>
+      <c r="I60" s="13">
+        <v>3140</v>
+      </c>
+      <c r="J60" s="13">
+        <v>3380</v>
+      </c>
+      <c r="K60" s="13">
+        <v>3670</v>
+      </c>
+      <c r="L60" s="13">
+        <v>3740</v>
+      </c>
+      <c r="M60" s="13">
+        <v>3960</v>
+      </c>
+      <c r="N60" s="13">
+        <v>4250</v>
+      </c>
+      <c r="O60" s="13">
+        <v>4360</v>
+      </c>
+      <c r="P60" s="13">
+        <v>4500</v>
+      </c>
+      <c r="Q60" s="13">
+        <v>4680</v>
+      </c>
+      <c r="R60" s="20">
         <v>5190</v>
       </c>
-      <c r="S56" s="20">
+      <c r="S60" s="20">
         <v>5410</v>
       </c>
-      <c r="T56" s="23">
+      <c r="T60" s="23">
         <v>5640</v>
       </c>
-      <c r="U56" s="23">
+      <c r="U60" s="23">
         <v>5840</v>
       </c>
-      <c r="V56" s="23">
+      <c r="V60" s="23">
         <v>6070</v>
       </c>
-      <c r="W56" s="13">
+      <c r="W60" s="13">
         <v>6320</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="13" t="s">
+      <c r="X60" s="13">
+        <v>6650</v>
+      </c>
+      <c r="Y60" s="26"/>
+    </row>
+    <row r="61" spans="1:25">
+      <c r="A61" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="B57" s="23">
+      <c r="B61" s="23">
         <v>3220</v>
       </c>
-      <c r="C57" s="13">
+      <c r="C61" s="13">
         <v>3270</v>
       </c>
-      <c r="D57" s="13">
+      <c r="D61" s="13">
         <v>3650</v>
       </c>
-      <c r="E57" s="13">
+      <c r="E61" s="13">
         <v>4280</v>
       </c>
-      <c r="F57" s="13">
+      <c r="F61" s="13">
         <v>4740</v>
       </c>
-      <c r="G57" s="13">
+      <c r="G61" s="13">
         <v>4790</v>
       </c>
-      <c r="H57" s="13">
+      <c r="H61" s="13">
         <v>4260</v>
       </c>
-      <c r="I57" s="13">
+      <c r="I61" s="13">
         <v>4090</v>
       </c>
-      <c r="J57" s="13">
+      <c r="J61" s="13">
         <v>4150</v>
       </c>
-      <c r="K57" s="13">
+      <c r="K61" s="13">
         <v>4350</v>
       </c>
-      <c r="L57" s="13">
+      <c r="L61" s="13">
         <v>4380</v>
       </c>
-      <c r="M57" s="13">
+      <c r="M61" s="13">
         <v>4690</v>
       </c>
-      <c r="N57" s="13">
+      <c r="N61" s="13">
         <v>5090</v>
       </c>
-      <c r="O57" s="13">
+      <c r="O61" s="13">
         <v>5070</v>
       </c>
-      <c r="P57" s="13">
+      <c r="P61" s="13">
         <v>5240</v>
       </c>
-      <c r="Q57" s="13">
+      <c r="Q61" s="13">
         <v>5250</v>
       </c>
-      <c r="R57" s="20">
+      <c r="R61" s="20">
         <v>5390</v>
       </c>
-      <c r="S57" s="20">
+      <c r="S61" s="20">
         <v>5470</v>
       </c>
-      <c r="T57" s="23">
+      <c r="T61" s="23">
         <v>5480</v>
       </c>
-      <c r="U57" s="23">
+      <c r="U61" s="23">
         <v>5420</v>
       </c>
-      <c r="V57" s="23">
+      <c r="V61" s="23">
         <v>5150</v>
       </c>
-      <c r="W57" s="13">
+      <c r="W61" s="13">
         <v>5470</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="13" t="s">
+      <c r="X61" s="13">
+        <v>5430</v>
+      </c>
+      <c r="Y61" s="26"/>
+    </row>
+    <row r="62" spans="1:25">
+      <c r="A62" s="13" t="s">
         <v>53</v>
       </c>
-      <c r="B58" s="23">
+      <c r="B62" s="23">
         <v>2960</v>
       </c>
-      <c r="C58" s="13">
+      <c r="C62" s="13">
         <v>3040</v>
       </c>
-      <c r="D58" s="13">
+      <c r="D62" s="13">
         <v>3240</v>
       </c>
-      <c r="E58" s="13">
+      <c r="E62" s="13">
         <v>3360</v>
       </c>
-      <c r="F58" s="13">
+      <c r="F62" s="13">
         <v>3360</v>
       </c>
-      <c r="G58" s="13">
+      <c r="G62" s="13">
         <v>3310</v>
       </c>
-      <c r="H58" s="13">
+      <c r="H62" s="13">
         <v>3030</v>
       </c>
-      <c r="I58" s="13">
+      <c r="I62" s="13">
         <v>2950</v>
       </c>
-      <c r="J58" s="13">
+      <c r="J62" s="13">
         <v>3050</v>
       </c>
-      <c r="K58" s="13">
+      <c r="K62" s="13">
         <v>3270</v>
       </c>
-      <c r="L58" s="13">
+      <c r="L62" s="13">
         <v>3420</v>
       </c>
-      <c r="M58" s="13">
+      <c r="M62" s="13">
         <v>3720</v>
       </c>
-      <c r="N58" s="13">
+      <c r="N62" s="13">
         <v>4070</v>
       </c>
-      <c r="O58" s="13">
+      <c r="O62" s="13">
         <v>4340</v>
       </c>
-      <c r="P58" s="13">
+      <c r="P62" s="13">
         <v>4520</v>
       </c>
-      <c r="Q58" s="13">
+      <c r="Q62" s="13">
         <v>4700</v>
       </c>
-      <c r="R58" s="20">
+      <c r="R62" s="20">
         <v>4850</v>
       </c>
-      <c r="S58" s="20">
+      <c r="S62" s="20">
         <v>4960</v>
       </c>
-      <c r="T58" s="23">
+      <c r="T62" s="23">
         <v>5210</v>
       </c>
-      <c r="U58" s="23">
+      <c r="U62" s="23">
         <v>5470</v>
       </c>
-      <c r="V58" s="23">
+      <c r="V62" s="23">
         <v>5640</v>
       </c>
-      <c r="W58" s="13">
+      <c r="W62" s="13">
         <v>5680</v>
       </c>
+      <c r="X62" s="13">
+        <v>5660</v>
+      </c>
+      <c r="Y62" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{E0359EE2-7F7F-264F-A193-2B3F7FD74206}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="I10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="19" width="9.33203125" style="13"/>
-[...1 lines deleted...]
-    <col min="21" max="16384" width="9.33203125" style="13"/>
+    <col min="1" max="19" width="9.36328125" style="13"/>
+    <col min="20" max="20" width="9.453125" style="13" bestFit="1" customWidth="1"/>
+    <col min="21" max="16384" width="9.36328125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24" customFormat="1">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" customFormat="1">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24" customFormat="1">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>116</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
@@ -23695,52 +24639,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" s="13" t="s">
         <v>101</v>
       </c>
       <c r="R9" s="13" t="s">
         <v>103</v>
       </c>
       <c r="S9" s="13" t="s">
         <v>104</v>
       </c>
       <c r="T9" s="13" t="s">
         <v>105</v>
       </c>
       <c r="U9" s="13" t="s">
         <v>107</v>
       </c>
       <c r="V9" s="13" t="s">
         <v>115</v>
       </c>
       <c r="W9" s="13" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" s="13" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="13">
         <v>4260</v>
       </c>
       <c r="C10" s="13">
         <v>4430</v>
       </c>
       <c r="D10" s="13">
         <v>4440</v>
       </c>
       <c r="E10" s="13">
         <v>4510</v>
       </c>
       <c r="F10" s="13">
         <v>4850</v>
       </c>
       <c r="G10" s="13">
         <v>4810</v>
       </c>
       <c r="H10" s="13">
         <v>4540</v>
       </c>
       <c r="I10" s="13">
@@ -23766,52 +24713,55 @@
       </c>
       <c r="P10" s="13">
         <v>4270</v>
       </c>
       <c r="Q10" s="13">
         <v>4350</v>
       </c>
       <c r="R10" s="20">
         <v>4440</v>
       </c>
       <c r="S10" s="20">
         <v>3900</v>
       </c>
       <c r="T10" s="23">
         <v>4070</v>
       </c>
       <c r="U10" s="23">
         <v>4430</v>
       </c>
       <c r="V10" s="23">
         <v>4980</v>
       </c>
       <c r="W10" s="13">
         <v>5170</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10" s="13">
+        <v>5250</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="13">
         <v>2600</v>
       </c>
       <c r="C11" s="13">
         <v>2600</v>
       </c>
       <c r="D11" s="13">
         <v>2510</v>
       </c>
       <c r="E11" s="13">
         <v>2560</v>
       </c>
       <c r="F11" s="13">
         <v>2790</v>
       </c>
       <c r="G11" s="13">
         <v>2820</v>
       </c>
       <c r="H11" s="13">
         <v>2510</v>
       </c>
       <c r="I11" s="13">
@@ -23837,52 +24787,55 @@
       </c>
       <c r="P11" s="13">
         <v>2370</v>
       </c>
       <c r="Q11" s="13">
         <v>2420</v>
       </c>
       <c r="R11" s="20">
         <v>2550</v>
       </c>
       <c r="S11" s="20">
         <v>2330</v>
       </c>
       <c r="T11" s="23">
         <v>2370</v>
       </c>
       <c r="U11" s="23">
         <v>2690</v>
       </c>
       <c r="V11" s="23">
         <v>3060</v>
       </c>
       <c r="W11" s="13">
         <v>3250</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11" s="13">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="13">
         <v>2430</v>
       </c>
       <c r="C12" s="13">
         <v>2460</v>
       </c>
       <c r="D12" s="13">
         <v>2520</v>
       </c>
       <c r="E12" s="13">
         <v>2540</v>
       </c>
       <c r="F12" s="13">
         <v>2720</v>
       </c>
       <c r="G12" s="13">
         <v>2730</v>
       </c>
       <c r="H12" s="13">
         <v>2390</v>
       </c>
       <c r="I12" s="13">
@@ -23908,52 +24861,55 @@
       </c>
       <c r="P12" s="13">
         <v>2300</v>
       </c>
       <c r="Q12" s="13">
         <v>2410</v>
       </c>
       <c r="R12" s="20">
         <v>2530</v>
       </c>
       <c r="S12" s="20">
         <v>2300</v>
       </c>
       <c r="T12" s="23">
         <v>2380</v>
       </c>
       <c r="U12" s="23">
         <v>2670</v>
       </c>
       <c r="V12" s="23">
         <v>3040</v>
       </c>
       <c r="W12" s="13">
         <v>3170</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12" s="13">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="13">
         <v>3110</v>
       </c>
       <c r="C13" s="13">
         <v>3170</v>
       </c>
       <c r="D13" s="13">
         <v>2970</v>
       </c>
       <c r="E13" s="13">
         <v>3100</v>
       </c>
       <c r="F13" s="13">
         <v>3590</v>
       </c>
       <c r="G13" s="13">
         <v>3990</v>
       </c>
       <c r="H13" s="13">
         <v>3740</v>
       </c>
       <c r="I13" s="13">
@@ -23979,52 +24935,55 @@
       </c>
       <c r="P13" s="13">
         <v>3140</v>
       </c>
       <c r="Q13" s="13">
         <v>3310</v>
       </c>
       <c r="R13" s="20">
         <v>3460</v>
       </c>
       <c r="S13" s="20">
         <v>3030</v>
       </c>
       <c r="T13" s="23">
         <v>3060</v>
       </c>
       <c r="U13" s="23">
         <v>3530</v>
       </c>
       <c r="V13" s="23">
         <v>4040</v>
       </c>
       <c r="W13" s="13">
         <v>4290</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13" s="13">
+        <v>4530</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="13">
         <v>3080</v>
       </c>
       <c r="C14" s="13">
         <v>3120</v>
       </c>
       <c r="D14" s="13">
         <v>3160</v>
       </c>
       <c r="E14" s="13">
         <v>3450</v>
       </c>
       <c r="F14" s="13">
         <v>3960</v>
       </c>
       <c r="G14" s="13">
         <v>4360</v>
       </c>
       <c r="H14" s="13">
         <v>4020</v>
       </c>
       <c r="I14" s="13">
@@ -24050,52 +25009,55 @@
       </c>
       <c r="P14" s="13">
         <v>3420</v>
       </c>
       <c r="Q14" s="13">
         <v>3610</v>
       </c>
       <c r="R14" s="20">
         <v>3810</v>
       </c>
       <c r="S14" s="20">
         <v>3230</v>
       </c>
       <c r="T14" s="23">
         <v>3330</v>
       </c>
       <c r="U14" s="23">
         <v>3870</v>
       </c>
       <c r="V14" s="23">
         <v>4450</v>
       </c>
       <c r="W14" s="13">
         <v>4740</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14" s="13">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="13">
         <v>3480</v>
       </c>
       <c r="C15" s="13">
         <v>3650</v>
       </c>
       <c r="D15" s="13">
         <v>3730</v>
       </c>
       <c r="E15" s="13">
         <v>3880</v>
       </c>
       <c r="F15" s="13">
         <v>4240</v>
       </c>
       <c r="G15" s="13">
         <v>4450</v>
       </c>
       <c r="H15" s="13">
         <v>4090</v>
       </c>
       <c r="I15" s="13">
@@ -24121,52 +25083,55 @@
       </c>
       <c r="P15" s="13">
         <v>3530</v>
       </c>
       <c r="Q15" s="13">
         <v>3670</v>
       </c>
       <c r="R15" s="20">
         <v>3820</v>
       </c>
       <c r="S15" s="20">
         <v>3350</v>
       </c>
       <c r="T15" s="23">
         <v>3480</v>
       </c>
       <c r="U15" s="23">
         <v>3940</v>
       </c>
       <c r="V15" s="23">
         <v>4480</v>
       </c>
       <c r="W15" s="13">
         <v>4720</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15" s="13">
+        <v>4910</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="13">
         <v>3330</v>
       </c>
       <c r="C16" s="13">
         <v>3510</v>
       </c>
       <c r="D16" s="13">
         <v>3550</v>
       </c>
       <c r="E16" s="13">
         <v>3660</v>
       </c>
       <c r="F16" s="13">
         <v>4000</v>
       </c>
       <c r="G16" s="13">
         <v>4210</v>
       </c>
       <c r="H16" s="13">
         <v>3830</v>
       </c>
       <c r="I16" s="13">
@@ -24192,52 +25157,55 @@
       </c>
       <c r="P16" s="13">
         <v>3730</v>
       </c>
       <c r="Q16" s="13">
         <v>3870</v>
       </c>
       <c r="R16" s="20">
         <v>4020</v>
       </c>
       <c r="S16" s="20">
         <v>3480</v>
       </c>
       <c r="T16" s="23">
         <v>3610</v>
       </c>
       <c r="U16" s="23">
         <v>4040</v>
       </c>
       <c r="V16" s="23">
         <v>4540</v>
       </c>
       <c r="W16" s="13">
         <v>4770</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16" s="13">
+        <v>4960</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="13">
         <v>3330</v>
       </c>
       <c r="C17" s="13">
         <v>3340</v>
       </c>
       <c r="D17" s="13">
         <v>3300</v>
       </c>
       <c r="E17" s="13">
         <v>3440</v>
       </c>
       <c r="F17" s="13">
         <v>3760</v>
       </c>
       <c r="G17" s="13">
         <v>3850</v>
       </c>
       <c r="H17" s="13">
         <v>3580</v>
       </c>
       <c r="I17" s="13">
@@ -24263,52 +25231,55 @@
       </c>
       <c r="P17" s="13">
         <v>3920</v>
       </c>
       <c r="Q17" s="13">
         <v>4180</v>
       </c>
       <c r="R17" s="20">
         <v>4420</v>
       </c>
       <c r="S17" s="20">
         <v>3680</v>
       </c>
       <c r="T17" s="23">
         <v>4040</v>
       </c>
       <c r="U17" s="23">
         <v>4660</v>
       </c>
       <c r="V17" s="23">
         <v>5190</v>
       </c>
       <c r="W17" s="13">
         <v>5360</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17" s="13">
+        <v>5500</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="13">
         <v>3000</v>
       </c>
       <c r="C18" s="13">
         <v>3050</v>
       </c>
       <c r="D18" s="13">
         <v>2990</v>
       </c>
       <c r="E18" s="13">
         <v>3110</v>
       </c>
       <c r="F18" s="13">
         <v>3380</v>
       </c>
       <c r="G18" s="13">
         <v>3590</v>
       </c>
       <c r="H18" s="13">
         <v>3260</v>
       </c>
       <c r="I18" s="13">
@@ -24334,52 +25305,55 @@
       </c>
       <c r="P18" s="13">
         <v>3260</v>
       </c>
       <c r="Q18" s="13">
         <v>3340</v>
       </c>
       <c r="R18" s="20">
         <v>3520</v>
       </c>
       <c r="S18" s="20">
         <v>3110</v>
       </c>
       <c r="T18" s="23">
         <v>3180</v>
       </c>
       <c r="U18" s="23">
         <v>3590</v>
       </c>
       <c r="V18" s="23">
         <v>4120</v>
       </c>
       <c r="W18" s="13">
         <v>4350</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18" s="13">
+        <v>4520</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="13">
         <v>3100</v>
       </c>
       <c r="C19" s="13">
         <v>3170</v>
       </c>
       <c r="D19" s="13">
         <v>3080</v>
       </c>
       <c r="E19" s="13">
         <v>3200</v>
       </c>
       <c r="F19" s="13">
         <v>3680</v>
       </c>
       <c r="G19" s="13">
         <v>4050</v>
       </c>
       <c r="H19" s="13">
         <v>3740</v>
       </c>
       <c r="I19" s="13">
@@ -24405,52 +25379,55 @@
       </c>
       <c r="P19" s="13">
         <v>3290</v>
       </c>
       <c r="Q19" s="13">
         <v>3480</v>
       </c>
       <c r="R19" s="20">
         <v>3730</v>
       </c>
       <c r="S19" s="20">
         <v>3340</v>
       </c>
       <c r="T19" s="23">
         <v>3450</v>
       </c>
       <c r="U19" s="23">
         <v>3940</v>
       </c>
       <c r="V19" s="23">
         <v>4540</v>
       </c>
       <c r="W19" s="13">
         <v>4840</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19" s="13">
+        <v>5050</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="13">
         <v>2910</v>
       </c>
       <c r="C20" s="13">
         <v>3010</v>
       </c>
       <c r="D20" s="13">
         <v>3110</v>
       </c>
       <c r="E20" s="13">
         <v>3200</v>
       </c>
       <c r="F20" s="13">
         <v>3510</v>
       </c>
       <c r="G20" s="13">
         <v>3650</v>
       </c>
       <c r="H20" s="13">
         <v>3320</v>
       </c>
       <c r="I20" s="13">
@@ -24476,52 +25453,55 @@
       </c>
       <c r="P20" s="13">
         <v>3130</v>
       </c>
       <c r="Q20" s="13">
         <v>3270</v>
       </c>
       <c r="R20" s="20">
         <v>3470</v>
       </c>
       <c r="S20" s="20">
         <v>3110</v>
       </c>
       <c r="T20" s="23">
         <v>3210</v>
       </c>
       <c r="U20" s="23">
         <v>3630</v>
       </c>
       <c r="V20" s="23">
         <v>4180</v>
       </c>
       <c r="W20" s="13">
         <v>4430</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20" s="13">
+        <v>4610</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="13">
         <v>3330</v>
       </c>
       <c r="C21" s="13">
         <v>3460</v>
       </c>
       <c r="D21" s="13">
         <v>3480</v>
       </c>
       <c r="E21" s="13">
         <v>3650</v>
       </c>
       <c r="F21" s="13">
         <v>4030</v>
       </c>
       <c r="G21" s="13">
         <v>4190</v>
       </c>
       <c r="H21" s="13">
         <v>3930</v>
       </c>
       <c r="I21" s="13">
@@ -24547,52 +25527,55 @@
       </c>
       <c r="P21" s="13">
         <v>3860</v>
       </c>
       <c r="Q21" s="13">
         <v>4060</v>
       </c>
       <c r="R21" s="20">
         <v>4290</v>
       </c>
       <c r="S21" s="20">
         <v>3680</v>
       </c>
       <c r="T21" s="23">
         <v>3750</v>
       </c>
       <c r="U21" s="23">
         <v>4260</v>
       </c>
       <c r="V21" s="23">
         <v>4770</v>
       </c>
       <c r="W21" s="13">
         <v>5030</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21" s="13">
+        <v>5220</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="13">
         <v>2400</v>
       </c>
       <c r="C22" s="13">
         <v>2510</v>
       </c>
       <c r="D22" s="13">
         <v>2540</v>
       </c>
       <c r="E22" s="13">
         <v>2630</v>
       </c>
       <c r="F22" s="13">
         <v>2840</v>
       </c>
       <c r="G22" s="13">
         <v>2850</v>
       </c>
       <c r="H22" s="13">
         <v>2630</v>
       </c>
       <c r="I22" s="13">
@@ -24618,52 +25601,55 @@
       </c>
       <c r="P22" s="13">
         <v>2450</v>
       </c>
       <c r="Q22" s="13">
         <v>2530</v>
       </c>
       <c r="R22" s="20">
         <v>2650</v>
       </c>
       <c r="S22" s="20">
         <v>2370</v>
       </c>
       <c r="T22" s="23">
         <v>2450</v>
       </c>
       <c r="U22" s="23">
         <v>2760</v>
       </c>
       <c r="V22" s="23">
         <v>3060</v>
       </c>
       <c r="W22" s="13">
         <v>3170</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22" s="13">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13">
         <v>2820</v>
       </c>
       <c r="C23" s="13">
         <v>2940</v>
       </c>
       <c r="D23" s="13">
         <v>2900</v>
       </c>
       <c r="E23" s="13">
         <v>2900</v>
       </c>
       <c r="F23" s="13">
         <v>3170</v>
       </c>
       <c r="G23" s="13">
         <v>3360</v>
       </c>
       <c r="H23" s="13">
         <v>3150</v>
       </c>
       <c r="I23" s="13">
@@ -24689,52 +25675,55 @@
       </c>
       <c r="P23" s="13">
         <v>2740</v>
       </c>
       <c r="Q23" s="13">
         <v>2830</v>
       </c>
       <c r="R23" s="20">
         <v>2930</v>
       </c>
       <c r="S23" s="20">
         <v>2640</v>
       </c>
       <c r="T23" s="23">
         <v>2620</v>
       </c>
       <c r="U23" s="23">
         <v>3060</v>
       </c>
       <c r="V23" s="23">
         <v>3510</v>
       </c>
       <c r="W23" s="13">
         <v>3740</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23" s="13">
+        <v>3870</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="13">
         <v>2940</v>
       </c>
       <c r="C24" s="13">
         <v>3000</v>
       </c>
       <c r="D24" s="13">
         <v>3030</v>
       </c>
       <c r="E24" s="13">
         <v>3120</v>
       </c>
       <c r="F24" s="13">
         <v>3420</v>
       </c>
       <c r="G24" s="13">
         <v>3600</v>
       </c>
       <c r="H24" s="13">
         <v>3360</v>
       </c>
       <c r="I24" s="13">
@@ -24760,52 +25749,55 @@
       </c>
       <c r="P24" s="13">
         <v>3130</v>
       </c>
       <c r="Q24" s="13">
         <v>3240</v>
       </c>
       <c r="R24" s="20">
         <v>3410</v>
       </c>
       <c r="S24" s="20">
         <v>2960</v>
       </c>
       <c r="T24" s="23">
         <v>3060</v>
       </c>
       <c r="U24" s="23">
         <v>3490</v>
       </c>
       <c r="V24" s="23">
         <v>3910</v>
       </c>
       <c r="W24" s="13">
         <v>4130</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24" s="13">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="13">
         <v>2640</v>
       </c>
       <c r="C25" s="13">
         <v>2790</v>
       </c>
       <c r="D25" s="13">
         <v>2780</v>
       </c>
       <c r="E25" s="13">
         <v>2860</v>
       </c>
       <c r="F25" s="13">
         <v>3120</v>
       </c>
       <c r="G25" s="13">
         <v>3200</v>
       </c>
       <c r="H25" s="13">
         <v>2890</v>
       </c>
       <c r="I25" s="13">
@@ -24831,52 +25823,55 @@
       </c>
       <c r="P25" s="13">
         <v>2500</v>
       </c>
       <c r="Q25" s="13">
         <v>2570</v>
       </c>
       <c r="R25" s="20">
         <v>2700</v>
       </c>
       <c r="S25" s="20">
         <v>2410</v>
       </c>
       <c r="T25" s="23">
         <v>2430</v>
       </c>
       <c r="U25" s="23">
         <v>2780</v>
       </c>
       <c r="V25" s="23">
         <v>3140</v>
       </c>
       <c r="W25" s="13">
         <v>3310</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25" s="13">
+        <v>3410</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="13">
         <v>2640</v>
       </c>
       <c r="C26" s="13">
         <v>2770</v>
       </c>
       <c r="D26" s="13">
         <v>2820</v>
       </c>
       <c r="E26" s="13">
         <v>2880</v>
       </c>
       <c r="F26" s="13">
         <v>3080</v>
       </c>
       <c r="G26" s="13">
         <v>3130</v>
       </c>
       <c r="H26" s="13">
         <v>2860</v>
       </c>
       <c r="I26" s="13">
@@ -24902,52 +25897,55 @@
       </c>
       <c r="P26" s="13">
         <v>2780</v>
       </c>
       <c r="Q26" s="13">
         <v>2830</v>
       </c>
       <c r="R26" s="20">
         <v>2930</v>
       </c>
       <c r="S26" s="20">
         <v>2610</v>
       </c>
       <c r="T26" s="23">
         <v>2700</v>
       </c>
       <c r="U26" s="23">
         <v>3020</v>
       </c>
       <c r="V26" s="23">
         <v>3360</v>
       </c>
       <c r="W26" s="13">
         <v>3540</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26" s="13">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="13">
         <v>2230</v>
       </c>
       <c r="C27" s="13">
         <v>2340</v>
       </c>
       <c r="D27" s="13">
         <v>2340</v>
       </c>
       <c r="E27" s="13">
         <v>2500</v>
       </c>
       <c r="F27" s="13">
         <v>2690</v>
       </c>
       <c r="G27" s="13">
         <v>2760</v>
       </c>
       <c r="H27" s="13">
         <v>2500</v>
       </c>
       <c r="I27" s="13">
@@ -24973,52 +25971,55 @@
       </c>
       <c r="P27" s="13">
         <v>2280</v>
       </c>
       <c r="Q27" s="13">
         <v>2330</v>
       </c>
       <c r="R27" s="20">
         <v>2480</v>
       </c>
       <c r="S27" s="20">
         <v>2230</v>
       </c>
       <c r="T27" s="23">
         <v>2290</v>
       </c>
       <c r="U27" s="23">
         <v>2590</v>
       </c>
       <c r="V27" s="23">
         <v>2880</v>
       </c>
       <c r="W27" s="13">
         <v>3020</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27" s="13">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="13">
         <v>2390</v>
       </c>
       <c r="C28" s="13">
         <v>2470</v>
       </c>
       <c r="D28" s="13">
         <v>2370</v>
       </c>
       <c r="E28" s="13">
         <v>2290</v>
       </c>
       <c r="F28" s="13">
         <v>2530</v>
       </c>
       <c r="G28" s="13">
         <v>2630</v>
       </c>
       <c r="H28" s="13">
         <v>2420</v>
       </c>
       <c r="I28" s="13">
@@ -25044,52 +26045,55 @@
       </c>
       <c r="P28" s="13">
         <v>2440</v>
       </c>
       <c r="Q28" s="13">
         <v>2530</v>
       </c>
       <c r="R28" s="20">
         <v>2690</v>
       </c>
       <c r="S28" s="20">
         <v>2430</v>
       </c>
       <c r="T28" s="23">
         <v>2520</v>
       </c>
       <c r="U28" s="23">
         <v>2880</v>
       </c>
       <c r="V28" s="23">
         <v>3300</v>
       </c>
       <c r="W28" s="13">
         <v>3490</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28" s="13">
+        <v>3610</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="13">
         <v>3310</v>
       </c>
       <c r="C29" s="13">
         <v>3460</v>
       </c>
       <c r="D29" s="13">
         <v>3570</v>
       </c>
       <c r="E29" s="13">
         <v>3680</v>
       </c>
       <c r="F29" s="13">
         <v>3990</v>
       </c>
       <c r="G29" s="13">
         <v>4110</v>
       </c>
       <c r="H29" s="13">
         <v>3780</v>
       </c>
       <c r="I29" s="13">
@@ -25115,52 +26119,55 @@
       </c>
       <c r="P29" s="13">
         <v>3490</v>
       </c>
       <c r="Q29" s="13">
         <v>3600</v>
       </c>
       <c r="R29" s="20">
         <v>3760</v>
       </c>
       <c r="S29" s="20">
         <v>3190</v>
       </c>
       <c r="T29" s="23">
         <v>3310</v>
       </c>
       <c r="U29" s="23">
         <v>3770</v>
       </c>
       <c r="V29" s="23">
         <v>4300</v>
       </c>
       <c r="W29" s="13">
         <v>4470</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29" s="13">
+        <v>4650</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="13">
         <v>3280</v>
       </c>
       <c r="C30" s="13">
         <v>3280</v>
       </c>
       <c r="D30" s="13">
         <v>3210</v>
       </c>
       <c r="E30" s="13">
         <v>3390</v>
       </c>
       <c r="F30" s="13">
         <v>3760</v>
       </c>
       <c r="G30" s="13">
         <v>4030</v>
       </c>
       <c r="H30" s="13">
         <v>3760</v>
       </c>
       <c r="I30" s="13">
@@ -25186,52 +26193,55 @@
       </c>
       <c r="P30" s="13">
         <v>3780</v>
       </c>
       <c r="Q30" s="13">
         <v>3910</v>
       </c>
       <c r="R30" s="20">
         <v>4120</v>
       </c>
       <c r="S30" s="20">
         <v>3600</v>
       </c>
       <c r="T30" s="23">
         <v>3690</v>
       </c>
       <c r="U30" s="23">
         <v>4190</v>
       </c>
       <c r="V30" s="23">
         <v>4720</v>
       </c>
       <c r="W30" s="13">
         <v>4940</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30" s="13">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="13">
         <v>2780</v>
       </c>
       <c r="C31" s="13">
         <v>2860</v>
       </c>
       <c r="D31" s="13">
         <v>3000</v>
       </c>
       <c r="E31" s="13">
         <v>3110</v>
       </c>
       <c r="F31" s="13">
         <v>3380</v>
       </c>
       <c r="G31" s="13">
         <v>3420</v>
       </c>
       <c r="H31" s="13">
         <v>3120</v>
       </c>
       <c r="I31" s="13">
@@ -25257,52 +26267,55 @@
       </c>
       <c r="P31" s="13">
         <v>2750</v>
       </c>
       <c r="Q31" s="13">
         <v>2830</v>
       </c>
       <c r="R31" s="20">
         <v>2960</v>
       </c>
       <c r="S31" s="20">
         <v>2610</v>
       </c>
       <c r="T31" s="23">
         <v>2600</v>
       </c>
       <c r="U31" s="23">
         <v>2950</v>
       </c>
       <c r="V31" s="23">
         <v>3370</v>
       </c>
       <c r="W31" s="13">
         <v>3580</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31" s="13">
+        <v>3760</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="13">
         <v>2960</v>
       </c>
       <c r="C32" s="13">
         <v>3100</v>
       </c>
       <c r="D32" s="13">
         <v>3110</v>
       </c>
       <c r="E32" s="13">
         <v>3190</v>
       </c>
       <c r="F32" s="13">
         <v>3420</v>
       </c>
       <c r="G32" s="13">
         <v>3510</v>
       </c>
       <c r="H32" s="13">
         <v>3170</v>
       </c>
       <c r="I32" s="13">
@@ -25328,52 +26341,55 @@
       </c>
       <c r="P32" s="13">
         <v>2610</v>
       </c>
       <c r="Q32" s="13">
         <v>2710</v>
       </c>
       <c r="R32" s="20">
         <v>2860</v>
       </c>
       <c r="S32" s="20">
         <v>2520</v>
       </c>
       <c r="T32" s="23">
         <v>2600</v>
       </c>
       <c r="U32" s="23">
         <v>2980</v>
       </c>
       <c r="V32" s="23">
         <v>3360</v>
       </c>
       <c r="W32" s="13">
         <v>3520</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32" s="13">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="13">
         <v>2800</v>
       </c>
       <c r="C33" s="13">
         <v>2990</v>
       </c>
       <c r="D33" s="13">
         <v>3200</v>
       </c>
       <c r="E33" s="13">
         <v>3290</v>
       </c>
       <c r="F33" s="13">
         <v>3610</v>
       </c>
       <c r="G33" s="13">
         <v>3750</v>
       </c>
       <c r="H33" s="13">
         <v>3500</v>
       </c>
       <c r="I33" s="13">
@@ -25399,52 +26415,55 @@
       </c>
       <c r="P33" s="13">
         <v>3200</v>
       </c>
       <c r="Q33" s="13">
         <v>3290</v>
       </c>
       <c r="R33" s="20">
         <v>3380</v>
       </c>
       <c r="S33" s="20">
         <v>2910</v>
       </c>
       <c r="T33" s="23">
         <v>3000</v>
       </c>
       <c r="U33" s="23">
         <v>3410</v>
       </c>
       <c r="V33" s="23">
         <v>3740</v>
       </c>
       <c r="W33" s="13">
         <v>3880</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33" s="13">
+        <v>3990</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="13">
         <v>2660</v>
       </c>
       <c r="C34" s="13">
         <v>2740</v>
       </c>
       <c r="D34" s="13">
         <v>2800</v>
       </c>
       <c r="E34" s="13">
         <v>2850</v>
       </c>
       <c r="F34" s="13">
         <v>3060</v>
       </c>
       <c r="G34" s="13">
         <v>3140</v>
       </c>
       <c r="H34" s="13">
         <v>2860</v>
       </c>
       <c r="I34" s="13">
@@ -25470,52 +26489,55 @@
       </c>
       <c r="P34" s="13">
         <v>2620</v>
       </c>
       <c r="Q34" s="13">
         <v>2690</v>
       </c>
       <c r="R34" s="20">
         <v>2800</v>
       </c>
       <c r="S34" s="20">
         <v>2500</v>
       </c>
       <c r="T34" s="23">
         <v>2570</v>
       </c>
       <c r="U34" s="23">
         <v>2890</v>
       </c>
       <c r="V34" s="23">
         <v>3270</v>
       </c>
       <c r="W34" s="13">
         <v>3440</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34" s="13">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="13">
         <v>2180</v>
       </c>
       <c r="C35" s="13">
         <v>2170</v>
       </c>
       <c r="D35" s="13">
         <v>2010</v>
       </c>
       <c r="E35" s="13">
         <v>2040</v>
       </c>
       <c r="F35" s="13">
         <v>2280</v>
       </c>
       <c r="G35" s="13">
         <v>2320</v>
       </c>
       <c r="H35" s="13">
         <v>2060</v>
       </c>
       <c r="I35" s="13">
@@ -25541,52 +26563,55 @@
       </c>
       <c r="P35" s="13">
         <v>2020</v>
       </c>
       <c r="Q35" s="13">
         <v>2110</v>
       </c>
       <c r="R35" s="20">
         <v>2240</v>
       </c>
       <c r="S35" s="20">
         <v>2080</v>
       </c>
       <c r="T35" s="23">
         <v>2150</v>
       </c>
       <c r="U35" s="23">
         <v>2450</v>
       </c>
       <c r="V35" s="23">
         <v>2780</v>
       </c>
       <c r="W35" s="13">
         <v>2940</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35" s="13">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="13">
         <v>2670</v>
       </c>
       <c r="C36" s="13">
         <v>2880</v>
       </c>
       <c r="D36" s="13">
         <v>2900</v>
       </c>
       <c r="E36" s="13">
         <v>2980</v>
       </c>
       <c r="F36" s="13">
         <v>3200</v>
       </c>
       <c r="G36" s="13">
         <v>3310</v>
       </c>
       <c r="H36" s="13">
         <v>3000</v>
       </c>
       <c r="I36" s="13">
@@ -25612,52 +26637,55 @@
       </c>
       <c r="P36" s="13">
         <v>2840</v>
       </c>
       <c r="Q36" s="13">
         <v>2940</v>
       </c>
       <c r="R36" s="20">
         <v>3060</v>
       </c>
       <c r="S36" s="20">
         <v>2740</v>
       </c>
       <c r="T36" s="23">
         <v>2840</v>
       </c>
       <c r="U36" s="23">
         <v>3210</v>
       </c>
       <c r="V36" s="23">
         <v>3550</v>
       </c>
       <c r="W36" s="13">
         <v>3710</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36" s="13">
+        <v>3850</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="13">
         <v>2960</v>
       </c>
       <c r="C37" s="13">
         <v>3010</v>
       </c>
       <c r="D37" s="13">
         <v>3050</v>
       </c>
       <c r="E37" s="13">
         <v>3090</v>
       </c>
       <c r="F37" s="13">
         <v>3350</v>
       </c>
       <c r="G37" s="13">
         <v>3490</v>
       </c>
       <c r="H37" s="13">
         <v>3180</v>
       </c>
       <c r="I37" s="13">
@@ -25683,52 +26711,55 @@
       </c>
       <c r="P37" s="13">
         <v>2880</v>
       </c>
       <c r="Q37" s="13">
         <v>2990</v>
       </c>
       <c r="R37" s="20">
         <v>3120</v>
       </c>
       <c r="S37" s="20">
         <v>2810</v>
       </c>
       <c r="T37" s="23">
         <v>2880</v>
       </c>
       <c r="U37" s="23">
         <v>3250</v>
       </c>
       <c r="V37" s="23">
         <v>3720</v>
       </c>
       <c r="W37" s="13">
         <v>3970</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37" s="13">
+        <v>4160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="13">
         <v>2700</v>
       </c>
       <c r="C38" s="13">
         <v>2750</v>
       </c>
       <c r="D38" s="13">
         <v>2980</v>
       </c>
       <c r="E38" s="13">
         <v>3050</v>
       </c>
       <c r="F38" s="13">
         <v>3170</v>
       </c>
       <c r="G38" s="13">
         <v>3190</v>
       </c>
       <c r="H38" s="13">
         <v>2970</v>
       </c>
       <c r="I38" s="13">
@@ -25754,52 +26785,55 @@
       </c>
       <c r="P38" s="13">
         <v>2970</v>
       </c>
       <c r="Q38" s="13">
         <v>3100</v>
       </c>
       <c r="R38" s="20">
         <v>3200</v>
       </c>
       <c r="S38" s="20">
         <v>2970</v>
       </c>
       <c r="T38" s="23">
         <v>2990</v>
       </c>
       <c r="U38" s="23">
         <v>3410</v>
       </c>
       <c r="V38" s="23">
         <v>3700</v>
       </c>
       <c r="W38" s="13">
         <v>3850</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38" s="13">
+        <v>3970</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="13">
         <v>2740</v>
       </c>
       <c r="C39" s="13">
         <v>2900</v>
       </c>
       <c r="D39" s="13">
         <v>2970</v>
       </c>
       <c r="E39" s="13">
         <v>3070</v>
       </c>
       <c r="F39" s="13">
         <v>3120</v>
       </c>
       <c r="G39" s="13">
         <v>3140</v>
       </c>
       <c r="H39" s="13">
         <v>2900</v>
       </c>
       <c r="I39" s="13">
@@ -25825,52 +26859,55 @@
       </c>
       <c r="P39" s="13">
         <v>2790</v>
       </c>
       <c r="Q39" s="13">
         <v>2870</v>
       </c>
       <c r="R39" s="20">
         <v>3000</v>
       </c>
       <c r="S39" s="20">
         <v>2680</v>
       </c>
       <c r="T39" s="23">
         <v>2730</v>
       </c>
       <c r="U39" s="23">
         <v>3050</v>
       </c>
       <c r="V39" s="23">
         <v>3380</v>
       </c>
       <c r="W39" s="13">
         <v>3550</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39" s="13">
+        <v>3650</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="13">
         <v>3230</v>
       </c>
       <c r="C40" s="13">
         <v>3430</v>
       </c>
       <c r="D40" s="13">
         <v>3550</v>
       </c>
       <c r="E40" s="13">
         <v>3750</v>
       </c>
       <c r="F40" s="13">
         <v>4090</v>
       </c>
       <c r="G40" s="13">
         <v>4270</v>
       </c>
       <c r="H40" s="13">
         <v>3880</v>
       </c>
       <c r="I40" s="13">
@@ -25896,52 +26933,55 @@
       </c>
       <c r="P40" s="13">
         <v>3420</v>
       </c>
       <c r="Q40" s="13">
         <v>3530</v>
       </c>
       <c r="R40" s="20">
         <v>3630</v>
       </c>
       <c r="S40" s="20">
         <v>3210</v>
       </c>
       <c r="T40" s="23">
         <v>3240</v>
       </c>
       <c r="U40" s="23">
         <v>3640</v>
       </c>
       <c r="V40" s="23">
         <v>4140</v>
       </c>
       <c r="W40" s="13">
         <v>4360</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40" s="13">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="13">
         <v>3430</v>
       </c>
       <c r="C41" s="13">
         <v>3540</v>
       </c>
       <c r="D41" s="13">
         <v>3630</v>
       </c>
       <c r="E41" s="13">
         <v>3780</v>
       </c>
       <c r="F41" s="13">
         <v>4180</v>
       </c>
       <c r="G41" s="13">
         <v>4390</v>
       </c>
       <c r="H41" s="13">
         <v>4060</v>
       </c>
       <c r="I41" s="13">
@@ -25967,52 +27007,55 @@
       </c>
       <c r="P41" s="13">
         <v>3910</v>
       </c>
       <c r="Q41" s="13">
         <v>4040</v>
       </c>
       <c r="R41" s="20">
         <v>4170</v>
       </c>
       <c r="S41" s="20">
         <v>3590</v>
       </c>
       <c r="T41" s="23">
         <v>3700</v>
       </c>
       <c r="U41" s="23">
         <v>4220</v>
       </c>
       <c r="V41" s="23">
         <v>4750</v>
       </c>
       <c r="W41" s="13">
         <v>4950</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41" s="13">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="13">
         <v>2750</v>
       </c>
       <c r="C42" s="13">
         <v>2880</v>
       </c>
       <c r="D42" s="13">
         <v>2860</v>
       </c>
       <c r="E42" s="13">
         <v>2890</v>
       </c>
       <c r="F42" s="13">
         <v>3090</v>
       </c>
       <c r="G42" s="13">
         <v>3180</v>
       </c>
       <c r="H42" s="13">
         <v>2890</v>
       </c>
       <c r="I42" s="13">
@@ -26038,52 +27081,55 @@
       </c>
       <c r="P42" s="13">
         <v>2650</v>
       </c>
       <c r="Q42" s="13">
         <v>2740</v>
       </c>
       <c r="R42" s="20">
         <v>2860</v>
       </c>
       <c r="S42" s="20">
         <v>2510</v>
       </c>
       <c r="T42" s="23">
         <v>2540</v>
       </c>
       <c r="U42" s="23">
         <v>2870</v>
       </c>
       <c r="V42" s="23">
         <v>3230</v>
       </c>
       <c r="W42" s="13">
         <v>3400</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42" s="13">
+        <v>3520</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" s="13" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="13">
         <v>3400</v>
       </c>
       <c r="C43" s="13">
         <v>3170</v>
       </c>
       <c r="D43" s="13">
         <v>3160</v>
       </c>
       <c r="E43" s="13">
         <v>3490</v>
       </c>
       <c r="F43" s="13">
         <v>4150</v>
       </c>
       <c r="G43" s="13">
         <v>4480</v>
       </c>
       <c r="H43" s="13">
         <v>4000</v>
       </c>
       <c r="I43" s="13">
@@ -26109,52 +27155,55 @@
       </c>
       <c r="P43" s="13">
         <v>3210</v>
       </c>
       <c r="Q43" s="13">
         <v>3390</v>
       </c>
       <c r="R43" s="20">
         <v>3630</v>
       </c>
       <c r="S43" s="20">
         <v>3220</v>
       </c>
       <c r="T43" s="23">
         <v>3350</v>
       </c>
       <c r="U43" s="23">
         <v>3860</v>
       </c>
       <c r="V43" s="23">
         <v>4490</v>
       </c>
       <c r="W43" s="13">
         <v>4820</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43" s="13">
+        <v>5060</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="13">
         <v>3490</v>
       </c>
       <c r="C44" s="13">
         <v>3570</v>
       </c>
       <c r="D44" s="13">
         <v>3660</v>
       </c>
       <c r="E44" s="13">
         <v>3730</v>
       </c>
       <c r="F44" s="13">
         <v>4020</v>
       </c>
       <c r="G44" s="13">
         <v>4150</v>
       </c>
       <c r="H44" s="13">
         <v>3820</v>
       </c>
       <c r="I44" s="13">
@@ -26180,52 +27229,55 @@
       </c>
       <c r="P44" s="13">
         <v>3710</v>
       </c>
       <c r="Q44" s="13">
         <v>3840</v>
       </c>
       <c r="R44" s="20">
         <v>4010</v>
       </c>
       <c r="S44" s="20">
         <v>3410</v>
       </c>
       <c r="T44" s="23">
         <v>3520</v>
       </c>
       <c r="U44" s="23">
         <v>3970</v>
       </c>
       <c r="V44" s="23">
         <v>4470</v>
       </c>
       <c r="W44" s="13">
         <v>4650</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44" s="13">
+        <v>4820</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" s="13" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="13">
         <v>2890</v>
       </c>
       <c r="C45" s="13">
         <v>3030</v>
       </c>
       <c r="D45" s="13">
         <v>3040</v>
       </c>
       <c r="E45" s="13">
         <v>3160</v>
       </c>
       <c r="F45" s="13">
         <v>3460</v>
       </c>
       <c r="G45" s="13">
         <v>3560</v>
       </c>
       <c r="H45" s="13">
         <v>3320</v>
       </c>
       <c r="I45" s="13">
@@ -26251,52 +27303,55 @@
       </c>
       <c r="P45" s="13">
         <v>2680</v>
       </c>
       <c r="Q45" s="13">
         <v>2750</v>
       </c>
       <c r="R45" s="20">
         <v>2890</v>
       </c>
       <c r="S45" s="20">
         <v>2570</v>
       </c>
       <c r="T45" s="23">
         <v>2620</v>
       </c>
       <c r="U45" s="23">
         <v>2970</v>
       </c>
       <c r="V45" s="23">
         <v>3290</v>
       </c>
       <c r="W45" s="13">
         <v>3450</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45" s="13">
+        <v>3560</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" s="13" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="13">
         <v>2450</v>
       </c>
       <c r="C46" s="13">
         <v>2530</v>
       </c>
       <c r="D46" s="13">
         <v>2560</v>
       </c>
       <c r="E46" s="13">
         <v>2610</v>
       </c>
       <c r="F46" s="13">
         <v>2820</v>
       </c>
       <c r="G46" s="13">
         <v>2880</v>
       </c>
       <c r="H46" s="13">
         <v>2560</v>
       </c>
       <c r="I46" s="13">
@@ -26322,52 +27377,55 @@
       </c>
       <c r="P46" s="13">
         <v>2550</v>
       </c>
       <c r="Q46" s="13">
         <v>2590</v>
       </c>
       <c r="R46" s="20">
         <v>2710</v>
       </c>
       <c r="S46" s="20">
         <v>2450</v>
       </c>
       <c r="T46" s="23">
         <v>2530</v>
       </c>
       <c r="U46" s="23">
         <v>2830</v>
       </c>
       <c r="V46" s="23">
         <v>3200</v>
       </c>
       <c r="W46" s="13">
         <v>3370</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46" s="13">
+        <v>3460</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" s="13" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="13">
         <v>2960</v>
       </c>
       <c r="C47" s="13">
         <v>3040</v>
       </c>
       <c r="D47" s="13">
         <v>2990</v>
       </c>
       <c r="E47" s="13">
         <v>3050</v>
       </c>
       <c r="F47" s="13">
         <v>3290</v>
       </c>
       <c r="G47" s="13">
         <v>3520</v>
       </c>
       <c r="H47" s="13">
         <v>3350</v>
       </c>
       <c r="I47" s="13">
@@ -26393,52 +27451,55 @@
       </c>
       <c r="P47" s="13">
         <v>2940</v>
       </c>
       <c r="Q47" s="13">
         <v>3070</v>
       </c>
       <c r="R47" s="20">
         <v>3200</v>
       </c>
       <c r="S47" s="20">
         <v>2750</v>
       </c>
       <c r="T47" s="23">
         <v>2800</v>
       </c>
       <c r="U47" s="23">
         <v>3240</v>
       </c>
       <c r="V47" s="23">
         <v>3670</v>
       </c>
       <c r="W47" s="13">
         <v>3860</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47" s="13">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" s="13" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="13">
         <v>2820</v>
       </c>
       <c r="C48" s="13">
         <v>2950</v>
       </c>
       <c r="D48" s="13">
         <v>2980</v>
       </c>
       <c r="E48" s="13">
         <v>3050</v>
       </c>
       <c r="F48" s="13">
         <v>3290</v>
       </c>
       <c r="G48" s="13">
         <v>3350</v>
       </c>
       <c r="H48" s="13">
         <v>3080</v>
       </c>
       <c r="I48" s="13">
@@ -26464,52 +27525,55 @@
       </c>
       <c r="P48" s="13">
         <v>3030</v>
       </c>
       <c r="Q48" s="13">
         <v>3120</v>
       </c>
       <c r="R48" s="20">
         <v>3260</v>
       </c>
       <c r="S48" s="20">
         <v>2890</v>
       </c>
       <c r="T48" s="23">
         <v>2960</v>
       </c>
       <c r="U48" s="23">
         <v>3330</v>
       </c>
       <c r="V48" s="23">
         <v>3720</v>
       </c>
       <c r="W48" s="13">
         <v>3850</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X48" s="13">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="13">
         <v>930</v>
       </c>
       <c r="C49" s="13">
         <v>1040</v>
       </c>
       <c r="D49" s="13">
         <v>1190</v>
       </c>
       <c r="E49" s="13">
         <v>1410</v>
       </c>
       <c r="F49" s="13">
         <v>1650</v>
       </c>
       <c r="G49" s="13">
         <v>1570</v>
       </c>
       <c r="H49" s="13">
         <v>1490</v>
       </c>
       <c r="I49" s="13">
@@ -26517,51 +27581,51 @@
       </c>
       <c r="J49" s="13">
         <v>1240</v>
       </c>
       <c r="K49" s="13">
         <v>1200</v>
       </c>
       <c r="L49" s="13">
         <v>1150</v>
       </c>
       <c r="M49" s="13">
         <v>1200</v>
       </c>
       <c r="N49" s="13">
         <v>1240</v>
       </c>
       <c r="O49" s="13">
         <v>1350</v>
       </c>
       <c r="R49" s="20"/>
       <c r="S49" s="20"/>
       <c r="T49" s="22"/>
       <c r="U49" s="23"/>
       <c r="V49" s="23"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:24">
       <c r="A50" s="13" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="13">
         <v>2960</v>
       </c>
       <c r="C50" s="13">
         <v>3020</v>
       </c>
       <c r="D50" s="13">
         <v>3100</v>
       </c>
       <c r="E50" s="13">
         <v>3280</v>
       </c>
       <c r="F50" s="13">
         <v>3630</v>
       </c>
       <c r="G50" s="13">
         <v>3710</v>
       </c>
       <c r="H50" s="13">
         <v>3390</v>
       </c>
       <c r="I50" s="13">
@@ -26587,52 +27651,55 @@
       </c>
       <c r="P50" s="13">
         <v>3240</v>
       </c>
       <c r="Q50" s="13">
         <v>3360</v>
       </c>
       <c r="R50" s="20">
         <v>3540</v>
       </c>
       <c r="S50" s="20">
         <v>3040</v>
       </c>
       <c r="T50" s="23">
         <v>3090</v>
       </c>
       <c r="U50" s="23">
         <v>3540</v>
       </c>
       <c r="V50" s="23">
         <v>4070</v>
       </c>
       <c r="W50" s="13">
         <v>4300</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X50" s="13">
+        <v>4490</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="13">
         <v>2670</v>
       </c>
       <c r="C51" s="13">
         <v>2730</v>
       </c>
       <c r="D51" s="13">
         <v>2790</v>
       </c>
       <c r="E51" s="13">
         <v>2850</v>
       </c>
       <c r="F51" s="13">
         <v>3080</v>
       </c>
       <c r="G51" s="13">
         <v>3220</v>
       </c>
       <c r="H51" s="13">
         <v>2770</v>
       </c>
       <c r="I51" s="13">
@@ -26658,52 +27725,55 @@
       </c>
       <c r="P51" s="13">
         <v>2680</v>
       </c>
       <c r="Q51" s="13">
         <v>2830</v>
       </c>
       <c r="R51" s="20">
         <v>3020</v>
       </c>
       <c r="S51" s="20">
         <v>2730</v>
       </c>
       <c r="T51" s="23">
         <v>2810</v>
       </c>
       <c r="U51" s="23">
         <v>3160</v>
       </c>
       <c r="V51" s="23">
         <v>3600</v>
       </c>
       <c r="W51" s="13">
         <v>3860</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X51" s="13">
+        <v>4090</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" s="13" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="13">
         <v>2990</v>
       </c>
       <c r="C52" s="13">
         <v>3070</v>
       </c>
       <c r="D52" s="13">
         <v>3100</v>
       </c>
       <c r="E52" s="13">
         <v>3040</v>
       </c>
       <c r="F52" s="13">
         <v>3190</v>
       </c>
       <c r="G52" s="13">
         <v>3110</v>
       </c>
       <c r="H52" s="13">
         <v>2920</v>
       </c>
       <c r="I52" s="13">
@@ -26729,52 +27799,55 @@
       </c>
       <c r="P52" s="13">
         <v>2780</v>
       </c>
       <c r="Q52" s="13">
         <v>2840</v>
       </c>
       <c r="R52" s="20">
         <v>2970</v>
       </c>
       <c r="S52" s="20">
         <v>2640</v>
       </c>
       <c r="T52" s="23">
         <v>2640</v>
       </c>
       <c r="U52" s="23">
         <v>2960</v>
       </c>
       <c r="V52" s="23">
         <v>3260</v>
       </c>
       <c r="W52" s="13">
         <v>3410</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X52" s="13">
+        <v>3530</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="13">
         <v>2690</v>
       </c>
       <c r="C53" s="13">
         <v>2730</v>
       </c>
       <c r="D53" s="13">
         <v>2630</v>
       </c>
       <c r="E53" s="13">
         <v>2680</v>
       </c>
       <c r="F53" s="13">
         <v>2960</v>
       </c>
       <c r="G53" s="13">
         <v>2990</v>
       </c>
       <c r="H53" s="13">
         <v>2690</v>
       </c>
       <c r="I53" s="13">
@@ -26800,52 +27873,55 @@
       </c>
       <c r="P53" s="13">
         <v>2480</v>
       </c>
       <c r="Q53" s="13">
         <v>2570</v>
       </c>
       <c r="R53" s="20">
         <v>2760</v>
       </c>
       <c r="S53" s="20">
         <v>2460</v>
       </c>
       <c r="T53" s="23">
         <v>2540</v>
       </c>
       <c r="U53" s="23">
         <v>2860</v>
       </c>
       <c r="V53" s="23">
         <v>3280</v>
       </c>
       <c r="W53" s="13">
         <v>3510</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X53" s="13">
+        <v>3710</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="13">
         <v>3130</v>
       </c>
       <c r="C54" s="13">
         <v>3140</v>
       </c>
       <c r="D54" s="13">
         <v>3170</v>
       </c>
       <c r="E54" s="13">
         <v>3210</v>
       </c>
       <c r="F54" s="13">
         <v>3450</v>
       </c>
       <c r="G54" s="13">
         <v>3540</v>
       </c>
       <c r="H54" s="13">
         <v>3200</v>
       </c>
       <c r="I54" s="13">
@@ -26871,52 +27947,55 @@
       </c>
       <c r="P54" s="13">
         <v>3140</v>
       </c>
       <c r="Q54" s="13">
         <v>3270</v>
       </c>
       <c r="R54" s="20">
         <v>3470</v>
       </c>
       <c r="S54" s="20">
         <v>3080</v>
       </c>
       <c r="T54" s="23">
         <v>3190</v>
       </c>
       <c r="U54" s="23">
         <v>3650</v>
       </c>
       <c r="V54" s="23">
         <v>4200</v>
       </c>
       <c r="W54" s="13">
         <v>4440</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X54" s="13">
+        <v>4620</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" s="13" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="13">
         <v>2590</v>
       </c>
       <c r="C55" s="13">
         <v>2690</v>
       </c>
       <c r="D55" s="13">
         <v>2790</v>
       </c>
       <c r="E55" s="13">
         <v>2840</v>
       </c>
       <c r="F55" s="13">
         <v>3090</v>
       </c>
       <c r="G55" s="13">
         <v>3340</v>
       </c>
       <c r="H55" s="13">
         <v>3110</v>
       </c>
       <c r="I55" s="13">
@@ -26942,52 +28021,55 @@
       </c>
       <c r="P55" s="13">
         <v>2930</v>
       </c>
       <c r="Q55" s="13">
         <v>3050</v>
       </c>
       <c r="R55" s="20">
         <v>3170</v>
       </c>
       <c r="S55" s="20">
         <v>2780</v>
       </c>
       <c r="T55" s="23">
         <v>2870</v>
       </c>
       <c r="U55" s="23">
         <v>3340</v>
       </c>
       <c r="V55" s="23">
         <v>3850</v>
       </c>
       <c r="W55" s="13">
         <v>4070</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X55" s="13">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="13">
         <v>3220</v>
       </c>
       <c r="C56" s="13">
         <v>3260</v>
       </c>
       <c r="D56" s="13">
         <v>3210</v>
       </c>
       <c r="E56" s="13">
         <v>3380</v>
       </c>
       <c r="F56" s="13">
         <v>3740</v>
       </c>
       <c r="G56" s="13">
         <v>3990</v>
       </c>
       <c r="H56" s="13">
         <v>3710</v>
       </c>
       <c r="I56" s="13">
@@ -27013,52 +28095,55 @@
       </c>
       <c r="P56" s="13">
         <v>3760</v>
       </c>
       <c r="Q56" s="13">
         <v>3860</v>
       </c>
       <c r="R56" s="20">
         <v>4000</v>
       </c>
       <c r="S56" s="20">
         <v>3500</v>
       </c>
       <c r="T56" s="23">
         <v>3560</v>
       </c>
       <c r="U56" s="23">
         <v>3960</v>
       </c>
       <c r="V56" s="23">
         <v>4390</v>
       </c>
       <c r="W56" s="13">
         <v>4620</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X56" s="13">
+        <v>4770</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="13">
         <v>2910</v>
       </c>
       <c r="C57" s="13">
         <v>3000</v>
       </c>
       <c r="D57" s="13">
         <v>3020</v>
       </c>
       <c r="E57" s="13">
         <v>3110</v>
       </c>
       <c r="F57" s="13">
         <v>3250</v>
       </c>
       <c r="G57" s="13">
         <v>3410</v>
       </c>
       <c r="H57" s="13">
         <v>3240</v>
       </c>
       <c r="I57" s="13">
@@ -27084,52 +28169,55 @@
       </c>
       <c r="P57" s="13">
         <v>2970</v>
       </c>
       <c r="Q57" s="13">
         <v>3090</v>
       </c>
       <c r="R57" s="20">
         <v>3130</v>
       </c>
       <c r="S57" s="20">
         <v>2750</v>
       </c>
       <c r="T57" s="23">
         <v>2830</v>
       </c>
       <c r="U57" s="23">
         <v>3140</v>
       </c>
       <c r="V57" s="23">
         <v>3510</v>
       </c>
       <c r="W57" s="13">
         <v>3640</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X57" s="13">
+        <v>3790</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" s="13" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="13">
         <v>3210</v>
       </c>
       <c r="C58" s="13">
         <v>3320</v>
       </c>
       <c r="D58" s="13">
         <v>3280</v>
       </c>
       <c r="E58" s="13">
         <v>3340</v>
       </c>
       <c r="F58" s="13">
         <v>3660</v>
       </c>
       <c r="G58" s="13">
         <v>3900</v>
       </c>
       <c r="H58" s="13">
         <v>3680</v>
       </c>
       <c r="I58" s="13">
@@ -27155,52 +28243,55 @@
       </c>
       <c r="P58" s="13">
         <v>3380</v>
       </c>
       <c r="Q58" s="13">
         <v>3510</v>
       </c>
       <c r="R58" s="20">
         <v>3660</v>
       </c>
       <c r="S58" s="20">
         <v>3140</v>
       </c>
       <c r="T58" s="23">
         <v>3250</v>
       </c>
       <c r="U58" s="23">
         <v>3750</v>
       </c>
       <c r="V58" s="23">
         <v>4240</v>
       </c>
       <c r="W58" s="13">
         <v>4450</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X58" s="13">
+        <v>4640</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" s="13" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="13">
         <v>2510</v>
       </c>
       <c r="C59" s="13">
         <v>2620</v>
       </c>
       <c r="D59" s="13">
         <v>2810</v>
       </c>
       <c r="E59" s="13">
         <v>2850</v>
       </c>
       <c r="F59" s="13">
         <v>3130</v>
       </c>
       <c r="G59" s="13">
         <v>3250</v>
       </c>
       <c r="H59" s="13">
         <v>3020</v>
       </c>
       <c r="I59" s="13">
@@ -27226,52 +28317,55 @@
       </c>
       <c r="P59" s="13">
         <v>2630</v>
       </c>
       <c r="Q59" s="13">
         <v>2660</v>
       </c>
       <c r="R59" s="20">
         <v>2770</v>
       </c>
       <c r="S59" s="20">
         <v>2450</v>
       </c>
       <c r="T59" s="23">
         <v>2510</v>
       </c>
       <c r="U59" s="23">
         <v>2820</v>
       </c>
       <c r="V59" s="23">
         <v>3130</v>
       </c>
       <c r="W59" s="13">
         <v>3270</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X59" s="13">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="13">
         <v>2530</v>
       </c>
       <c r="C60" s="13">
         <v>2640</v>
       </c>
       <c r="D60" s="13">
         <v>2430</v>
       </c>
       <c r="E60" s="13">
         <v>2520</v>
       </c>
       <c r="F60" s="13">
         <v>2700</v>
       </c>
       <c r="G60" s="13">
         <v>2780</v>
       </c>
       <c r="H60" s="13">
         <v>2530</v>
       </c>
       <c r="I60" s="13">
@@ -27297,52 +28391,55 @@
       </c>
       <c r="P60" s="13">
         <v>2240</v>
       </c>
       <c r="Q60" s="13">
         <v>2240</v>
       </c>
       <c r="R60" s="20">
         <v>2390</v>
       </c>
       <c r="S60" s="20">
         <v>2210</v>
       </c>
       <c r="T60" s="23">
         <v>2250</v>
       </c>
       <c r="U60" s="23">
         <v>2540</v>
       </c>
       <c r="V60" s="23">
         <v>2880</v>
       </c>
       <c r="W60" s="13">
         <v>3040</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X60" s="13">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" s="13" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="13">
         <v>3040</v>
       </c>
       <c r="C61" s="13">
         <v>3060</v>
       </c>
       <c r="D61" s="13">
         <v>3060</v>
       </c>
       <c r="E61" s="13">
         <v>3010</v>
       </c>
       <c r="F61" s="13">
         <v>3350</v>
       </c>
       <c r="G61" s="13">
         <v>3440</v>
       </c>
       <c r="H61" s="13">
         <v>3220</v>
       </c>
       <c r="I61" s="13">
@@ -27368,52 +28465,55 @@
       </c>
       <c r="P61" s="13">
         <v>2960</v>
       </c>
       <c r="Q61" s="13">
         <v>3000</v>
       </c>
       <c r="R61" s="20">
         <v>3130</v>
       </c>
       <c r="S61" s="20">
         <v>2800</v>
       </c>
       <c r="T61" s="23">
         <v>2930</v>
       </c>
       <c r="U61" s="23">
         <v>3260</v>
       </c>
       <c r="V61" s="23">
         <v>3620</v>
       </c>
       <c r="W61" s="13">
         <v>3820</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X61" s="13">
+        <v>3990</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" s="13" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="13">
         <v>2960</v>
       </c>
       <c r="C62" s="13">
         <v>3040</v>
       </c>
       <c r="D62" s="13">
         <v>3060</v>
       </c>
       <c r="E62" s="13">
         <v>3170</v>
       </c>
       <c r="F62" s="13">
         <v>3490</v>
       </c>
       <c r="G62" s="13">
         <v>3670</v>
       </c>
       <c r="H62" s="13">
         <v>3370</v>
       </c>
       <c r="I62" s="13">
@@ -27438,136 +28538,139 @@
         <v>2930</v>
       </c>
       <c r="P62" s="13">
         <v>3100</v>
       </c>
       <c r="Q62" s="13">
         <v>3220</v>
       </c>
       <c r="R62" s="20">
         <v>3390</v>
       </c>
       <c r="S62" s="20">
         <v>2970</v>
       </c>
       <c r="T62" s="23">
         <v>3060</v>
       </c>
       <c r="U62" s="23">
         <v>3480</v>
       </c>
       <c r="V62" s="23">
         <v>3950</v>
       </c>
       <c r="W62" s="13">
         <v>4180</v>
+      </c>
+      <c r="X62" s="13">
+        <v>4350</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{E9721E12-D100-1F49-B223-B59C9C92F1A7}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="J10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="D2" sqref="D2:K3"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="9.33203125" style="13"/>
-[...4 lines deleted...]
-    <col min="22" max="16384" width="9.33203125" style="13"/>
+    <col min="1" max="1" width="9.36328125" style="13"/>
+    <col min="2" max="15" width="11.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="16" max="19" width="10.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10.453125" style="13" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="10.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="22" max="16384" width="9.36328125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24" customFormat="1">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" customFormat="1">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24" customFormat="1">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>116</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
@@ -27593,52 +28696,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" s="13" t="s">
         <v>101</v>
       </c>
       <c r="R9" s="13" t="s">
         <v>103</v>
       </c>
       <c r="S9" s="13" t="s">
         <v>104</v>
       </c>
       <c r="T9" s="13" t="s">
         <v>105</v>
       </c>
       <c r="U9" s="13" t="s">
         <v>108</v>
       </c>
       <c r="V9" s="13" t="s">
         <v>115</v>
       </c>
       <c r="W9" s="13" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" s="13" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="23">
         <v>26080</v>
       </c>
       <c r="C10" s="13">
         <v>28580</v>
       </c>
       <c r="D10" s="13">
         <v>30400</v>
       </c>
       <c r="E10" s="13">
         <v>33210</v>
       </c>
       <c r="F10" s="13">
         <v>37470</v>
       </c>
       <c r="G10" s="13">
         <v>39940</v>
       </c>
       <c r="H10" s="13">
         <v>39320</v>
       </c>
       <c r="I10" s="13">
@@ -27664,52 +28770,55 @@
       </c>
       <c r="P10" s="13">
         <v>41580</v>
       </c>
       <c r="Q10" s="13">
         <v>41960</v>
       </c>
       <c r="R10" s="20">
         <v>42860</v>
       </c>
       <c r="S10" s="20">
         <v>44390</v>
       </c>
       <c r="T10" s="23">
         <v>47390</v>
       </c>
       <c r="U10" s="23">
         <v>50310</v>
       </c>
       <c r="V10" s="23">
         <v>50750</v>
       </c>
       <c r="W10" s="13">
         <v>50520</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10" s="13">
+        <v>51070</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="23">
         <v>14750</v>
       </c>
       <c r="C11" s="13">
         <v>16130</v>
       </c>
       <c r="D11" s="13">
         <v>16320</v>
       </c>
       <c r="E11" s="13">
         <v>18810</v>
       </c>
       <c r="F11" s="13">
         <v>21670</v>
       </c>
       <c r="G11" s="13">
         <v>23510</v>
       </c>
       <c r="H11" s="13">
         <v>22690</v>
       </c>
       <c r="I11" s="13">
@@ -27735,52 +28844,55 @@
       </c>
       <c r="P11" s="13">
         <v>21000</v>
       </c>
       <c r="Q11" s="13">
         <v>21140</v>
       </c>
       <c r="R11" s="20">
         <v>21880</v>
       </c>
       <c r="S11" s="20">
         <v>23060</v>
       </c>
       <c r="T11" s="23">
         <v>24810</v>
       </c>
       <c r="U11" s="23">
         <v>26840</v>
       </c>
       <c r="V11" s="23">
         <v>28170</v>
       </c>
       <c r="W11" s="13">
         <v>28450</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11" s="13">
+        <v>29890</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="23">
         <v>11880</v>
       </c>
       <c r="C12" s="13">
         <v>13030</v>
       </c>
       <c r="D12" s="13">
         <v>14360</v>
       </c>
       <c r="E12" s="13">
         <v>15360</v>
       </c>
       <c r="F12" s="13">
         <v>17460</v>
       </c>
       <c r="G12" s="13">
         <v>18720</v>
       </c>
       <c r="H12" s="13">
         <v>18280</v>
       </c>
       <c r="I12" s="13">
@@ -27806,52 +28918,55 @@
       </c>
       <c r="P12" s="13">
         <v>18200</v>
       </c>
       <c r="Q12" s="13">
         <v>18260</v>
       </c>
       <c r="R12" s="20">
         <v>18950</v>
       </c>
       <c r="S12" s="20">
         <v>20010</v>
       </c>
       <c r="T12" s="23">
         <v>21400</v>
       </c>
       <c r="U12" s="23">
         <v>22810</v>
       </c>
       <c r="V12" s="23">
         <v>24000</v>
       </c>
       <c r="W12" s="13">
         <v>24550</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12" s="13">
+        <v>25550</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="23">
         <v>27370</v>
       </c>
       <c r="C13" s="13">
         <v>30180</v>
       </c>
       <c r="D13" s="13">
         <v>33770</v>
       </c>
       <c r="E13" s="13">
         <v>42080</v>
       </c>
       <c r="F13" s="13">
         <v>48930</v>
       </c>
       <c r="G13" s="13">
         <v>50220</v>
       </c>
       <c r="H13" s="13">
         <v>45540</v>
       </c>
       <c r="I13" s="13">
@@ -27877,52 +28992,55 @@
       </c>
       <c r="P13" s="13">
         <v>35680</v>
       </c>
       <c r="Q13" s="13">
         <v>36690</v>
       </c>
       <c r="R13" s="20">
         <v>37620</v>
       </c>
       <c r="S13" s="20">
         <v>40000</v>
       </c>
       <c r="T13" s="23">
         <v>43540</v>
       </c>
       <c r="U13" s="23">
         <v>47820</v>
       </c>
       <c r="V13" s="23">
         <v>49230</v>
       </c>
       <c r="W13" s="13">
         <v>49130</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13" s="13">
+        <v>51800</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="23">
         <v>39410</v>
       </c>
       <c r="C14" s="13">
         <v>45700</v>
       </c>
       <c r="D14" s="13">
         <v>52700</v>
       </c>
       <c r="E14" s="13">
         <v>62590</v>
       </c>
       <c r="F14" s="13">
         <v>70080</v>
       </c>
       <c r="G14" s="13">
         <v>70100</v>
       </c>
       <c r="H14" s="13">
         <v>65460</v>
       </c>
       <c r="I14" s="13">
@@ -27948,52 +29066,55 @@
       </c>
       <c r="P14" s="13">
         <v>54640</v>
       </c>
       <c r="Q14" s="13">
         <v>55920</v>
       </c>
       <c r="R14" s="20">
         <v>57170</v>
       </c>
       <c r="S14" s="20">
         <v>58060</v>
       </c>
       <c r="T14" s="23">
         <v>62840</v>
       </c>
       <c r="U14" s="23">
         <v>67980</v>
       </c>
       <c r="V14" s="23">
         <v>67840</v>
       </c>
       <c r="W14" s="13">
         <v>68120</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14" s="13">
+        <v>69660</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="23">
         <v>39250</v>
       </c>
       <c r="C15" s="13">
         <v>42950</v>
       </c>
       <c r="D15" s="13">
         <v>44940</v>
       </c>
       <c r="E15" s="13">
         <v>48610</v>
       </c>
       <c r="F15" s="13">
         <v>52350</v>
       </c>
       <c r="G15" s="13">
         <v>54170</v>
       </c>
       <c r="H15" s="13">
         <v>51430</v>
       </c>
       <c r="I15" s="13">
@@ -28019,52 +29140,55 @@
       </c>
       <c r="P15" s="13">
         <v>50900</v>
       </c>
       <c r="Q15" s="13">
         <v>53250</v>
       </c>
       <c r="R15" s="20">
         <v>55510</v>
       </c>
       <c r="S15" s="20">
         <v>58590</v>
       </c>
       <c r="T15" s="23">
         <v>64060</v>
       </c>
       <c r="U15" s="23">
         <v>69750</v>
       </c>
       <c r="V15" s="23">
         <v>70790</v>
       </c>
       <c r="W15" s="13">
         <v>70110</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15" s="13">
+        <v>72210</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="23">
         <v>31070</v>
       </c>
       <c r="C16" s="13">
         <v>35340</v>
       </c>
       <c r="D16" s="13">
         <v>38500</v>
       </c>
       <c r="E16" s="13">
         <v>42770</v>
       </c>
       <c r="F16" s="13">
         <v>46200</v>
       </c>
       <c r="G16" s="13">
         <v>47970</v>
       </c>
       <c r="H16" s="13">
         <v>46880</v>
       </c>
       <c r="I16" s="13">
@@ -28090,52 +29214,55 @@
       </c>
       <c r="P16" s="13">
         <v>41790</v>
       </c>
       <c r="Q16" s="13">
         <v>41980</v>
       </c>
       <c r="R16" s="20">
         <v>42340</v>
       </c>
       <c r="S16" s="20">
         <v>42960</v>
       </c>
       <c r="T16" s="23">
         <v>44660</v>
       </c>
       <c r="U16" s="23">
         <v>47000</v>
       </c>
       <c r="V16" s="23">
         <v>47130</v>
       </c>
       <c r="W16" s="13">
         <v>47810</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16" s="13">
+        <v>48380</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="23">
         <v>32430</v>
       </c>
       <c r="C17" s="13">
         <v>37670</v>
       </c>
       <c r="D17" s="13">
         <v>43710</v>
       </c>
       <c r="E17" s="13">
         <v>51090</v>
       </c>
       <c r="F17" s="13">
         <v>58590</v>
       </c>
       <c r="G17" s="13">
         <v>59810</v>
       </c>
       <c r="H17" s="13">
         <v>59720</v>
       </c>
       <c r="I17" s="13">
@@ -28161,52 +29288,55 @@
       </c>
       <c r="P17" s="13">
         <v>62080</v>
       </c>
       <c r="Q17" s="13">
         <v>63430</v>
       </c>
       <c r="R17" s="20">
         <v>64700</v>
       </c>
       <c r="S17" s="20">
         <v>67370</v>
       </c>
       <c r="T17" s="23">
         <v>75280</v>
       </c>
       <c r="U17" s="23">
         <v>80970</v>
       </c>
       <c r="V17" s="23">
         <v>79730</v>
       </c>
       <c r="W17" s="13">
         <v>78920</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17" s="13">
+        <v>78140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="23">
         <v>24840</v>
       </c>
       <c r="C18" s="13">
         <v>27710</v>
       </c>
       <c r="D18" s="13">
         <v>28950</v>
       </c>
       <c r="E18" s="13">
         <v>34760</v>
       </c>
       <c r="F18" s="13">
         <v>38310</v>
       </c>
       <c r="G18" s="13">
         <v>40830</v>
       </c>
       <c r="H18" s="13">
         <v>39930</v>
       </c>
       <c r="I18" s="13">
@@ -28232,52 +29362,55 @@
       </c>
       <c r="P18" s="13">
         <v>36840</v>
       </c>
       <c r="Q18" s="13">
         <v>37250</v>
       </c>
       <c r="R18" s="20">
         <v>37830</v>
       </c>
       <c r="S18" s="20">
         <v>39270</v>
       </c>
       <c r="T18" s="23">
         <v>40870</v>
       </c>
       <c r="U18" s="23">
         <v>43030</v>
       </c>
       <c r="V18" s="23">
         <v>44300</v>
       </c>
       <c r="W18" s="13">
         <v>44580</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18" s="13">
+        <v>46450</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="23">
         <v>20900</v>
       </c>
       <c r="C19" s="13">
         <v>24150</v>
       </c>
       <c r="D19" s="13">
         <v>27350</v>
       </c>
       <c r="E19" s="13">
         <v>34470</v>
       </c>
       <c r="F19" s="13">
         <v>39990</v>
       </c>
       <c r="G19" s="13">
         <v>41040</v>
       </c>
       <c r="H19" s="13">
         <v>37720</v>
       </c>
       <c r="I19" s="13">
@@ -28303,52 +29436,55 @@
       </c>
       <c r="P19" s="13">
         <v>27120</v>
       </c>
       <c r="Q19" s="13">
         <v>28350</v>
       </c>
       <c r="R19" s="20">
         <v>29970</v>
       </c>
       <c r="S19" s="20">
         <v>31980</v>
       </c>
       <c r="T19" s="23">
         <v>34630</v>
       </c>
       <c r="U19" s="23">
         <v>37710</v>
       </c>
       <c r="V19" s="23">
         <v>39080</v>
       </c>
       <c r="W19" s="13">
         <v>39900</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19" s="13">
+        <v>41600</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="23">
         <v>24190</v>
       </c>
       <c r="C20" s="13">
         <v>27180</v>
       </c>
       <c r="D20" s="13">
         <v>29440</v>
       </c>
       <c r="E20" s="13">
         <v>31860</v>
       </c>
       <c r="F20" s="13">
         <v>35330</v>
       </c>
       <c r="G20" s="13">
         <v>36910</v>
       </c>
       <c r="H20" s="13">
         <v>34510</v>
       </c>
       <c r="I20" s="13">
@@ -28374,52 +29510,55 @@
       </c>
       <c r="P20" s="13">
         <v>28620</v>
       </c>
       <c r="Q20" s="13">
         <v>29350</v>
       </c>
       <c r="R20" s="20">
         <v>30240</v>
       </c>
       <c r="S20" s="20">
         <v>31930</v>
       </c>
       <c r="T20" s="23">
         <v>34200</v>
       </c>
       <c r="U20" s="23">
         <v>36680</v>
       </c>
       <c r="V20" s="23">
         <v>38380</v>
       </c>
       <c r="W20" s="13">
         <v>38800</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20" s="13">
+        <v>40310</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="23">
         <v>31730</v>
       </c>
       <c r="C21" s="13">
         <v>35890</v>
       </c>
       <c r="D21" s="13">
         <v>39870</v>
       </c>
       <c r="E21" s="13">
         <v>46280</v>
       </c>
       <c r="F21" s="13">
         <v>52570</v>
       </c>
       <c r="G21" s="13">
         <v>55030</v>
       </c>
       <c r="H21" s="13">
         <v>55300</v>
       </c>
       <c r="I21" s="13">
@@ -28445,52 +29584,55 @@
       </c>
       <c r="P21" s="13">
         <v>54680</v>
       </c>
       <c r="Q21" s="13">
         <v>54980</v>
       </c>
       <c r="R21" s="20">
         <v>56160</v>
       </c>
       <c r="S21" s="20">
         <v>57580</v>
       </c>
       <c r="T21" s="23">
         <v>60600</v>
       </c>
       <c r="U21" s="23">
         <v>64110</v>
       </c>
       <c r="V21" s="23">
         <v>63620</v>
       </c>
       <c r="W21" s="13">
         <v>62190</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21" s="13">
+        <v>63810</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="23">
         <v>15290</v>
       </c>
       <c r="C22" s="13">
         <v>17700</v>
       </c>
       <c r="D22" s="13">
         <v>19130</v>
       </c>
       <c r="E22" s="13">
         <v>20970</v>
       </c>
       <c r="F22" s="13">
         <v>22830</v>
       </c>
       <c r="G22" s="13">
         <v>24140</v>
       </c>
       <c r="H22" s="13">
         <v>24220</v>
       </c>
       <c r="I22" s="13">
@@ -28516,52 +29658,55 @@
       </c>
       <c r="P22" s="13">
         <v>24580</v>
       </c>
       <c r="Q22" s="13">
         <v>25350</v>
       </c>
       <c r="R22" s="20">
         <v>25660</v>
       </c>
       <c r="S22" s="20">
         <v>26590</v>
       </c>
       <c r="T22" s="23">
         <v>28040</v>
       </c>
       <c r="U22" s="23">
         <v>30000</v>
       </c>
       <c r="V22" s="23">
         <v>30420</v>
       </c>
       <c r="W22" s="13">
         <v>30590</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22" s="13">
+        <v>31150</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="23">
         <v>21020</v>
       </c>
       <c r="C23" s="13">
         <v>23670</v>
       </c>
       <c r="D23" s="13">
         <v>24990</v>
       </c>
       <c r="E23" s="13">
         <v>28480</v>
       </c>
       <c r="F23" s="13">
         <v>33230</v>
       </c>
       <c r="G23" s="13">
         <v>35250</v>
       </c>
       <c r="H23" s="13">
         <v>34080</v>
       </c>
       <c r="I23" s="13">
@@ -28587,52 +29732,55 @@
       </c>
       <c r="P23" s="13">
         <v>31070</v>
       </c>
       <c r="Q23" s="13">
         <v>32360</v>
       </c>
       <c r="R23" s="20">
         <v>34210</v>
       </c>
       <c r="S23" s="20">
         <v>37110</v>
       </c>
       <c r="T23" s="23">
         <v>41550</v>
       </c>
       <c r="U23" s="23">
         <v>46260</v>
       </c>
       <c r="V23" s="23">
         <v>47280</v>
       </c>
       <c r="W23" s="13">
         <v>48000</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23" s="13">
+        <v>50320</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="23">
         <v>24570</v>
       </c>
       <c r="C24" s="13">
         <v>27610</v>
       </c>
       <c r="D24" s="13">
         <v>30220</v>
       </c>
       <c r="E24" s="13">
         <v>34030</v>
       </c>
       <c r="F24" s="13">
         <v>37170</v>
       </c>
       <c r="G24" s="13">
         <v>38790</v>
       </c>
       <c r="H24" s="13">
         <v>36580</v>
       </c>
       <c r="I24" s="13">
@@ -28658,52 +29806,55 @@
       </c>
       <c r="P24" s="13">
         <v>30260</v>
       </c>
       <c r="Q24" s="13">
         <v>30960</v>
       </c>
       <c r="R24" s="20">
         <v>31260</v>
       </c>
       <c r="S24" s="20">
         <v>31890</v>
       </c>
       <c r="T24" s="23">
         <v>33570</v>
       </c>
       <c r="U24" s="23">
         <v>35850</v>
       </c>
       <c r="V24" s="23">
         <v>36030</v>
       </c>
       <c r="W24" s="13">
         <v>35970</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24" s="13">
+        <v>36470</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="23">
         <v>18430</v>
       </c>
       <c r="C25" s="13">
         <v>19980</v>
       </c>
       <c r="D25" s="13">
         <v>20650</v>
       </c>
       <c r="E25" s="13">
         <v>22280</v>
       </c>
       <c r="F25" s="13">
         <v>24280</v>
       </c>
       <c r="G25" s="13">
         <v>25080</v>
       </c>
       <c r="H25" s="13">
         <v>24130</v>
       </c>
       <c r="I25" s="13">
@@ -28729,52 +29880,55 @@
       </c>
       <c r="P25" s="13">
         <v>22810</v>
       </c>
       <c r="Q25" s="13">
         <v>22880</v>
       </c>
       <c r="R25" s="20">
         <v>24320</v>
       </c>
       <c r="S25" s="20">
         <v>25720</v>
       </c>
       <c r="T25" s="23">
         <v>27090</v>
       </c>
       <c r="U25" s="23">
         <v>29510</v>
       </c>
       <c r="V25" s="23">
         <v>30480</v>
       </c>
       <c r="W25" s="13">
         <v>31150</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25" s="13">
+        <v>32520</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="23">
         <v>17060</v>
       </c>
       <c r="C26" s="13">
         <v>18410</v>
       </c>
       <c r="D26" s="13">
         <v>19390</v>
       </c>
       <c r="E26" s="13">
         <v>20840</v>
       </c>
       <c r="F26" s="13">
         <v>22760</v>
       </c>
       <c r="G26" s="13">
         <v>23900</v>
       </c>
       <c r="H26" s="13">
         <v>23690</v>
       </c>
       <c r="I26" s="13">
@@ -28800,52 +29954,55 @@
       </c>
       <c r="P26" s="13">
         <v>23330</v>
       </c>
       <c r="Q26" s="13">
         <v>23690</v>
       </c>
       <c r="R26" s="20">
         <v>23960</v>
       </c>
       <c r="S26" s="20">
         <v>24930</v>
       </c>
       <c r="T26" s="23">
         <v>26650</v>
       </c>
       <c r="U26" s="23">
         <v>27990</v>
       </c>
       <c r="V26" s="23">
         <v>28690</v>
       </c>
       <c r="W26" s="13">
         <v>29130</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26" s="13">
+        <v>30510</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="23">
         <v>14420</v>
       </c>
       <c r="C27" s="13">
         <v>15750</v>
       </c>
       <c r="D27" s="13">
         <v>17030</v>
       </c>
       <c r="E27" s="13">
         <v>18330</v>
       </c>
       <c r="F27" s="13">
         <v>20350</v>
       </c>
       <c r="G27" s="13">
         <v>21430</v>
       </c>
       <c r="H27" s="13">
         <v>20980</v>
       </c>
       <c r="I27" s="13">
@@ -28871,52 +30028,55 @@
       </c>
       <c r="P27" s="13">
         <v>20010</v>
       </c>
       <c r="Q27" s="13">
         <v>19840</v>
       </c>
       <c r="R27" s="20">
         <v>20310</v>
       </c>
       <c r="S27" s="20">
         <v>21740</v>
       </c>
       <c r="T27" s="23">
         <v>23010</v>
       </c>
       <c r="U27" s="23">
         <v>24500</v>
       </c>
       <c r="V27" s="23">
         <v>25270</v>
       </c>
       <c r="W27" s="13">
         <v>25610</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27" s="13">
+        <v>26280</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="23">
         <v>13180</v>
       </c>
       <c r="C28" s="13">
         <v>14330</v>
       </c>
       <c r="D28" s="13">
         <v>10550</v>
       </c>
       <c r="E28" s="13">
         <v>15200</v>
       </c>
       <c r="F28" s="13">
         <v>17920</v>
       </c>
       <c r="G28" s="13">
         <v>19410</v>
       </c>
       <c r="H28" s="13">
         <v>19510</v>
       </c>
       <c r="I28" s="13">
@@ -28942,52 +30102,55 @@
       </c>
       <c r="P28" s="13">
         <v>20820</v>
       </c>
       <c r="Q28" s="13">
         <v>21580</v>
       </c>
       <c r="R28" s="20">
         <v>22550</v>
       </c>
       <c r="S28" s="20">
         <v>23570</v>
       </c>
       <c r="T28" s="23">
         <v>25390</v>
       </c>
       <c r="U28" s="23">
         <v>27030</v>
       </c>
       <c r="V28" s="23">
         <v>27730</v>
       </c>
       <c r="W28" s="13">
         <v>27680</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28" s="13">
+        <v>28450</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="23">
         <v>32100</v>
       </c>
       <c r="C29" s="13">
         <v>36430</v>
       </c>
       <c r="D29" s="13">
         <v>40150</v>
       </c>
       <c r="E29" s="13">
         <v>44160</v>
       </c>
       <c r="F29" s="13">
         <v>47220</v>
       </c>
       <c r="G29" s="13">
         <v>48040</v>
       </c>
       <c r="H29" s="13">
         <v>46340</v>
       </c>
       <c r="I29" s="13">
@@ -29013,52 +30176,55 @@
       </c>
       <c r="P29" s="13">
         <v>45760</v>
       </c>
       <c r="Q29" s="13">
         <v>47140</v>
       </c>
       <c r="R29" s="20">
         <v>47770</v>
       </c>
       <c r="S29" s="20">
         <v>50230</v>
       </c>
       <c r="T29" s="23">
         <v>53010</v>
       </c>
       <c r="U29" s="23">
         <v>56370</v>
       </c>
       <c r="V29" s="23">
         <v>56840</v>
       </c>
       <c r="W29" s="13">
         <v>57560</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29" s="13">
+        <v>58200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="23">
         <v>32280</v>
       </c>
       <c r="C30" s="13">
         <v>37170</v>
       </c>
       <c r="D30" s="13">
         <v>41450</v>
       </c>
       <c r="E30" s="13">
         <v>49120</v>
       </c>
       <c r="F30" s="13">
         <v>55190</v>
       </c>
       <c r="G30" s="13">
         <v>57890</v>
       </c>
       <c r="H30" s="13">
         <v>55980</v>
       </c>
       <c r="I30" s="13">
@@ -29084,52 +30250,55 @@
       </c>
       <c r="P30" s="13">
         <v>50900</v>
       </c>
       <c r="Q30" s="13">
         <v>51590</v>
       </c>
       <c r="R30" s="20">
         <v>52070</v>
       </c>
       <c r="S30" s="20">
         <v>53100</v>
       </c>
       <c r="T30" s="23">
         <v>55730</v>
       </c>
       <c r="U30" s="23">
         <v>59400</v>
       </c>
       <c r="V30" s="23">
         <v>59810</v>
       </c>
       <c r="W30" s="13">
         <v>58270</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30" s="13">
+        <v>59910</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="23">
         <v>17430</v>
       </c>
       <c r="C31" s="13">
         <v>19970</v>
       </c>
       <c r="D31" s="13">
         <v>21990</v>
       </c>
       <c r="E31" s="13">
         <v>25170</v>
       </c>
       <c r="F31" s="13">
         <v>26850</v>
       </c>
       <c r="G31" s="13">
         <v>28240</v>
       </c>
       <c r="H31" s="13">
         <v>27840</v>
       </c>
       <c r="I31" s="13">
@@ -29155,52 +30324,55 @@
       </c>
       <c r="P31" s="13">
         <v>26230</v>
       </c>
       <c r="Q31" s="13">
         <v>26090</v>
       </c>
       <c r="R31" s="20">
         <v>27200</v>
       </c>
       <c r="S31" s="20">
         <v>28650</v>
       </c>
       <c r="T31" s="23">
         <v>30460</v>
       </c>
       <c r="U31" s="23">
         <v>32310</v>
       </c>
       <c r="V31" s="23">
         <v>33100</v>
       </c>
       <c r="W31" s="13">
         <v>33640</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31" s="13">
+        <v>34340</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="23">
         <v>23420</v>
       </c>
       <c r="C32" s="13">
         <v>25500</v>
       </c>
       <c r="D32" s="13">
         <v>26950</v>
       </c>
       <c r="E32" s="13">
         <v>28650</v>
       </c>
       <c r="F32" s="13">
         <v>29830</v>
       </c>
       <c r="G32" s="13">
         <v>29990</v>
       </c>
       <c r="H32" s="13">
         <v>27800</v>
       </c>
       <c r="I32" s="13">
@@ -29226,52 +30398,55 @@
       </c>
       <c r="P32" s="13">
         <v>23130</v>
       </c>
       <c r="Q32" s="13">
         <v>22630</v>
       </c>
       <c r="R32" s="20">
         <v>24760</v>
       </c>
       <c r="S32" s="20">
         <v>25960</v>
       </c>
       <c r="T32" s="23">
         <v>27490</v>
       </c>
       <c r="U32" s="23">
         <v>28920</v>
       </c>
       <c r="V32" s="23">
         <v>29670</v>
       </c>
       <c r="W32" s="13">
         <v>29620</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32" s="13">
+        <v>30600</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="23">
         <v>29520</v>
       </c>
       <c r="C33" s="13">
         <v>32750</v>
       </c>
       <c r="D33" s="13">
         <v>35710</v>
       </c>
       <c r="E33" s="13">
         <v>39250</v>
       </c>
       <c r="F33" s="13">
         <v>41880</v>
       </c>
       <c r="G33" s="13">
         <v>42360</v>
       </c>
       <c r="H33" s="13">
         <v>40650</v>
       </c>
       <c r="I33" s="13">
@@ -29297,52 +30472,55 @@
       </c>
       <c r="P33" s="13">
         <v>36950</v>
       </c>
       <c r="Q33" s="13">
         <v>37460</v>
       </c>
       <c r="R33" s="20">
         <v>38510</v>
       </c>
       <c r="S33" s="20">
         <v>40160</v>
       </c>
       <c r="T33" s="23">
         <v>42840</v>
       </c>
       <c r="U33" s="23">
         <v>45080</v>
       </c>
       <c r="V33" s="23">
         <v>45500</v>
       </c>
       <c r="W33" s="13">
         <v>45410</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33" s="13">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="23">
         <v>18140</v>
       </c>
       <c r="C34" s="13">
         <v>19630</v>
       </c>
       <c r="D34" s="13">
         <v>21350</v>
       </c>
       <c r="E34" s="13">
         <v>23100</v>
       </c>
       <c r="F34" s="13">
         <v>25300</v>
       </c>
       <c r="G34" s="13">
         <v>26740</v>
       </c>
       <c r="H34" s="13">
         <v>25940</v>
       </c>
       <c r="I34" s="13">
@@ -29368,52 +30546,55 @@
       </c>
       <c r="P34" s="13">
         <v>23940</v>
       </c>
       <c r="Q34" s="13">
         <v>24150</v>
       </c>
       <c r="R34" s="20">
         <v>25090</v>
       </c>
       <c r="S34" s="20">
         <v>26400</v>
       </c>
       <c r="T34" s="23">
         <v>27970</v>
       </c>
       <c r="U34" s="23">
         <v>29750</v>
       </c>
       <c r="V34" s="23">
         <v>30840</v>
       </c>
       <c r="W34" s="13">
         <v>31080</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34" s="13">
+        <v>32450</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="23">
         <v>9930</v>
       </c>
       <c r="C35" s="13">
         <v>10980</v>
       </c>
       <c r="D35" s="13">
         <v>9600</v>
       </c>
       <c r="E35" s="13">
         <v>12300</v>
       </c>
       <c r="F35" s="13">
         <v>14240</v>
       </c>
       <c r="G35" s="13">
         <v>15500</v>
       </c>
       <c r="H35" s="13">
         <v>15310</v>
       </c>
       <c r="I35" s="13">
@@ -29439,52 +30620,55 @@
       </c>
       <c r="P35" s="13">
         <v>15230</v>
       </c>
       <c r="Q35" s="13">
         <v>15710</v>
       </c>
       <c r="R35" s="20">
         <v>16260</v>
       </c>
       <c r="S35" s="20">
         <v>17040</v>
       </c>
       <c r="T35" s="23">
         <v>18310</v>
       </c>
       <c r="U35" s="23">
         <v>19650</v>
       </c>
       <c r="V35" s="23">
         <v>20750</v>
       </c>
       <c r="W35" s="13">
         <v>20810</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35" s="13">
+        <v>21690</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="23">
         <v>16480</v>
       </c>
       <c r="C36" s="13">
         <v>18790</v>
       </c>
       <c r="D36" s="13">
         <v>20220</v>
       </c>
       <c r="E36" s="13">
         <v>22160</v>
       </c>
       <c r="F36" s="13">
         <v>26050</v>
       </c>
       <c r="G36" s="13">
         <v>28120</v>
       </c>
       <c r="H36" s="13">
         <v>27990</v>
       </c>
       <c r="I36" s="13">
@@ -29510,52 +30694,55 @@
       </c>
       <c r="P36" s="13">
         <v>29880</v>
       </c>
       <c r="Q36" s="13">
         <v>30220</v>
       </c>
       <c r="R36" s="20">
         <v>31550</v>
       </c>
       <c r="S36" s="20">
         <v>33350</v>
       </c>
       <c r="T36" s="23">
         <v>36390</v>
       </c>
       <c r="U36" s="23">
         <v>39020</v>
       </c>
       <c r="V36" s="23">
         <v>40430</v>
       </c>
       <c r="W36" s="13">
         <v>39800</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36" s="13">
+        <v>40740</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="23">
         <v>20500</v>
       </c>
       <c r="C37" s="13">
         <v>22350</v>
       </c>
       <c r="D37" s="13">
         <v>24110</v>
       </c>
       <c r="E37" s="13">
         <v>26460</v>
       </c>
       <c r="F37" s="13">
         <v>29730</v>
       </c>
       <c r="G37" s="13">
         <v>31610</v>
       </c>
       <c r="H37" s="13">
         <v>30990</v>
       </c>
       <c r="I37" s="13">
@@ -29581,52 +30768,55 @@
       </c>
       <c r="P37" s="13">
         <v>28590</v>
       </c>
       <c r="Q37" s="13">
         <v>29120</v>
       </c>
       <c r="R37" s="20">
         <v>30100</v>
       </c>
       <c r="S37" s="20">
         <v>31620</v>
       </c>
       <c r="T37" s="23">
         <v>33980</v>
       </c>
       <c r="U37" s="23">
         <v>37100</v>
       </c>
       <c r="V37" s="23">
         <v>38930</v>
       </c>
       <c r="W37" s="13">
         <v>39440</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37" s="13">
+        <v>41240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="23">
         <v>11790</v>
       </c>
       <c r="C38" s="13">
         <v>12700</v>
       </c>
       <c r="D38" s="13">
         <v>14010</v>
       </c>
       <c r="E38" s="13">
         <v>14970</v>
       </c>
       <c r="F38" s="13">
         <v>16910</v>
       </c>
       <c r="G38" s="13">
         <v>17920</v>
       </c>
       <c r="H38" s="13">
         <v>18230</v>
       </c>
       <c r="I38" s="13">
@@ -29652,52 +30842,55 @@
       </c>
       <c r="P38" s="13">
         <v>26100</v>
       </c>
       <c r="Q38" s="13">
         <v>27470</v>
       </c>
       <c r="R38" s="20">
         <v>28490</v>
       </c>
       <c r="S38" s="20">
         <v>29740</v>
       </c>
       <c r="T38" s="23">
         <v>31050</v>
       </c>
       <c r="U38" s="23">
         <v>33250</v>
       </c>
       <c r="V38" s="23">
         <v>33200</v>
       </c>
       <c r="W38" s="13">
         <v>33600</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38" s="13">
+        <v>34410</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="23">
         <v>16900</v>
       </c>
       <c r="C39" s="13">
         <v>19430</v>
       </c>
       <c r="D39" s="13">
         <v>20830</v>
       </c>
       <c r="E39" s="13">
         <v>22400</v>
       </c>
       <c r="F39" s="13">
         <v>24030</v>
       </c>
       <c r="G39" s="13">
         <v>24990</v>
       </c>
       <c r="H39" s="13">
         <v>24950</v>
       </c>
       <c r="I39" s="13">
@@ -29723,52 +30916,55 @@
       </c>
       <c r="P39" s="13">
         <v>25250</v>
       </c>
       <c r="Q39" s="13">
         <v>25680</v>
       </c>
       <c r="R39" s="20">
         <v>26660</v>
       </c>
       <c r="S39" s="20">
         <v>27640</v>
       </c>
       <c r="T39" s="23">
         <v>29800</v>
       </c>
       <c r="U39" s="23">
         <v>31830</v>
       </c>
       <c r="V39" s="23">
         <v>32300</v>
       </c>
       <c r="W39" s="13">
         <v>32480</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39" s="13">
+        <v>33170</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="23">
         <v>25650</v>
       </c>
       <c r="C40" s="13">
         <v>30300</v>
       </c>
       <c r="D40" s="13">
         <v>33400</v>
       </c>
       <c r="E40" s="13">
         <v>37350</v>
       </c>
       <c r="F40" s="13">
         <v>39860</v>
       </c>
       <c r="G40" s="13">
         <v>40930</v>
       </c>
       <c r="H40" s="13">
         <v>39490</v>
       </c>
       <c r="I40" s="13">
@@ -29794,52 +30990,55 @@
       </c>
       <c r="P40" s="13">
         <v>35930</v>
       </c>
       <c r="Q40" s="13">
         <v>36760</v>
       </c>
       <c r="R40" s="20">
         <v>37480</v>
       </c>
       <c r="S40" s="20">
         <v>39170</v>
       </c>
       <c r="T40" s="23">
         <v>41370</v>
       </c>
       <c r="U40" s="23">
         <v>43580</v>
       </c>
       <c r="V40" s="23">
         <v>44570</v>
       </c>
       <c r="W40" s="13">
         <v>44800</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40" s="13">
+        <v>45690</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="23">
         <v>29060</v>
       </c>
       <c r="C41" s="13">
         <v>32690</v>
       </c>
       <c r="D41" s="13">
         <v>36570</v>
       </c>
       <c r="E41" s="13">
         <v>41380</v>
       </c>
       <c r="F41" s="13">
         <v>46060</v>
       </c>
       <c r="G41" s="13">
         <v>48180</v>
       </c>
       <c r="H41" s="13">
         <v>46810</v>
       </c>
       <c r="I41" s="13">
@@ -29865,52 +31064,55 @@
       </c>
       <c r="P41" s="13">
         <v>40320</v>
       </c>
       <c r="Q41" s="13">
         <v>40630</v>
       </c>
       <c r="R41" s="20">
         <v>41020</v>
       </c>
       <c r="S41" s="20">
         <v>42200</v>
       </c>
       <c r="T41" s="23">
         <v>44900</v>
       </c>
       <c r="U41" s="23">
         <v>48120</v>
       </c>
       <c r="V41" s="23">
         <v>48690</v>
       </c>
       <c r="W41" s="13">
         <v>48700</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41" s="13">
+        <v>49650</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="23">
         <v>19000</v>
       </c>
       <c r="C42" s="13">
         <v>19970</v>
       </c>
       <c r="D42" s="13">
         <v>22130</v>
       </c>
       <c r="E42" s="13">
         <v>23960</v>
       </c>
       <c r="F42" s="13">
         <v>27400</v>
       </c>
       <c r="G42" s="13">
         <v>29440</v>
       </c>
       <c r="H42" s="13">
         <v>28470</v>
       </c>
       <c r="I42" s="13">
@@ -29936,52 +31138,55 @@
       </c>
       <c r="P42" s="13">
         <v>24580</v>
       </c>
       <c r="Q42" s="13">
         <v>24990</v>
       </c>
       <c r="R42" s="20">
         <v>25810</v>
       </c>
       <c r="S42" s="20">
         <v>26950</v>
       </c>
       <c r="T42" s="23">
         <v>28590</v>
       </c>
       <c r="U42" s="23">
         <v>30610</v>
       </c>
       <c r="V42" s="23">
         <v>30760</v>
       </c>
       <c r="W42" s="13">
         <v>30850</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42" s="13">
+        <v>31940</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" s="13" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="23">
         <v>30020</v>
       </c>
       <c r="C43" s="13">
         <v>34420</v>
       </c>
       <c r="D43" s="13">
         <v>41280</v>
       </c>
       <c r="E43" s="13">
         <v>50570</v>
       </c>
       <c r="F43" s="13">
         <v>58450</v>
       </c>
       <c r="G43" s="13">
         <v>57910</v>
       </c>
       <c r="H43" s="13">
         <v>51120</v>
       </c>
       <c r="I43" s="13">
@@ -30007,52 +31212,55 @@
       </c>
       <c r="P43" s="13">
         <v>35730</v>
       </c>
       <c r="Q43" s="13">
         <v>37350</v>
       </c>
       <c r="R43" s="20">
         <v>38900</v>
       </c>
       <c r="S43" s="20">
         <v>41590</v>
       </c>
       <c r="T43" s="23">
         <v>45110</v>
       </c>
       <c r="U43" s="23">
         <v>48750</v>
       </c>
       <c r="V43" s="23">
         <v>50270</v>
       </c>
       <c r="W43" s="13">
         <v>50160</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43" s="13">
+        <v>52540</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="23">
         <v>21350</v>
       </c>
       <c r="C44" s="13">
         <v>24050</v>
       </c>
       <c r="D44" s="13">
         <v>26400</v>
       </c>
       <c r="E44" s="13">
         <v>30290</v>
       </c>
       <c r="F44" s="13">
         <v>34380</v>
       </c>
       <c r="G44" s="13">
         <v>35320</v>
       </c>
       <c r="H44" s="13">
         <v>34610</v>
       </c>
       <c r="I44" s="13">
@@ -30078,52 +31286,55 @@
       </c>
       <c r="P44" s="13">
         <v>32380</v>
       </c>
       <c r="Q44" s="13">
         <v>32620</v>
       </c>
       <c r="R44" s="20">
         <v>34030</v>
       </c>
       <c r="S44" s="20">
         <v>34660</v>
       </c>
       <c r="T44" s="23">
         <v>37060</v>
       </c>
       <c r="U44" s="23">
         <v>39280</v>
       </c>
       <c r="V44" s="23">
         <v>40130</v>
       </c>
       <c r="W44" s="13">
         <v>40770</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44" s="13">
+        <v>41110</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" s="13" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="23">
         <v>19590</v>
       </c>
       <c r="C45" s="13">
         <v>21260</v>
       </c>
       <c r="D45" s="13">
         <v>22250</v>
       </c>
       <c r="E45" s="13">
         <v>23690</v>
       </c>
       <c r="F45" s="13">
         <v>24490</v>
       </c>
       <c r="G45" s="13">
         <v>25550</v>
       </c>
       <c r="H45" s="13">
         <v>24620</v>
       </c>
       <c r="I45" s="13">
@@ -30149,52 +31360,55 @@
       </c>
       <c r="P45" s="13">
         <v>21500</v>
       </c>
       <c r="Q45" s="13">
         <v>21810</v>
       </c>
       <c r="R45" s="20">
         <v>22860</v>
       </c>
       <c r="S45" s="20">
         <v>23690</v>
       </c>
       <c r="T45" s="23">
         <v>25240</v>
       </c>
       <c r="U45" s="23">
         <v>26760</v>
       </c>
       <c r="V45" s="23">
         <v>27440</v>
       </c>
       <c r="W45" s="13">
         <v>27780</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45" s="13">
+        <v>28700</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" s="13" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="23">
         <v>12410</v>
       </c>
       <c r="C46" s="13">
         <v>13530</v>
       </c>
       <c r="D46" s="13">
         <v>14340</v>
       </c>
       <c r="E46" s="13">
         <v>15720</v>
       </c>
       <c r="F46" s="13">
         <v>17610</v>
       </c>
       <c r="G46" s="13">
         <v>18830</v>
       </c>
       <c r="H46" s="13">
         <v>18850</v>
       </c>
       <c r="I46" s="13">
@@ -30220,52 +31434,55 @@
       </c>
       <c r="P46" s="13">
         <v>19830</v>
       </c>
       <c r="Q46" s="13">
         <v>19740</v>
       </c>
       <c r="R46" s="20">
         <v>20100</v>
       </c>
       <c r="S46" s="20">
         <v>20890</v>
       </c>
       <c r="T46" s="23">
         <v>22220</v>
       </c>
       <c r="U46" s="23">
         <v>23730</v>
       </c>
       <c r="V46" s="23">
         <v>24730</v>
       </c>
       <c r="W46" s="13">
         <v>24860</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46" s="13">
+        <v>26000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" s="13" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="23">
         <v>25890</v>
       </c>
       <c r="C47" s="13">
         <v>28270</v>
       </c>
       <c r="D47" s="13">
         <v>30000</v>
       </c>
       <c r="E47" s="13">
         <v>34410</v>
       </c>
       <c r="F47" s="13">
         <v>39060</v>
       </c>
       <c r="G47" s="13">
         <v>41170</v>
       </c>
       <c r="H47" s="13">
         <v>39920</v>
       </c>
       <c r="I47" s="13">
@@ -30291,52 +31508,55 @@
       </c>
       <c r="P47" s="13">
         <v>37930</v>
       </c>
       <c r="Q47" s="13">
         <v>39420</v>
       </c>
       <c r="R47" s="20">
         <v>40740</v>
       </c>
       <c r="S47" s="20">
         <v>42990</v>
       </c>
       <c r="T47" s="23">
         <v>46080</v>
       </c>
       <c r="U47" s="23">
         <v>50320</v>
       </c>
       <c r="V47" s="23">
         <v>49840</v>
       </c>
       <c r="W47" s="13">
         <v>50570</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47" s="13">
+        <v>52060</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" s="13" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="23">
         <v>16880</v>
       </c>
       <c r="C48" s="13">
         <v>18720</v>
       </c>
       <c r="D48" s="13">
         <v>20480</v>
       </c>
       <c r="E48" s="13">
         <v>22800</v>
       </c>
       <c r="F48" s="13">
         <v>24840</v>
       </c>
       <c r="G48" s="13">
         <v>26280</v>
       </c>
       <c r="H48" s="13">
         <v>25940</v>
       </c>
       <c r="I48" s="13">
@@ -30362,52 +31582,55 @@
       </c>
       <c r="P48" s="13">
         <v>24980</v>
       </c>
       <c r="Q48" s="13">
         <v>25480</v>
       </c>
       <c r="R48" s="20">
         <v>26090</v>
       </c>
       <c r="S48" s="20">
         <v>26740</v>
       </c>
       <c r="T48" s="23">
         <v>28350</v>
       </c>
       <c r="U48" s="23">
         <v>30170</v>
       </c>
       <c r="V48" s="23">
         <v>30670</v>
       </c>
       <c r="W48" s="13">
         <v>30870</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X48" s="13">
+        <v>31540</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="23">
         <v>11260</v>
       </c>
       <c r="C49" s="13">
         <v>11890</v>
       </c>
       <c r="D49" s="13">
         <v>13460</v>
       </c>
       <c r="E49" s="13">
         <v>14500</v>
       </c>
       <c r="F49" s="13">
         <v>14450</v>
       </c>
       <c r="G49" s="13">
         <v>15920</v>
       </c>
       <c r="H49" s="13">
         <v>15840</v>
       </c>
       <c r="I49" s="13">
@@ -30415,51 +31638,51 @@
       </c>
       <c r="J49" s="13">
         <v>14520</v>
       </c>
       <c r="K49" s="13">
         <v>16040</v>
       </c>
       <c r="L49" s="13">
         <v>15350</v>
       </c>
       <c r="M49" s="13">
         <v>14910</v>
       </c>
       <c r="N49" s="13">
         <v>12880</v>
       </c>
       <c r="O49" s="13">
         <v>12530</v>
       </c>
       <c r="R49" s="20"/>
       <c r="S49" s="20"/>
       <c r="T49" s="23"/>
       <c r="U49" s="23"/>
       <c r="V49" s="23"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:24">
       <c r="A50" s="13" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="23">
         <v>24360</v>
       </c>
       <c r="C50" s="13">
         <v>27700</v>
       </c>
       <c r="D50" s="13">
         <v>31760</v>
       </c>
       <c r="E50" s="13">
         <v>35400</v>
       </c>
       <c r="F50" s="13">
         <v>38290</v>
       </c>
       <c r="G50" s="13">
         <v>39090</v>
       </c>
       <c r="H50" s="13">
         <v>37250</v>
       </c>
       <c r="I50" s="13">
@@ -30485,52 +31708,55 @@
       </c>
       <c r="P50" s="13">
         <v>33080</v>
       </c>
       <c r="Q50" s="13">
         <v>33830</v>
       </c>
       <c r="R50" s="20">
         <v>34680</v>
       </c>
       <c r="S50" s="20">
         <v>36030</v>
       </c>
       <c r="T50" s="23">
         <v>38370</v>
       </c>
       <c r="U50" s="23">
         <v>41260</v>
       </c>
       <c r="V50" s="23">
         <v>42080</v>
       </c>
       <c r="W50" s="13">
         <v>42700</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X50" s="13">
+        <v>41690</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="23">
         <v>18490</v>
       </c>
       <c r="C51" s="13">
         <v>19800</v>
       </c>
       <c r="D51" s="13">
         <v>21270</v>
       </c>
       <c r="E51" s="13">
         <v>23510</v>
       </c>
       <c r="F51" s="13">
         <v>26440</v>
       </c>
       <c r="G51" s="13">
         <v>28190</v>
       </c>
       <c r="H51" s="13">
         <v>27470</v>
       </c>
       <c r="I51" s="13">
@@ -30556,52 +31782,55 @@
       </c>
       <c r="P51" s="13">
         <v>26000</v>
       </c>
       <c r="Q51" s="13">
         <v>27000</v>
       </c>
       <c r="R51" s="20">
         <v>28030</v>
       </c>
       <c r="S51" s="20">
         <v>29810</v>
       </c>
       <c r="T51" s="23">
         <v>32110</v>
       </c>
       <c r="U51" s="23">
         <v>34830</v>
       </c>
       <c r="V51" s="23">
         <v>36770</v>
       </c>
       <c r="W51" s="13">
         <v>37000</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X51" s="13">
+        <v>39360</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" s="13" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="23">
         <v>17060</v>
       </c>
       <c r="C52" s="13">
         <v>18970</v>
       </c>
       <c r="D52" s="13">
         <v>20080</v>
       </c>
       <c r="E52" s="13">
         <v>23060</v>
       </c>
       <c r="F52" s="13">
         <v>24460</v>
       </c>
       <c r="G52" s="13">
         <v>24810</v>
       </c>
       <c r="H52" s="13">
         <v>24940</v>
       </c>
       <c r="I52" s="13">
@@ -30627,52 +31856,55 @@
       </c>
       <c r="P52" s="13">
         <v>25500</v>
       </c>
       <c r="Q52" s="13">
         <v>25850</v>
       </c>
       <c r="R52" s="20">
         <v>26690</v>
       </c>
       <c r="S52" s="20">
         <v>28140</v>
       </c>
       <c r="T52" s="23">
         <v>30830</v>
       </c>
       <c r="U52" s="23">
         <v>32740</v>
       </c>
       <c r="V52" s="23">
         <v>32220</v>
       </c>
       <c r="W52" s="13">
         <v>33000</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X52" s="13">
+        <v>34380</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="23">
         <v>17270</v>
       </c>
       <c r="C53" s="13">
         <v>18500</v>
       </c>
       <c r="D53" s="13">
         <v>19740</v>
       </c>
       <c r="E53" s="13">
         <v>21550</v>
       </c>
       <c r="F53" s="13">
         <v>24310</v>
       </c>
       <c r="G53" s="13">
         <v>25860</v>
       </c>
       <c r="H53" s="13">
         <v>25410</v>
       </c>
       <c r="I53" s="13">
@@ -30698,52 +31930,55 @@
       </c>
       <c r="P53" s="13">
         <v>24910</v>
       </c>
       <c r="Q53" s="13">
         <v>24850</v>
       </c>
       <c r="R53" s="20">
         <v>26510</v>
       </c>
       <c r="S53" s="20">
         <v>28210</v>
       </c>
       <c r="T53" s="23">
         <v>30620</v>
       </c>
       <c r="U53" s="23">
         <v>33830</v>
       </c>
       <c r="V53" s="23">
         <v>35560</v>
       </c>
       <c r="W53" s="13">
         <v>36260</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X53" s="13">
+        <v>37910</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="23">
         <v>16230</v>
       </c>
       <c r="C54" s="13">
         <v>17700</v>
       </c>
       <c r="D54" s="13">
         <v>18630</v>
       </c>
       <c r="E54" s="13">
         <v>19990</v>
       </c>
       <c r="F54" s="13">
         <v>22630</v>
       </c>
       <c r="G54" s="13">
         <v>24200</v>
       </c>
       <c r="H54" s="13">
         <v>24070</v>
       </c>
       <c r="I54" s="13">
@@ -30769,52 +32004,55 @@
       </c>
       <c r="P54" s="13">
         <v>25030</v>
       </c>
       <c r="Q54" s="13">
         <v>26330</v>
       </c>
       <c r="R54" s="20">
         <v>27450</v>
       </c>
       <c r="S54" s="20">
         <v>29200</v>
       </c>
       <c r="T54" s="23">
         <v>31510</v>
       </c>
       <c r="U54" s="23">
         <v>34800</v>
       </c>
       <c r="V54" s="23">
         <v>36690</v>
       </c>
       <c r="W54" s="13">
         <v>37310</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X54" s="13">
+        <v>39230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" s="13" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="23">
         <v>27260</v>
       </c>
       <c r="C55" s="13">
         <v>28760</v>
       </c>
       <c r="D55" s="13">
         <v>30770</v>
       </c>
       <c r="E55" s="13">
         <v>34580</v>
       </c>
       <c r="F55" s="13">
         <v>40400</v>
       </c>
       <c r="G55" s="13">
         <v>43320</v>
       </c>
       <c r="H55" s="13">
         <v>41700</v>
       </c>
       <c r="I55" s="13">
@@ -30840,52 +32078,55 @@
       </c>
       <c r="P55" s="13">
         <v>41830</v>
       </c>
       <c r="Q55" s="13">
         <v>43310</v>
       </c>
       <c r="R55" s="20">
         <v>45900</v>
       </c>
       <c r="S55" s="20">
         <v>49530</v>
       </c>
       <c r="T55" s="23">
         <v>55520</v>
       </c>
       <c r="U55" s="23">
         <v>61120</v>
       </c>
       <c r="V55" s="23">
         <v>61620</v>
       </c>
       <c r="W55" s="13">
         <v>61470</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X55" s="13">
+        <v>63650</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="23">
         <v>29280</v>
       </c>
       <c r="C56" s="13">
         <v>34060</v>
       </c>
       <c r="D56" s="13">
         <v>38630</v>
       </c>
       <c r="E56" s="13">
         <v>45120</v>
       </c>
       <c r="F56" s="13">
         <v>50310</v>
       </c>
       <c r="G56" s="13">
         <v>52000</v>
       </c>
       <c r="H56" s="13">
         <v>50360</v>
       </c>
       <c r="I56" s="13">
@@ -30911,52 +32152,55 @@
       </c>
       <c r="P56" s="13">
         <v>47370</v>
       </c>
       <c r="Q56" s="13">
         <v>47570</v>
       </c>
       <c r="R56" s="20">
         <v>47810</v>
       </c>
       <c r="S56" s="20">
         <v>48830</v>
       </c>
       <c r="T56" s="23">
         <v>52120</v>
       </c>
       <c r="U56" s="23">
         <v>55310</v>
       </c>
       <c r="V56" s="23">
         <v>56080</v>
       </c>
       <c r="W56" s="13">
         <v>55860</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X56" s="13">
+        <v>57130</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="23">
         <v>19790</v>
       </c>
       <c r="C57" s="13">
         <v>21160</v>
       </c>
       <c r="D57" s="13">
         <v>22650</v>
       </c>
       <c r="E57" s="13">
         <v>25300</v>
       </c>
       <c r="F57" s="13">
         <v>28190</v>
       </c>
       <c r="G57" s="13">
         <v>29680</v>
       </c>
       <c r="H57" s="13">
         <v>29420</v>
       </c>
       <c r="I57" s="13">
@@ -30982,52 +32226,55 @@
       </c>
       <c r="P57" s="13">
         <v>28440</v>
       </c>
       <c r="Q57" s="13">
         <v>28260</v>
       </c>
       <c r="R57" s="20">
         <v>29130</v>
       </c>
       <c r="S57" s="20">
         <v>29700</v>
       </c>
       <c r="T57" s="23">
         <v>31670</v>
       </c>
       <c r="U57" s="23">
         <v>33120</v>
       </c>
       <c r="V57" s="23">
         <v>33120</v>
       </c>
       <c r="W57" s="13">
         <v>33270</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X57" s="13">
+        <v>34090</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" s="13" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="23">
         <v>32040</v>
       </c>
       <c r="C58" s="13">
         <v>34590</v>
       </c>
       <c r="D58" s="13">
         <v>37330</v>
       </c>
       <c r="E58" s="13">
         <v>42080</v>
       </c>
       <c r="F58" s="13">
         <v>48450</v>
       </c>
       <c r="G58" s="13">
         <v>51320</v>
       </c>
       <c r="H58" s="13">
         <v>50040</v>
       </c>
       <c r="I58" s="13">
@@ -31053,52 +32300,55 @@
       </c>
       <c r="P58" s="13">
         <v>47110</v>
       </c>
       <c r="Q58" s="13">
         <v>49320</v>
       </c>
       <c r="R58" s="20">
         <v>51220</v>
       </c>
       <c r="S58" s="20">
         <v>54130</v>
       </c>
       <c r="T58" s="23">
         <v>59810</v>
       </c>
       <c r="U58" s="23">
         <v>65490</v>
       </c>
       <c r="V58" s="23">
         <v>64750</v>
       </c>
       <c r="W58" s="13">
         <v>66020</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X58" s="13">
+        <v>67840</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" s="13" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="23">
         <v>19460</v>
       </c>
       <c r="C59" s="13">
         <v>20330</v>
       </c>
       <c r="D59" s="13">
         <v>23610</v>
       </c>
       <c r="E59" s="13">
         <v>26160</v>
       </c>
       <c r="F59" s="13">
         <v>28180</v>
       </c>
       <c r="G59" s="13">
         <v>28900</v>
       </c>
       <c r="H59" s="13">
         <v>28370</v>
       </c>
       <c r="I59" s="13">
@@ -31124,52 +32374,55 @@
       </c>
       <c r="P59" s="13">
         <v>25730</v>
       </c>
       <c r="Q59" s="13">
         <v>26310</v>
       </c>
       <c r="R59" s="20">
         <v>27580</v>
       </c>
       <c r="S59" s="20">
         <v>28640</v>
       </c>
       <c r="T59" s="23">
         <v>30300</v>
       </c>
       <c r="U59" s="23">
         <v>31820</v>
       </c>
       <c r="V59" s="23">
         <v>32310</v>
       </c>
       <c r="W59" s="13">
         <v>32430</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X59" s="13">
+        <v>33260</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="23">
         <v>9300</v>
       </c>
       <c r="C60" s="13">
         <v>10420</v>
       </c>
       <c r="D60" s="13">
         <v>11140</v>
       </c>
       <c r="E60" s="13">
         <v>12460</v>
       </c>
       <c r="F60" s="13">
         <v>13780</v>
       </c>
       <c r="G60" s="13">
         <v>14870</v>
       </c>
       <c r="H60" s="13">
         <v>14540</v>
       </c>
       <c r="I60" s="13">
@@ -31195,52 +32448,55 @@
       </c>
       <c r="P60" s="13">
         <v>15240</v>
       </c>
       <c r="Q60" s="13">
         <v>15430</v>
       </c>
       <c r="R60" s="20">
         <v>15980</v>
       </c>
       <c r="S60" s="20">
         <v>16400</v>
       </c>
       <c r="T60" s="23">
         <v>17350</v>
       </c>
       <c r="U60" s="23">
         <v>18640</v>
       </c>
       <c r="V60" s="23">
         <v>19610</v>
       </c>
       <c r="W60" s="13">
         <v>19750</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X60" s="13">
+        <v>20770</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" s="13" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="23">
         <v>16560</v>
       </c>
       <c r="C61" s="13">
         <v>18630</v>
       </c>
       <c r="D61" s="13">
         <v>20730</v>
       </c>
       <c r="E61" s="13">
         <v>22660</v>
       </c>
       <c r="F61" s="13">
         <v>26890</v>
       </c>
       <c r="G61" s="13">
         <v>29340</v>
       </c>
       <c r="H61" s="13">
         <v>29730</v>
       </c>
       <c r="I61" s="13">
@@ -31266,52 +32522,55 @@
       </c>
       <c r="P61" s="13">
         <v>31910</v>
       </c>
       <c r="Q61" s="13">
         <v>32030</v>
       </c>
       <c r="R61" s="20">
         <v>32950</v>
       </c>
       <c r="S61" s="20">
         <v>33060</v>
       </c>
       <c r="T61" s="23">
         <v>35920</v>
       </c>
       <c r="U61" s="23">
         <v>37330</v>
       </c>
       <c r="V61" s="23">
         <v>38070</v>
       </c>
       <c r="W61" s="13">
         <v>39300</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X61" s="13">
+        <v>40830</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" s="13" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="23">
         <v>23740</v>
       </c>
       <c r="C62" s="13">
         <v>26590</v>
       </c>
       <c r="D62" s="13">
         <v>29230</v>
       </c>
       <c r="E62" s="13">
         <v>33400</v>
       </c>
       <c r="F62" s="13">
         <v>37250</v>
       </c>
       <c r="G62" s="13">
         <v>38490</v>
       </c>
       <c r="H62" s="13">
         <v>36810</v>
       </c>
       <c r="I62" s="13">
@@ -31336,139 +32595,142 @@
         <v>31590</v>
       </c>
       <c r="P62" s="13">
         <v>32940</v>
       </c>
       <c r="Q62" s="13">
         <v>33680</v>
       </c>
       <c r="R62" s="20">
         <v>34790</v>
       </c>
       <c r="S62" s="20">
         <v>36170</v>
       </c>
       <c r="T62" s="23">
         <v>38830</v>
       </c>
       <c r="U62" s="23">
         <v>41830</v>
       </c>
       <c r="V62" s="23">
         <v>42670</v>
       </c>
       <c r="W62" s="13">
         <v>42980</v>
+      </c>
+      <c r="X62" s="13">
+        <v>44300</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{54172CFE-9411-304A-919F-40953B93D059}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="I10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="L10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.33203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="23.1640625" style="13" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="22" max="16384" width="9.33203125" style="13"/>
+    <col min="1" max="1" width="23.1796875" style="13" customWidth="1"/>
+    <col min="2" max="10" width="9.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="11" max="13" width="10.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="14" max="15" width="12.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="16" max="19" width="10.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10.453125" style="13" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="10.36328125" style="13" bestFit="1" customWidth="1"/>
+    <col min="22" max="16384" width="9.36328125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="B3" s="55"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...24 lines deleted...]
-    <row r="6" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24" customFormat="1">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" customFormat="1">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24" customFormat="1">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>116</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
@@ -31494,52 +32756,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" t="s">
         <v>101</v>
       </c>
       <c r="R9" s="13" t="s">
         <v>103</v>
       </c>
       <c r="S9" s="13" t="s">
         <v>104</v>
       </c>
       <c r="T9" s="13" t="s">
         <v>105</v>
       </c>
       <c r="U9" s="13" t="s">
         <v>109</v>
       </c>
       <c r="V9" s="13" t="s">
         <v>115</v>
       </c>
       <c r="W9" s="13" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" s="13" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="23">
         <v>680</v>
       </c>
       <c r="C10" s="13">
         <v>1730</v>
       </c>
       <c r="D10" s="13">
         <v>1910</v>
       </c>
       <c r="E10" s="13">
         <v>2250</v>
       </c>
       <c r="F10" s="13">
         <v>2340</v>
       </c>
       <c r="G10" s="13">
         <v>2530</v>
       </c>
       <c r="H10" s="13">
         <v>2850</v>
       </c>
       <c r="I10" s="13">
@@ -31565,52 +32830,55 @@
       </c>
       <c r="P10" s="13">
         <v>3740</v>
       </c>
       <c r="Q10" s="13">
         <v>4030</v>
       </c>
       <c r="R10" s="20">
         <v>3970</v>
       </c>
       <c r="S10" s="20">
         <v>4030</v>
       </c>
       <c r="T10" s="23">
         <v>3990</v>
       </c>
       <c r="U10" s="23">
         <v>3910</v>
       </c>
       <c r="V10" s="23">
         <v>4250</v>
       </c>
       <c r="W10" s="13">
         <v>4180</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10" s="13">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="23">
         <v>880</v>
       </c>
       <c r="C11" s="13">
         <v>1090</v>
       </c>
       <c r="D11" s="13">
         <v>1240</v>
       </c>
       <c r="E11" s="13">
         <v>1490</v>
       </c>
       <c r="F11" s="13">
         <v>1770</v>
       </c>
       <c r="G11" s="13">
         <v>2160</v>
       </c>
       <c r="H11" s="13">
         <v>2470</v>
       </c>
       <c r="I11" s="13">
@@ -31636,52 +32904,55 @@
       </c>
       <c r="P11" s="13">
         <v>4610</v>
       </c>
       <c r="Q11" s="13">
         <v>4920</v>
       </c>
       <c r="R11" s="20">
         <v>5120</v>
       </c>
       <c r="S11" s="20">
         <v>5280</v>
       </c>
       <c r="T11" s="23">
         <v>5450</v>
       </c>
       <c r="U11" s="23">
         <v>5480</v>
       </c>
       <c r="V11" s="23">
         <v>5490</v>
       </c>
       <c r="W11" s="13">
         <v>5560</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11" s="13">
+        <v>5470</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="23">
         <v>710</v>
       </c>
       <c r="C12" s="13">
         <v>1010</v>
       </c>
       <c r="D12" s="13">
         <v>1160</v>
       </c>
       <c r="E12" s="13">
         <v>1460</v>
       </c>
       <c r="F12" s="13">
         <v>1690</v>
       </c>
       <c r="G12" s="13">
         <v>1990</v>
       </c>
       <c r="H12" s="13">
         <v>2260</v>
       </c>
       <c r="I12" s="13">
@@ -31707,52 +32978,55 @@
       </c>
       <c r="P12" s="13">
         <v>4170</v>
       </c>
       <c r="Q12" s="13">
         <v>4330</v>
       </c>
       <c r="R12" s="20">
         <v>4540</v>
       </c>
       <c r="S12" s="20">
         <v>4650</v>
       </c>
       <c r="T12" s="23">
         <v>4850</v>
       </c>
       <c r="U12" s="23">
         <v>4920</v>
       </c>
       <c r="V12" s="23">
         <v>4940</v>
       </c>
       <c r="W12" s="13">
         <v>5060</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12" s="13">
+        <v>4890</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="23">
         <v>1080</v>
       </c>
       <c r="C13" s="13">
         <v>1520</v>
       </c>
       <c r="D13" s="13">
         <v>1670</v>
       </c>
       <c r="E13" s="13">
         <v>1930</v>
       </c>
       <c r="F13" s="13">
         <v>2170</v>
       </c>
       <c r="G13" s="13">
         <v>2500</v>
       </c>
       <c r="H13" s="13">
         <v>2890</v>
       </c>
       <c r="I13" s="13">
@@ -31778,52 +33052,55 @@
       </c>
       <c r="P13" s="13">
         <v>4890</v>
       </c>
       <c r="Q13" s="13">
         <v>5170</v>
       </c>
       <c r="R13" s="20">
         <v>5260</v>
       </c>
       <c r="S13" s="20">
         <v>5410</v>
       </c>
       <c r="T13" s="23">
         <v>5480</v>
       </c>
       <c r="U13" s="23">
         <v>5420</v>
       </c>
       <c r="V13" s="23">
         <v>5290</v>
       </c>
       <c r="W13" s="13">
         <v>5100</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13" s="13">
+        <v>4960</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="23">
         <v>970</v>
       </c>
       <c r="C14" s="13">
         <v>1340</v>
       </c>
       <c r="D14" s="13">
         <v>1480</v>
       </c>
       <c r="E14" s="13">
         <v>1780</v>
       </c>
       <c r="F14" s="13">
         <v>2000</v>
       </c>
       <c r="G14" s="13">
         <v>2350</v>
       </c>
       <c r="H14" s="13">
         <v>2650</v>
       </c>
       <c r="I14" s="13">
@@ -31849,52 +33126,55 @@
       </c>
       <c r="P14" s="13">
         <v>4330</v>
       </c>
       <c r="Q14" s="13">
         <v>4530</v>
       </c>
       <c r="R14" s="20">
         <v>4640</v>
       </c>
       <c r="S14" s="20">
         <v>4640</v>
       </c>
       <c r="T14" s="23">
         <v>4710</v>
       </c>
       <c r="U14" s="23">
         <v>4700</v>
       </c>
       <c r="V14" s="23">
         <v>4680</v>
       </c>
       <c r="W14" s="13">
         <v>4700</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14" s="13">
+        <v>4650</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="23">
         <v>1380</v>
       </c>
       <c r="C15" s="13">
         <v>1790</v>
       </c>
       <c r="D15" s="13">
         <v>1930</v>
       </c>
       <c r="E15" s="13">
         <v>2290</v>
       </c>
       <c r="F15" s="13">
         <v>2520</v>
       </c>
       <c r="G15" s="13">
         <v>3240</v>
       </c>
       <c r="H15" s="13">
         <v>3630</v>
       </c>
       <c r="I15" s="13">
@@ -31920,52 +33200,55 @@
       </c>
       <c r="P15" s="13">
         <v>5840</v>
       </c>
       <c r="Q15" s="13">
         <v>6180</v>
       </c>
       <c r="R15" s="20">
         <v>6230</v>
       </c>
       <c r="S15" s="20">
         <v>6310</v>
       </c>
       <c r="T15" s="23">
         <v>6310</v>
       </c>
       <c r="U15" s="23">
         <v>6280</v>
       </c>
       <c r="V15" s="23">
         <v>6240</v>
       </c>
       <c r="W15" s="13">
         <v>6000</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15" s="13">
+        <v>5760</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="23">
         <v>1010</v>
       </c>
       <c r="C16" s="13">
         <v>1550</v>
       </c>
       <c r="D16" s="13">
         <v>1770</v>
       </c>
       <c r="E16" s="13">
         <v>2210</v>
       </c>
       <c r="F16" s="13">
         <v>2500</v>
       </c>
       <c r="G16" s="13">
         <v>2950</v>
       </c>
       <c r="H16" s="13">
         <v>3250</v>
       </c>
       <c r="I16" s="13">
@@ -31991,52 +33274,55 @@
       </c>
       <c r="P16" s="13">
         <v>5660</v>
       </c>
       <c r="Q16" s="13">
         <v>5890</v>
       </c>
       <c r="R16" s="20">
         <v>6160</v>
       </c>
       <c r="S16" s="20">
         <v>6270</v>
       </c>
       <c r="T16" s="23">
         <v>6340</v>
       </c>
       <c r="U16" s="23">
         <v>6410</v>
       </c>
       <c r="V16" s="23">
         <v>6460</v>
       </c>
       <c r="W16" s="13">
         <v>6470</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16" s="13">
+        <v>6470</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="23">
         <v>3130</v>
       </c>
       <c r="C17" s="13">
         <v>4350</v>
       </c>
       <c r="D17" s="13">
         <v>4560</v>
       </c>
       <c r="E17" s="13">
         <v>5900</v>
       </c>
       <c r="F17" s="13">
         <v>6430</v>
       </c>
       <c r="G17" s="13">
         <v>7420</v>
       </c>
       <c r="H17" s="13">
         <v>7920</v>
       </c>
       <c r="I17" s="13">
@@ -32062,52 +33348,55 @@
       </c>
       <c r="P17" s="13">
         <v>12380</v>
       </c>
       <c r="Q17" s="13">
         <v>13320</v>
       </c>
       <c r="R17" s="20">
         <v>13420</v>
       </c>
       <c r="S17" s="20">
         <v>13600</v>
       </c>
       <c r="T17" s="23">
         <v>12440</v>
       </c>
       <c r="U17" s="23">
         <v>12770</v>
       </c>
       <c r="V17" s="23">
         <v>12900</v>
       </c>
       <c r="W17" s="13">
         <v>12800</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17" s="13">
+        <v>12650</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="23">
         <v>990</v>
       </c>
       <c r="C18" s="13">
         <v>1350</v>
       </c>
       <c r="D18" s="13">
         <v>1460</v>
       </c>
       <c r="E18" s="13">
         <v>1920</v>
       </c>
       <c r="F18" s="13">
         <v>2200</v>
       </c>
       <c r="G18" s="13">
         <v>2570</v>
       </c>
       <c r="H18" s="13">
         <v>2900</v>
       </c>
       <c r="I18" s="13">
@@ -32133,52 +33422,55 @@
       </c>
       <c r="P18" s="13">
         <v>5590</v>
       </c>
       <c r="Q18" s="13">
         <v>6040</v>
       </c>
       <c r="R18" s="20">
         <v>6070</v>
       </c>
       <c r="S18" s="20">
         <v>6380</v>
       </c>
       <c r="T18" s="23">
         <v>6240</v>
       </c>
       <c r="U18" s="23">
         <v>6440</v>
       </c>
       <c r="V18" s="23">
         <v>6330</v>
       </c>
       <c r="W18" s="13">
         <v>6320</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18" s="13">
+        <v>6320</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="23">
         <v>840</v>
       </c>
       <c r="C19" s="13">
         <v>1150</v>
       </c>
       <c r="D19" s="13">
         <v>1320</v>
       </c>
       <c r="E19" s="13">
         <v>1580</v>
       </c>
       <c r="F19" s="13">
         <v>1840</v>
       </c>
       <c r="G19" s="13">
         <v>2260</v>
       </c>
       <c r="H19" s="13">
         <v>2590</v>
       </c>
       <c r="I19" s="13">
@@ -32204,52 +33496,55 @@
       </c>
       <c r="P19" s="13">
         <v>4690</v>
       </c>
       <c r="Q19" s="13">
         <v>4940</v>
       </c>
       <c r="R19" s="20">
         <v>5020</v>
       </c>
       <c r="S19" s="20">
         <v>5140</v>
       </c>
       <c r="T19" s="23">
         <v>5280</v>
       </c>
       <c r="U19" s="23">
         <v>5300</v>
       </c>
       <c r="V19" s="23">
         <v>5220</v>
       </c>
       <c r="W19" s="13">
         <v>5110</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19" s="13">
+        <v>5110</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="23">
         <v>1110</v>
       </c>
       <c r="C20" s="13">
         <v>1440</v>
       </c>
       <c r="D20" s="13">
         <v>1670</v>
       </c>
       <c r="E20" s="13">
         <v>2060</v>
       </c>
       <c r="F20" s="13">
         <v>2410</v>
       </c>
       <c r="G20" s="13">
         <v>2900</v>
       </c>
       <c r="H20" s="13">
         <v>3330</v>
       </c>
       <c r="I20" s="13">
@@ -32275,52 +33570,55 @@
       </c>
       <c r="P20" s="13">
         <v>6750</v>
       </c>
       <c r="Q20" s="13">
         <v>7250</v>
       </c>
       <c r="R20" s="20">
         <v>7440</v>
       </c>
       <c r="S20" s="20">
         <v>7610</v>
       </c>
       <c r="T20" s="23">
         <v>7700</v>
       </c>
       <c r="U20" s="23">
         <v>7690</v>
       </c>
       <c r="V20" s="23">
         <v>7560</v>
       </c>
       <c r="W20" s="13">
         <v>7380</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20" s="13">
+        <v>7120</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="23">
         <v>730</v>
       </c>
       <c r="C21" s="13">
         <v>960</v>
       </c>
       <c r="D21" s="13">
         <v>1090</v>
       </c>
       <c r="E21" s="13">
         <v>1360</v>
       </c>
       <c r="F21" s="13">
         <v>1500</v>
       </c>
       <c r="G21" s="13">
         <v>1800</v>
       </c>
       <c r="H21" s="13">
         <v>2020</v>
       </c>
       <c r="I21" s="13">
@@ -32346,52 +33644,55 @@
       </c>
       <c r="P21" s="13">
         <v>3530</v>
       </c>
       <c r="Q21" s="13">
         <v>3780</v>
       </c>
       <c r="R21" s="20">
         <v>3780</v>
       </c>
       <c r="S21" s="20">
         <v>3700</v>
       </c>
       <c r="T21" s="23">
         <v>3770</v>
       </c>
       <c r="U21" s="23">
         <v>3910</v>
       </c>
       <c r="V21" s="23">
         <v>4070</v>
       </c>
       <c r="W21" s="13">
         <v>4100</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21" s="13">
+        <v>3810</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="23">
         <v>1510</v>
       </c>
       <c r="C22" s="13">
         <v>1830</v>
       </c>
       <c r="D22" s="13">
         <v>2040</v>
       </c>
       <c r="E22" s="13">
         <v>2400</v>
       </c>
       <c r="F22" s="13">
         <v>2760</v>
       </c>
       <c r="G22" s="13">
         <v>3260</v>
       </c>
       <c r="H22" s="13">
         <v>3570</v>
       </c>
       <c r="I22" s="13">
@@ -32417,52 +33718,55 @@
       </c>
       <c r="P22" s="13">
         <v>5150</v>
       </c>
       <c r="Q22" s="13">
         <v>5300</v>
       </c>
       <c r="R22" s="20">
         <v>5330</v>
       </c>
       <c r="S22" s="20">
         <v>5290</v>
       </c>
       <c r="T22" s="23">
         <v>5290</v>
       </c>
       <c r="U22" s="23">
         <v>5210</v>
       </c>
       <c r="V22" s="23">
         <v>5140</v>
       </c>
       <c r="W22" s="13">
         <v>4890</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22" s="13">
+        <v>4730</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="23">
         <v>1240</v>
       </c>
       <c r="C23" s="13">
         <v>1450</v>
       </c>
       <c r="D23" s="13">
         <v>1680</v>
       </c>
       <c r="E23" s="13">
         <v>2020</v>
       </c>
       <c r="F23" s="13">
         <v>2170</v>
       </c>
       <c r="G23" s="13">
         <v>2400</v>
       </c>
       <c r="H23" s="13">
         <v>2840</v>
       </c>
       <c r="I23" s="13">
@@ -32488,52 +33792,55 @@
       </c>
       <c r="P23" s="13">
         <v>4720</v>
       </c>
       <c r="Q23" s="13">
         <v>5050</v>
       </c>
       <c r="R23" s="20">
         <v>5020</v>
       </c>
       <c r="S23" s="20">
         <v>4890</v>
       </c>
       <c r="T23" s="23">
         <v>4990</v>
       </c>
       <c r="U23" s="23">
         <v>4840</v>
       </c>
       <c r="V23" s="23">
         <v>4790</v>
       </c>
       <c r="W23" s="13">
         <v>4730</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23" s="13">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="23">
         <v>1150</v>
       </c>
       <c r="C24" s="13">
         <v>1570</v>
       </c>
       <c r="D24" s="13">
         <v>1750</v>
       </c>
       <c r="E24" s="13">
         <v>2200</v>
       </c>
       <c r="F24" s="13">
         <v>2520</v>
       </c>
       <c r="G24" s="13">
         <v>2950</v>
       </c>
       <c r="H24" s="13">
         <v>3310</v>
       </c>
       <c r="I24" s="13">
@@ -32559,52 +33866,55 @@
       </c>
       <c r="P24" s="13">
         <v>5590</v>
       </c>
       <c r="Q24" s="13">
         <v>5800</v>
       </c>
       <c r="R24" s="20">
         <v>5970</v>
       </c>
       <c r="S24" s="20">
         <v>6050</v>
       </c>
       <c r="T24" s="23">
         <v>6110</v>
       </c>
       <c r="U24" s="23">
         <v>6050</v>
       </c>
       <c r="V24" s="23">
         <v>6050</v>
       </c>
       <c r="W24" s="13">
         <v>5910</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24" s="13">
+        <v>5940</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="23">
         <v>950</v>
       </c>
       <c r="C25" s="13">
         <v>1300</v>
       </c>
       <c r="D25" s="13">
         <v>1480</v>
       </c>
       <c r="E25" s="13">
         <v>1830</v>
       </c>
       <c r="F25" s="13">
         <v>2120</v>
       </c>
       <c r="G25" s="13">
         <v>2680</v>
       </c>
       <c r="H25" s="13">
         <v>3030</v>
       </c>
       <c r="I25" s="13">
@@ -32630,52 +33940,55 @@
       </c>
       <c r="P25" s="13">
         <v>5060</v>
       </c>
       <c r="Q25" s="13">
         <v>5300</v>
       </c>
       <c r="R25" s="20">
         <v>5290</v>
       </c>
       <c r="S25" s="20">
         <v>5310</v>
       </c>
       <c r="T25" s="23">
         <v>5290</v>
       </c>
       <c r="U25" s="23">
         <v>5180</v>
       </c>
       <c r="V25" s="23">
         <v>5110</v>
       </c>
       <c r="W25" s="13">
         <v>5020</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25" s="13">
+        <v>4830</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="23">
         <v>1140</v>
       </c>
       <c r="C26" s="13">
         <v>1630</v>
       </c>
       <c r="D26" s="13">
         <v>1840</v>
       </c>
       <c r="E26" s="13">
         <v>2160</v>
       </c>
       <c r="F26" s="13">
         <v>2490</v>
       </c>
       <c r="G26" s="13">
         <v>3060</v>
       </c>
       <c r="H26" s="13">
         <v>3320</v>
       </c>
       <c r="I26" s="13">
@@ -32701,52 +34014,55 @@
       </c>
       <c r="P26" s="13">
         <v>5300</v>
       </c>
       <c r="Q26" s="13">
         <v>5480</v>
       </c>
       <c r="R26" s="20">
         <v>5540</v>
       </c>
       <c r="S26" s="20">
         <v>5590</v>
       </c>
       <c r="T26" s="23">
         <v>5660</v>
       </c>
       <c r="U26" s="23">
         <v>5600</v>
       </c>
       <c r="V26" s="23">
         <v>5540</v>
       </c>
       <c r="W26" s="13">
         <v>5320</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26" s="13">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="23">
         <v>830</v>
       </c>
       <c r="C27" s="13">
         <v>1020</v>
       </c>
       <c r="D27" s="13">
         <v>1180</v>
       </c>
       <c r="E27" s="13">
         <v>1450</v>
       </c>
       <c r="F27" s="13">
         <v>1740</v>
       </c>
       <c r="G27" s="13">
         <v>2180</v>
       </c>
       <c r="H27" s="13">
         <v>2500</v>
       </c>
       <c r="I27" s="13">
@@ -32772,52 +34088,55 @@
       </c>
       <c r="P27" s="13">
         <v>4640</v>
       </c>
       <c r="Q27" s="13">
         <v>4870</v>
       </c>
       <c r="R27" s="20">
         <v>4980</v>
       </c>
       <c r="S27" s="20">
         <v>5170</v>
       </c>
       <c r="T27" s="23">
         <v>5200</v>
       </c>
       <c r="U27" s="23">
         <v>5190</v>
       </c>
       <c r="V27" s="23">
         <v>5330</v>
       </c>
       <c r="W27" s="13">
         <v>5340</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27" s="13">
+        <v>5270</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="23">
         <v>990</v>
       </c>
       <c r="C28" s="13">
         <v>1550</v>
       </c>
       <c r="D28" s="13">
         <v>1690</v>
       </c>
       <c r="E28" s="13">
         <v>1970</v>
       </c>
       <c r="F28" s="13">
         <v>2190</v>
       </c>
       <c r="G28" s="13">
         <v>2560</v>
       </c>
       <c r="H28" s="13">
         <v>2910</v>
       </c>
       <c r="I28" s="13">
@@ -32843,52 +34162,55 @@
       </c>
       <c r="P28" s="13">
         <v>5020</v>
       </c>
       <c r="Q28" s="13">
         <v>5360</v>
       </c>
       <c r="R28" s="20">
         <v>5580</v>
       </c>
       <c r="S28" s="20">
         <v>5780</v>
       </c>
       <c r="T28" s="23">
         <v>5890</v>
       </c>
       <c r="U28" s="23">
         <v>5940</v>
       </c>
       <c r="V28" s="23">
         <v>5980</v>
       </c>
       <c r="W28" s="13">
         <v>6150</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28" s="13">
+        <v>6010</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="23">
         <v>1400</v>
       </c>
       <c r="C29" s="13">
         <v>2050</v>
       </c>
       <c r="D29" s="13">
         <v>2250</v>
       </c>
       <c r="E29" s="13">
         <v>2740</v>
       </c>
       <c r="F29" s="13">
         <v>3070</v>
       </c>
       <c r="G29" s="13">
         <v>3600</v>
       </c>
       <c r="H29" s="13">
         <v>3900</v>
       </c>
       <c r="I29" s="13">
@@ -32914,52 +34236,55 @@
       </c>
       <c r="P29" s="13">
         <v>5980</v>
       </c>
       <c r="Q29" s="13">
         <v>6140</v>
       </c>
       <c r="R29" s="20">
         <v>6180</v>
       </c>
       <c r="S29" s="20">
         <v>6190</v>
       </c>
       <c r="T29" s="23">
         <v>6300</v>
       </c>
       <c r="U29" s="23">
         <v>6360</v>
       </c>
       <c r="V29" s="23">
         <v>6340</v>
       </c>
       <c r="W29" s="13">
         <v>6220</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29" s="13">
+        <v>6120</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="23">
         <v>1250</v>
       </c>
       <c r="C30" s="13">
         <v>1790</v>
       </c>
       <c r="D30" s="13">
         <v>1970</v>
       </c>
       <c r="E30" s="13">
         <v>2380</v>
       </c>
       <c r="F30" s="13">
         <v>2620</v>
       </c>
       <c r="G30" s="13">
         <v>3060</v>
       </c>
       <c r="H30" s="13">
         <v>3520</v>
       </c>
       <c r="I30" s="13">
@@ -32985,52 +34310,55 @@
       </c>
       <c r="P30" s="13">
         <v>6260</v>
       </c>
       <c r="Q30" s="13">
         <v>6740</v>
       </c>
       <c r="R30" s="20">
         <v>6910</v>
       </c>
       <c r="S30" s="20">
         <v>6910</v>
       </c>
       <c r="T30" s="23">
         <v>7070</v>
       </c>
       <c r="U30" s="23">
         <v>7050</v>
       </c>
       <c r="V30" s="23">
         <v>7110</v>
       </c>
       <c r="W30" s="13">
         <v>7020</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30" s="13">
+        <v>6830</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="23">
         <v>1200</v>
       </c>
       <c r="C31" s="13">
         <v>1340</v>
       </c>
       <c r="D31" s="13">
         <v>1460</v>
       </c>
       <c r="E31" s="13">
         <v>1880</v>
       </c>
       <c r="F31" s="13">
         <v>2230</v>
       </c>
       <c r="G31" s="13">
         <v>3050</v>
       </c>
       <c r="H31" s="13">
         <v>3360</v>
       </c>
       <c r="I31" s="13">
@@ -33056,52 +34384,55 @@
       </c>
       <c r="P31" s="13">
         <v>5270</v>
       </c>
       <c r="Q31" s="13">
         <v>5340</v>
       </c>
       <c r="R31" s="20">
         <v>5440</v>
       </c>
       <c r="S31" s="20">
         <v>5540</v>
       </c>
       <c r="T31" s="23">
         <v>5520</v>
       </c>
       <c r="U31" s="23">
         <v>5530</v>
       </c>
       <c r="V31" s="23">
         <v>5510</v>
       </c>
       <c r="W31" s="13">
         <v>5410</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31" s="13">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="23">
         <v>1120</v>
       </c>
       <c r="C32" s="13">
         <v>1420</v>
       </c>
       <c r="D32" s="13">
         <v>1600</v>
       </c>
       <c r="E32" s="13">
         <v>1920</v>
       </c>
       <c r="F32" s="13">
         <v>2190</v>
       </c>
       <c r="G32" s="13">
         <v>2700</v>
       </c>
       <c r="H32" s="13">
         <v>3120</v>
       </c>
       <c r="I32" s="13">
@@ -33127,52 +34458,55 @@
       </c>
       <c r="P32" s="13">
         <v>5490</v>
       </c>
       <c r="Q32" s="13">
         <v>5800</v>
       </c>
       <c r="R32" s="20">
         <v>5910</v>
       </c>
       <c r="S32" s="20">
         <v>6030</v>
       </c>
       <c r="T32" s="23">
         <v>6070</v>
       </c>
       <c r="U32" s="23">
         <v>6070</v>
       </c>
       <c r="V32" s="23">
         <v>6020</v>
       </c>
       <c r="W32" s="13">
         <v>5870</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32" s="13">
+        <v>5700</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="23">
         <v>1430</v>
       </c>
       <c r="C33" s="13">
         <v>1840</v>
       </c>
       <c r="D33" s="13">
         <v>2080</v>
       </c>
       <c r="E33" s="13">
         <v>2450</v>
       </c>
       <c r="F33" s="13">
         <v>2900</v>
       </c>
       <c r="G33" s="13">
         <v>3330</v>
       </c>
       <c r="H33" s="13">
         <v>3730</v>
       </c>
       <c r="I33" s="13">
@@ -33198,52 +34532,55 @@
       </c>
       <c r="P33" s="13">
         <v>6100</v>
       </c>
       <c r="Q33" s="13">
         <v>6280</v>
       </c>
       <c r="R33" s="20">
         <v>6310</v>
       </c>
       <c r="S33" s="20">
         <v>6300</v>
       </c>
       <c r="T33" s="23">
         <v>6400</v>
       </c>
       <c r="U33" s="23">
         <v>6310</v>
       </c>
       <c r="V33" s="23">
         <v>6250</v>
       </c>
       <c r="W33" s="13">
         <v>6110</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33" s="13">
+        <v>5820</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="23">
         <v>1060</v>
       </c>
       <c r="C34" s="13">
         <v>1490</v>
       </c>
       <c r="D34" s="13">
         <v>1610</v>
       </c>
       <c r="E34" s="13">
         <v>1970</v>
       </c>
       <c r="F34" s="13">
         <v>2260</v>
       </c>
       <c r="G34" s="13">
         <v>2700</v>
       </c>
       <c r="H34" s="13">
         <v>3110</v>
       </c>
       <c r="I34" s="13">
@@ -33269,52 +34606,55 @@
       </c>
       <c r="P34" s="13">
         <v>5140</v>
       </c>
       <c r="Q34" s="13">
         <v>5270</v>
       </c>
       <c r="R34" s="20">
         <v>5370</v>
       </c>
       <c r="S34" s="20">
         <v>5480</v>
       </c>
       <c r="T34" s="23">
         <v>5570</v>
       </c>
       <c r="U34" s="23">
         <v>5610</v>
       </c>
       <c r="V34" s="23">
         <v>5500</v>
       </c>
       <c r="W34" s="13">
         <v>5430</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34" s="13">
+        <v>5180</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="23">
         <v>810</v>
       </c>
       <c r="C35" s="13">
         <v>1130</v>
       </c>
       <c r="D35" s="13">
         <v>1300</v>
       </c>
       <c r="E35" s="13">
         <v>1680</v>
       </c>
       <c r="F35" s="13">
         <v>1980</v>
       </c>
       <c r="G35" s="13">
         <v>2390</v>
       </c>
       <c r="H35" s="13">
         <v>2820</v>
       </c>
       <c r="I35" s="13">
@@ -33340,52 +34680,55 @@
       </c>
       <c r="P35" s="13">
         <v>5510</v>
       </c>
       <c r="Q35" s="13">
         <v>5870</v>
       </c>
       <c r="R35" s="20">
         <v>5900</v>
       </c>
       <c r="S35" s="20">
         <v>6060</v>
       </c>
       <c r="T35" s="23">
         <v>6110</v>
       </c>
       <c r="U35" s="23">
         <v>6160</v>
       </c>
       <c r="V35" s="23">
         <v>6330</v>
       </c>
       <c r="W35" s="13">
         <v>6360</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35" s="13">
+        <v>6120</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="23">
         <v>1270</v>
       </c>
       <c r="C36" s="13">
         <v>1770</v>
       </c>
       <c r="D36" s="13">
         <v>1640</v>
       </c>
       <c r="E36" s="13">
         <v>2170</v>
       </c>
       <c r="F36" s="13">
         <v>2360</v>
       </c>
       <c r="G36" s="13">
         <v>2680</v>
       </c>
       <c r="H36" s="13">
         <v>2950</v>
       </c>
       <c r="I36" s="13">
@@ -33411,52 +34754,55 @@
       </c>
       <c r="P36" s="13">
         <v>4360</v>
       </c>
       <c r="Q36" s="13">
         <v>4670</v>
       </c>
       <c r="R36" s="20">
         <v>4620</v>
       </c>
       <c r="S36" s="20">
         <v>4720</v>
       </c>
       <c r="T36" s="23">
         <v>4720</v>
       </c>
       <c r="U36" s="23">
         <v>4810</v>
       </c>
       <c r="V36" s="23">
         <v>4550</v>
       </c>
       <c r="W36" s="13">
         <v>4470</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36" s="13">
+        <v>4390</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="23">
         <v>780</v>
       </c>
       <c r="C37" s="13">
         <v>990</v>
       </c>
       <c r="D37" s="13">
         <v>1200</v>
       </c>
       <c r="E37" s="13">
         <v>1530</v>
       </c>
       <c r="F37" s="13">
         <v>1790</v>
       </c>
       <c r="G37" s="13">
         <v>2140</v>
       </c>
       <c r="H37" s="13">
         <v>2480</v>
       </c>
       <c r="I37" s="13">
@@ -33482,52 +34828,55 @@
       </c>
       <c r="P37" s="13">
         <v>4950</v>
       </c>
       <c r="Q37" s="13">
         <v>5240</v>
       </c>
       <c r="R37" s="20">
         <v>5470</v>
       </c>
       <c r="S37" s="20">
         <v>5550</v>
       </c>
       <c r="T37" s="23">
         <v>5670</v>
       </c>
       <c r="U37" s="23">
         <v>5690</v>
       </c>
       <c r="V37" s="23">
         <v>5710</v>
       </c>
       <c r="W37" s="13">
         <v>5680</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37" s="13">
+        <v>5630</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="23">
         <v>1840</v>
       </c>
       <c r="C38" s="13">
         <v>2020</v>
       </c>
       <c r="D38" s="13">
         <v>2240</v>
       </c>
       <c r="E38" s="13">
         <v>2620</v>
       </c>
       <c r="F38" s="13">
         <v>3020</v>
       </c>
       <c r="G38" s="13">
         <v>3260</v>
       </c>
       <c r="H38" s="13">
         <v>3600</v>
       </c>
       <c r="I38" s="13">
@@ -33553,52 +34902,55 @@
       </c>
       <c r="P38" s="13">
         <v>5240</v>
       </c>
       <c r="Q38" s="13">
         <v>5510</v>
       </c>
       <c r="R38" s="20">
         <v>5500</v>
       </c>
       <c r="S38" s="20">
         <v>4590</v>
       </c>
       <c r="T38" s="23">
         <v>5670</v>
       </c>
       <c r="U38" s="23">
         <v>5470</v>
       </c>
       <c r="V38" s="23">
         <v>5290</v>
       </c>
       <c r="W38" s="13">
         <v>5180</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38" s="13">
+        <v>4880</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="23">
         <v>1430</v>
       </c>
       <c r="C39" s="13">
         <v>1270</v>
       </c>
       <c r="D39" s="13">
         <v>1440</v>
       </c>
       <c r="E39" s="13">
         <v>1650</v>
       </c>
       <c r="F39" s="13">
         <v>1870</v>
       </c>
       <c r="G39" s="13">
         <v>3090</v>
       </c>
       <c r="H39" s="13">
         <v>3290</v>
       </c>
       <c r="I39" s="13">
@@ -33624,52 +34976,55 @@
       </c>
       <c r="P39" s="13">
         <v>5000</v>
       </c>
       <c r="Q39" s="13">
         <v>5080</v>
       </c>
       <c r="R39" s="20">
         <v>5170</v>
       </c>
       <c r="S39" s="20">
         <v>5270</v>
       </c>
       <c r="T39" s="23">
         <v>5280</v>
       </c>
       <c r="U39" s="23">
         <v>5200</v>
       </c>
       <c r="V39" s="23">
         <v>5030</v>
       </c>
       <c r="W39" s="13">
         <v>5120</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39" s="13">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="23">
         <v>1360</v>
       </c>
       <c r="C40" s="13">
         <v>2010</v>
       </c>
       <c r="D40" s="13">
         <v>2320</v>
       </c>
       <c r="E40" s="13">
         <v>2680</v>
       </c>
       <c r="F40" s="13">
         <v>3090</v>
       </c>
       <c r="G40" s="13">
         <v>3460</v>
       </c>
       <c r="H40" s="13">
         <v>3730</v>
       </c>
       <c r="I40" s="13">
@@ -33695,52 +35050,55 @@
       </c>
       <c r="P40" s="13">
         <v>5900</v>
       </c>
       <c r="Q40" s="13">
         <v>5860</v>
       </c>
       <c r="R40" s="20">
         <v>5890</v>
       </c>
       <c r="S40" s="20">
         <v>5960</v>
       </c>
       <c r="T40" s="23">
         <v>5860</v>
       </c>
       <c r="U40" s="23">
         <v>5940</v>
       </c>
       <c r="V40" s="23">
         <v>5950</v>
       </c>
       <c r="W40" s="13">
         <v>5840</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40" s="13">
+        <v>5950</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="23">
         <v>1050</v>
       </c>
       <c r="C41" s="13">
         <v>1570</v>
       </c>
       <c r="D41" s="13">
         <v>1760</v>
       </c>
       <c r="E41" s="13">
         <v>2210</v>
       </c>
       <c r="F41" s="13">
         <v>2540</v>
       </c>
       <c r="G41" s="13">
         <v>2950</v>
       </c>
       <c r="H41" s="13">
         <v>3300</v>
       </c>
       <c r="I41" s="13">
@@ -33766,52 +35124,55 @@
       </c>
       <c r="P41" s="13">
         <v>5720</v>
       </c>
       <c r="Q41" s="13">
         <v>6090</v>
       </c>
       <c r="R41" s="20">
         <v>6210</v>
       </c>
       <c r="S41" s="20">
         <v>6320</v>
       </c>
       <c r="T41" s="23">
         <v>6330</v>
       </c>
       <c r="U41" s="23">
         <v>6440</v>
       </c>
       <c r="V41" s="23">
         <v>6550</v>
       </c>
       <c r="W41" s="13">
         <v>6530</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41" s="13">
+        <v>6540</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="23">
         <v>830</v>
       </c>
       <c r="C42" s="13">
         <v>1290</v>
       </c>
       <c r="D42" s="13">
         <v>1490</v>
       </c>
       <c r="E42" s="13">
         <v>1760</v>
       </c>
       <c r="F42" s="13">
         <v>1970</v>
       </c>
       <c r="G42" s="13">
         <v>2190</v>
       </c>
       <c r="H42" s="13">
         <v>2440</v>
       </c>
       <c r="I42" s="13">
@@ -33837,52 +35198,55 @@
       </c>
       <c r="P42" s="13">
         <v>3810</v>
       </c>
       <c r="Q42" s="13">
         <v>4070</v>
       </c>
       <c r="R42" s="20">
         <v>4100</v>
       </c>
       <c r="S42" s="20">
         <v>4150</v>
       </c>
       <c r="T42" s="23">
         <v>4180</v>
       </c>
       <c r="U42" s="23">
         <v>4100</v>
       </c>
       <c r="V42" s="23">
         <v>4100</v>
       </c>
       <c r="W42" s="13">
         <v>4150</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42" s="13">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" s="13" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="23">
         <v>730</v>
       </c>
       <c r="C43" s="13">
         <v>980</v>
       </c>
       <c r="D43" s="13">
         <v>1110</v>
       </c>
       <c r="E43" s="13">
         <v>1260</v>
       </c>
       <c r="F43" s="13">
         <v>1530</v>
       </c>
       <c r="G43" s="13">
         <v>1860</v>
       </c>
       <c r="H43" s="13">
         <v>2080</v>
       </c>
       <c r="I43" s="13">
@@ -33908,52 +35272,55 @@
       </c>
       <c r="P43" s="13">
         <v>3790</v>
       </c>
       <c r="Q43" s="13">
         <v>4170</v>
       </c>
       <c r="R43" s="20">
         <v>4270</v>
       </c>
       <c r="S43" s="20">
         <v>4490</v>
       </c>
       <c r="T43" s="23">
         <v>4760</v>
       </c>
       <c r="U43" s="23">
         <v>4670</v>
       </c>
       <c r="V43" s="23">
         <v>4640</v>
       </c>
       <c r="W43" s="13">
         <v>4550</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43" s="13">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="23">
         <v>1420</v>
       </c>
       <c r="C44" s="13">
         <v>1940</v>
       </c>
       <c r="D44" s="13">
         <v>2090</v>
       </c>
       <c r="E44" s="13">
         <v>2640</v>
       </c>
       <c r="F44" s="13">
         <v>2960</v>
       </c>
       <c r="G44" s="13">
         <v>3450</v>
       </c>
       <c r="H44" s="13">
         <v>3820</v>
       </c>
       <c r="I44" s="13">
@@ -33979,52 +35346,55 @@
       </c>
       <c r="P44" s="13">
         <v>5810</v>
       </c>
       <c r="Q44" s="13">
         <v>6090</v>
       </c>
       <c r="R44" s="20">
         <v>6180</v>
       </c>
       <c r="S44" s="20">
         <v>6160</v>
       </c>
       <c r="T44" s="23">
         <v>6180</v>
       </c>
       <c r="U44" s="23">
         <v>6090</v>
       </c>
       <c r="V44" s="23">
         <v>6160</v>
       </c>
       <c r="W44" s="13">
         <v>6100</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44" s="13">
+        <v>6060</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" s="13" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="23">
         <v>1210</v>
       </c>
       <c r="C45" s="13">
         <v>1570</v>
       </c>
       <c r="D45" s="13">
         <v>1790</v>
       </c>
       <c r="E45" s="13">
         <v>2210</v>
       </c>
       <c r="F45" s="13">
         <v>2590</v>
       </c>
       <c r="G45" s="13">
         <v>3060</v>
       </c>
       <c r="H45" s="13">
         <v>3490</v>
       </c>
       <c r="I45" s="13">
@@ -34050,52 +35420,55 @@
       </c>
       <c r="P45" s="13">
         <v>5980</v>
       </c>
       <c r="Q45" s="13">
         <v>6220</v>
       </c>
       <c r="R45" s="20">
         <v>6320</v>
       </c>
       <c r="S45" s="20">
         <v>6400</v>
       </c>
       <c r="T45" s="23">
         <v>6390</v>
       </c>
       <c r="U45" s="23">
         <v>6320</v>
       </c>
       <c r="V45" s="23">
         <v>6210</v>
       </c>
       <c r="W45" s="13">
         <v>6120</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45" s="13">
+        <v>5860</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" s="13" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="23">
         <v>830</v>
       </c>
       <c r="C46" s="13">
         <v>1270</v>
       </c>
       <c r="D46" s="13">
         <v>1470</v>
       </c>
       <c r="E46" s="13">
         <v>1750</v>
       </c>
       <c r="F46" s="13">
         <v>1960</v>
       </c>
       <c r="G46" s="13">
         <v>2400</v>
       </c>
       <c r="H46" s="13">
         <v>2700</v>
       </c>
       <c r="I46" s="13">
@@ -34121,52 +35494,55 @@
       </c>
       <c r="P46" s="13">
         <v>4300</v>
       </c>
       <c r="Q46" s="13">
         <v>4540</v>
       </c>
       <c r="R46" s="20">
         <v>4560</v>
       </c>
       <c r="S46" s="20">
         <v>4630</v>
       </c>
       <c r="T46" s="23">
         <v>4710</v>
       </c>
       <c r="U46" s="23">
         <v>4690</v>
       </c>
       <c r="V46" s="23">
         <v>4720</v>
       </c>
       <c r="W46" s="13">
         <v>4630</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46" s="13">
+        <v>4490</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" s="13" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="23">
         <v>1100</v>
       </c>
       <c r="C47" s="13">
         <v>1490</v>
       </c>
       <c r="D47" s="13">
         <v>1700</v>
       </c>
       <c r="E47" s="13">
         <v>2050</v>
       </c>
       <c r="F47" s="13">
         <v>2340</v>
       </c>
       <c r="G47" s="13">
         <v>2710</v>
       </c>
       <c r="H47" s="13">
         <v>3090</v>
       </c>
       <c r="I47" s="13">
@@ -34192,52 +35568,55 @@
       </c>
       <c r="P47" s="13">
         <v>5430</v>
       </c>
       <c r="Q47" s="13">
         <v>5760</v>
       </c>
       <c r="R47" s="20">
         <v>5820</v>
       </c>
       <c r="S47" s="20">
         <v>5890</v>
       </c>
       <c r="T47" s="23">
         <v>5880</v>
       </c>
       <c r="U47" s="23">
         <v>5770</v>
       </c>
       <c r="V47" s="23">
         <v>5740</v>
       </c>
       <c r="W47" s="13">
         <v>5610</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47" s="13">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" s="13" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="23">
         <v>1270</v>
       </c>
       <c r="C48" s="13">
         <v>1780</v>
       </c>
       <c r="D48" s="13">
         <v>1890</v>
       </c>
       <c r="E48" s="13">
         <v>2410</v>
       </c>
       <c r="F48" s="13">
         <v>2750</v>
       </c>
       <c r="G48" s="13">
         <v>3200</v>
       </c>
       <c r="H48" s="13">
         <v>3600</v>
       </c>
       <c r="I48" s="13">
@@ -34263,52 +35642,55 @@
       </c>
       <c r="P48" s="13">
         <v>5910</v>
       </c>
       <c r="Q48" s="13">
         <v>6210</v>
       </c>
       <c r="R48" s="20">
         <v>6420</v>
       </c>
       <c r="S48" s="20">
         <v>6520</v>
       </c>
       <c r="T48" s="23">
         <v>6450</v>
       </c>
       <c r="U48" s="23">
         <v>6540</v>
       </c>
       <c r="V48" s="23">
         <v>6570</v>
       </c>
       <c r="W48" s="13">
         <v>6510</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X48" s="13">
+        <v>6450</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="23">
         <v>500</v>
       </c>
       <c r="C49" s="13">
         <v>650</v>
       </c>
       <c r="D49" s="13">
         <v>720</v>
       </c>
       <c r="E49" s="13">
         <v>870</v>
       </c>
       <c r="F49" s="13">
         <v>990</v>
       </c>
       <c r="G49" s="13">
         <v>1070</v>
       </c>
       <c r="H49" s="13">
         <v>1250</v>
       </c>
       <c r="I49" s="13">
@@ -34316,51 +35698,51 @@
       </c>
       <c r="J49" s="13">
         <v>1510</v>
       </c>
       <c r="K49" s="13">
         <v>1770</v>
       </c>
       <c r="L49" s="13">
         <v>1950</v>
       </c>
       <c r="M49" s="13">
         <v>2100</v>
       </c>
       <c r="N49" s="13">
         <v>2320</v>
       </c>
       <c r="O49" s="13">
         <v>2620</v>
       </c>
       <c r="R49" s="20"/>
       <c r="S49" s="20"/>
       <c r="T49" s="23"/>
       <c r="U49" s="23"/>
       <c r="V49" s="23"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:24">
       <c r="A50" s="13" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="23">
         <v>1380</v>
       </c>
       <c r="C50" s="13">
         <v>1790</v>
       </c>
       <c r="D50" s="13">
         <v>1830</v>
       </c>
       <c r="E50" s="13">
         <v>2160</v>
       </c>
       <c r="F50" s="13">
         <v>2310</v>
       </c>
       <c r="G50" s="13">
         <v>2870</v>
       </c>
       <c r="H50" s="13">
         <v>3200</v>
       </c>
       <c r="I50" s="13">
@@ -34386,52 +35768,55 @@
       </c>
       <c r="P50" s="13">
         <v>4910</v>
       </c>
       <c r="Q50" s="13">
         <v>5390</v>
       </c>
       <c r="R50" s="20">
         <v>5640</v>
       </c>
       <c r="S50" s="20">
         <v>5500</v>
       </c>
       <c r="T50" s="23">
         <v>5660</v>
       </c>
       <c r="U50" s="23">
         <v>5550</v>
       </c>
       <c r="V50" s="23">
         <v>5650</v>
       </c>
       <c r="W50" s="13">
         <v>5530</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X50" s="13">
+        <v>5630</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="23">
         <v>710</v>
       </c>
       <c r="C51" s="13">
         <v>960</v>
       </c>
       <c r="D51" s="13">
         <v>1300</v>
       </c>
       <c r="E51" s="13">
         <v>1800</v>
       </c>
       <c r="F51" s="13">
         <v>2120</v>
       </c>
       <c r="G51" s="13">
         <v>2430</v>
       </c>
       <c r="H51" s="13">
         <v>2820</v>
       </c>
       <c r="I51" s="13">
@@ -34457,52 +35842,55 @@
       </c>
       <c r="P51" s="13">
         <v>5500</v>
       </c>
       <c r="Q51" s="13">
         <v>5870</v>
       </c>
       <c r="R51" s="20">
         <v>6050</v>
       </c>
       <c r="S51" s="20">
         <v>6070</v>
       </c>
       <c r="T51" s="23">
         <v>6110</v>
       </c>
       <c r="U51" s="23">
         <v>6150</v>
       </c>
       <c r="V51" s="23">
         <v>6250</v>
       </c>
       <c r="W51" s="13">
         <v>6150</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X51" s="13">
+        <v>6120</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" s="13" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="23">
         <v>1770</v>
       </c>
       <c r="C52" s="13">
         <v>1930</v>
       </c>
       <c r="D52" s="13">
         <v>2160</v>
       </c>
       <c r="E52" s="13">
         <v>2340</v>
       </c>
       <c r="F52" s="13">
         <v>2810</v>
       </c>
       <c r="G52" s="13">
         <v>3250</v>
       </c>
       <c r="H52" s="13">
         <v>3450</v>
       </c>
       <c r="I52" s="13">
@@ -34528,52 +35916,55 @@
       </c>
       <c r="P52" s="13">
         <v>5020</v>
       </c>
       <c r="Q52" s="13">
         <v>5170</v>
       </c>
       <c r="R52" s="20">
         <v>5150</v>
       </c>
       <c r="S52" s="20">
         <v>5260</v>
       </c>
       <c r="T52" s="23">
         <v>5350</v>
       </c>
       <c r="U52" s="23">
         <v>5330</v>
       </c>
       <c r="V52" s="23">
         <v>5160</v>
       </c>
       <c r="W52" s="13">
         <v>5010</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X52" s="13">
+        <v>4820</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="23">
         <v>800</v>
       </c>
       <c r="C53" s="13">
         <v>1140</v>
       </c>
       <c r="D53" s="13">
         <v>1300</v>
       </c>
       <c r="E53" s="13">
         <v>1560</v>
       </c>
       <c r="F53" s="13">
         <v>1810</v>
       </c>
       <c r="G53" s="13">
         <v>2190</v>
       </c>
       <c r="H53" s="13">
         <v>2460</v>
       </c>
       <c r="I53" s="13">
@@ -34599,52 +35990,55 @@
       </c>
       <c r="P53" s="13">
         <v>4760</v>
       </c>
       <c r="Q53" s="13">
         <v>5050</v>
       </c>
       <c r="R53" s="20">
         <v>5190</v>
       </c>
       <c r="S53" s="20">
         <v>5210</v>
       </c>
       <c r="T53" s="23">
         <v>5330</v>
       </c>
       <c r="U53" s="23">
         <v>5350</v>
       </c>
       <c r="V53" s="23">
         <v>5320</v>
       </c>
       <c r="W53" s="13">
         <v>5240</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X53" s="13">
+        <v>5120</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="23">
         <v>910</v>
       </c>
       <c r="C54" s="13">
         <v>1250</v>
       </c>
       <c r="D54" s="13">
         <v>1470</v>
       </c>
       <c r="E54" s="13">
         <v>1740</v>
       </c>
       <c r="F54" s="13">
         <v>1970</v>
       </c>
       <c r="G54" s="13">
         <v>2350</v>
       </c>
       <c r="H54" s="13">
         <v>2680</v>
       </c>
       <c r="I54" s="13">
@@ -34670,52 +36064,55 @@
       </c>
       <c r="P54" s="13">
         <v>4700</v>
       </c>
       <c r="Q54" s="13">
         <v>4970</v>
       </c>
       <c r="R54" s="20">
         <v>5100</v>
       </c>
       <c r="S54" s="20">
         <v>5160</v>
       </c>
       <c r="T54" s="23">
         <v>5330</v>
       </c>
       <c r="U54" s="23">
         <v>5330</v>
       </c>
       <c r="V54" s="23">
         <v>5350</v>
       </c>
       <c r="W54" s="13">
         <v>5270</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X54" s="13">
+        <v>5140</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" s="13" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="23">
         <v>780</v>
       </c>
       <c r="C55" s="13">
         <v>1180</v>
       </c>
       <c r="D55" s="13">
         <v>1340</v>
       </c>
       <c r="E55" s="13">
         <v>1680</v>
       </c>
       <c r="F55" s="13">
         <v>1860</v>
       </c>
       <c r="G55" s="13">
         <v>2210</v>
       </c>
       <c r="H55" s="13">
         <v>2500</v>
       </c>
       <c r="I55" s="13">
@@ -34741,52 +36138,55 @@
       </c>
       <c r="P55" s="13">
         <v>4230</v>
       </c>
       <c r="Q55" s="13">
         <v>4350</v>
       </c>
       <c r="R55" s="20">
         <v>4290</v>
       </c>
       <c r="S55" s="20">
         <v>4270</v>
       </c>
       <c r="T55" s="23">
         <v>4350</v>
       </c>
       <c r="U55" s="23">
         <v>4220</v>
       </c>
       <c r="V55" s="23">
         <v>4230</v>
       </c>
       <c r="W55" s="13">
         <v>4090</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X55" s="13">
+        <v>3980</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="23">
         <v>1110</v>
       </c>
       <c r="C56" s="13">
         <v>1580</v>
       </c>
       <c r="D56" s="13">
         <v>1660</v>
       </c>
       <c r="E56" s="13">
         <v>2030</v>
       </c>
       <c r="F56" s="13">
         <v>2270</v>
       </c>
       <c r="G56" s="13">
         <v>2690</v>
       </c>
       <c r="H56" s="13">
         <v>3070</v>
       </c>
       <c r="I56" s="13">
@@ -34812,52 +36212,55 @@
       </c>
       <c r="P56" s="13">
         <v>5550</v>
       </c>
       <c r="Q56" s="13">
         <v>5820</v>
       </c>
       <c r="R56" s="20">
         <v>6050</v>
       </c>
       <c r="S56" s="20">
         <v>6190</v>
       </c>
       <c r="T56" s="23">
         <v>6120</v>
       </c>
       <c r="U56" s="23">
         <v>6210</v>
       </c>
       <c r="V56" s="23">
         <v>6190</v>
       </c>
       <c r="W56" s="13">
         <v>6190</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X56" s="13">
+        <v>6100</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="23">
         <v>1990</v>
       </c>
       <c r="C57" s="13">
         <v>2210</v>
       </c>
       <c r="D57" s="13">
         <v>2230</v>
       </c>
       <c r="E57" s="13">
         <v>2840</v>
       </c>
       <c r="F57" s="13">
         <v>3130</v>
       </c>
       <c r="G57" s="13">
         <v>3780</v>
       </c>
       <c r="H57" s="13">
         <v>3850</v>
       </c>
       <c r="I57" s="13">
@@ -34883,52 +36286,55 @@
       </c>
       <c r="P57" s="13">
         <v>5620</v>
       </c>
       <c r="Q57" s="13">
         <v>5480</v>
       </c>
       <c r="R57" s="20">
         <v>5880</v>
       </c>
       <c r="S57" s="20">
         <v>6190</v>
       </c>
       <c r="T57" s="23">
         <v>6030</v>
       </c>
       <c r="U57" s="23">
         <v>6220</v>
       </c>
       <c r="V57" s="23">
         <v>6090</v>
       </c>
       <c r="W57" s="13">
         <v>5710</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X57" s="13">
+        <v>5670</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" s="13" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="23">
         <v>980</v>
       </c>
       <c r="C58" s="13">
         <v>1350</v>
       </c>
       <c r="D58" s="13">
         <v>1500</v>
       </c>
       <c r="E58" s="13">
         <v>1810</v>
       </c>
       <c r="F58" s="13">
         <v>2060</v>
       </c>
       <c r="G58" s="13">
         <v>2300</v>
       </c>
       <c r="H58" s="13">
         <v>2540</v>
       </c>
       <c r="I58" s="13">
@@ -34954,52 +36360,55 @@
       </c>
       <c r="P58" s="13">
         <v>4110</v>
       </c>
       <c r="Q58" s="13">
         <v>4270</v>
       </c>
       <c r="R58" s="20">
         <v>4330</v>
       </c>
       <c r="S58" s="20">
         <v>4410</v>
       </c>
       <c r="T58" s="23">
         <v>4380</v>
       </c>
       <c r="U58" s="23">
         <v>4350</v>
       </c>
       <c r="V58" s="23">
         <v>4310</v>
       </c>
       <c r="W58" s="13">
         <v>4290</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X58" s="13">
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" s="13" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="23">
         <v>1180</v>
       </c>
       <c r="C59" s="13">
         <v>1400</v>
       </c>
       <c r="D59" s="13">
         <v>1600</v>
       </c>
       <c r="E59" s="13">
         <v>1900</v>
       </c>
       <c r="F59" s="13">
         <v>2190</v>
       </c>
       <c r="G59" s="13">
         <v>2530</v>
       </c>
       <c r="H59" s="13">
         <v>2870</v>
       </c>
       <c r="I59" s="13">
@@ -35025,52 +36434,55 @@
       </c>
       <c r="P59" s="13">
         <v>4750</v>
       </c>
       <c r="Q59" s="13">
         <v>4850</v>
       </c>
       <c r="R59" s="20">
         <v>4940</v>
       </c>
       <c r="S59" s="20">
         <v>5020</v>
       </c>
       <c r="T59" s="23">
         <v>5030</v>
       </c>
       <c r="U59" s="23">
         <v>4950</v>
       </c>
       <c r="V59" s="23">
         <v>4890</v>
       </c>
       <c r="W59" s="13">
         <v>4740</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X59" s="13">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="23">
         <v>950</v>
       </c>
       <c r="C60" s="13">
         <v>1190</v>
       </c>
       <c r="D60" s="13">
         <v>1330</v>
       </c>
       <c r="E60" s="13">
         <v>1710</v>
       </c>
       <c r="F60" s="13">
         <v>1970</v>
       </c>
       <c r="G60" s="13">
         <v>2320</v>
       </c>
       <c r="H60" s="13">
         <v>2580</v>
       </c>
       <c r="I60" s="13">
@@ -35096,52 +36508,55 @@
       </c>
       <c r="P60" s="13">
         <v>4070</v>
       </c>
       <c r="Q60" s="13">
         <v>4020</v>
       </c>
       <c r="R60" s="20">
         <v>4180</v>
       </c>
       <c r="S60" s="20">
         <v>4400</v>
       </c>
       <c r="T60" s="23">
         <v>4460</v>
       </c>
       <c r="U60" s="23">
         <v>4590</v>
       </c>
       <c r="V60" s="23">
         <v>4500</v>
       </c>
       <c r="W60" s="13">
         <v>4400</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X60" s="13">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" s="13" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="23">
         <v>670</v>
       </c>
       <c r="C61" s="13">
         <v>1220</v>
       </c>
       <c r="D61" s="13">
         <v>1240</v>
       </c>
       <c r="E61" s="13">
         <v>1570</v>
       </c>
       <c r="F61" s="13">
         <v>1870</v>
       </c>
       <c r="G61" s="13">
         <v>2090</v>
       </c>
       <c r="H61" s="13">
         <v>2270</v>
       </c>
       <c r="I61" s="13">
@@ -35167,52 +36582,55 @@
       </c>
       <c r="P61" s="13">
         <v>3270</v>
       </c>
       <c r="Q61" s="13">
         <v>3610</v>
       </c>
       <c r="R61" s="20">
         <v>3690</v>
       </c>
       <c r="S61" s="20">
         <v>3540</v>
       </c>
       <c r="T61" s="23">
         <v>3670</v>
       </c>
       <c r="U61" s="23">
         <v>3640</v>
       </c>
       <c r="V61" s="23">
         <v>3820</v>
       </c>
       <c r="W61" s="13">
         <v>3530</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X61" s="13">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" s="13" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="23">
         <v>1060</v>
       </c>
       <c r="C62" s="13">
         <v>1440</v>
       </c>
       <c r="D62" s="13">
         <v>1610</v>
       </c>
       <c r="E62" s="13">
         <v>1970</v>
       </c>
       <c r="F62" s="13">
         <v>2250</v>
       </c>
       <c r="G62" s="13">
         <v>2670</v>
       </c>
       <c r="H62" s="13">
         <v>3010</v>
       </c>
       <c r="I62" s="13">
@@ -35237,134 +36655,137 @@
         <v>4920</v>
       </c>
       <c r="P62" s="13">
         <v>5130</v>
       </c>
       <c r="Q62" s="13">
         <v>5390</v>
       </c>
       <c r="R62" s="20">
         <v>5510</v>
       </c>
       <c r="S62" s="20">
         <v>5580</v>
       </c>
       <c r="T62" s="23">
         <v>5640</v>
       </c>
       <c r="U62" s="23">
         <v>5640</v>
       </c>
       <c r="V62" s="23">
         <v>5620</v>
       </c>
       <c r="W62" s="13">
         <v>5560</v>
+      </c>
+      <c r="X62" s="13">
+        <v>5460</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{55C09BE4-7DAE-A64E-B3E0-76AC0F187BEC}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0600-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="K10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="2" max="15" width="12.33203125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="21" max="21" width="11.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="15" width="12.36328125" bestFit="1" customWidth="1"/>
+    <col min="16" max="19" width="10.36328125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10.453125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="11.36328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" t="s">
         <v>0</v>
       </c>
       <c r="B9" t="s">
         <v>116</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>58</v>
       </c>
       <c r="H9" t="s">
         <v>59</v>
       </c>
       <c r="I9" t="s">
@@ -35390,52 +36811,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" t="s">
         <v>101</v>
       </c>
       <c r="R9" t="s">
         <v>103</v>
       </c>
       <c r="S9" t="s">
         <v>104</v>
       </c>
       <c r="T9" t="s">
         <v>105</v>
       </c>
       <c r="U9" t="s">
         <v>110</v>
       </c>
       <c r="V9" t="s">
         <v>115</v>
       </c>
       <c r="W9" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X9" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" s="13" customFormat="1">
       <c r="A10" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="23">
         <v>35980</v>
       </c>
       <c r="C10" s="13">
         <v>40530</v>
       </c>
       <c r="D10" s="13">
         <v>43290</v>
       </c>
       <c r="E10" s="13">
         <v>46450</v>
       </c>
       <c r="F10" s="13">
         <v>51490</v>
       </c>
       <c r="G10" s="13">
         <v>54110</v>
       </c>
       <c r="H10" s="13">
         <v>53140</v>
       </c>
       <c r="I10" s="13">
@@ -35461,52 +36885,55 @@
       </c>
       <c r="P10" s="13">
         <v>57850</v>
       </c>
       <c r="Q10" s="13">
         <v>58550</v>
       </c>
       <c r="R10" s="20">
         <v>59630</v>
       </c>
       <c r="S10" s="20">
         <v>60400</v>
       </c>
       <c r="T10" s="23">
         <v>63920</v>
       </c>
       <c r="U10" s="23">
         <v>67670</v>
       </c>
       <c r="V10" s="31">
         <v>68780</v>
       </c>
       <c r="W10">
         <v>68940</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X10">
+        <v>69460</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" s="13" customFormat="1">
       <c r="A11" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="23">
         <v>23950</v>
       </c>
       <c r="C11" s="13">
         <v>26390</v>
       </c>
       <c r="D11" s="13">
         <v>26600</v>
       </c>
       <c r="E11" s="13">
         <v>29530</v>
       </c>
       <c r="F11" s="13">
         <v>33240</v>
       </c>
       <c r="G11" s="13">
         <v>35540</v>
       </c>
       <c r="H11" s="13">
         <v>34180</v>
       </c>
       <c r="I11" s="13">
@@ -35532,52 +36959,55 @@
       </c>
       <c r="P11" s="13">
         <v>36060</v>
       </c>
       <c r="Q11" s="13">
         <v>36780</v>
       </c>
       <c r="R11" s="20">
         <v>38000</v>
       </c>
       <c r="S11" s="20">
         <v>39140</v>
       </c>
       <c r="T11" s="23">
         <v>41220</v>
       </c>
       <c r="U11" s="23">
         <v>44440</v>
       </c>
       <c r="V11" s="31">
         <v>46110</v>
       </c>
       <c r="W11">
         <v>47140</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X11">
+        <v>48910</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" s="13" customFormat="1">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="23">
         <v>19900</v>
       </c>
       <c r="C12" s="13">
         <v>21510</v>
       </c>
       <c r="D12" s="13">
         <v>23250</v>
       </c>
       <c r="E12" s="13">
         <v>24550</v>
       </c>
       <c r="F12" s="13">
         <v>27480</v>
       </c>
       <c r="G12" s="13">
         <v>28940</v>
       </c>
       <c r="H12" s="13">
         <v>27990</v>
       </c>
       <c r="I12" s="13">
@@ -35603,52 +37033,55 @@
       </c>
       <c r="P12" s="13">
         <v>32220</v>
       </c>
       <c r="Q12" s="13">
         <v>32790</v>
       </c>
       <c r="R12" s="20">
         <v>33950</v>
       </c>
       <c r="S12" s="20">
         <v>35180</v>
       </c>
       <c r="T12" s="23">
         <v>37000</v>
       </c>
       <c r="U12" s="23">
         <v>39150</v>
       </c>
       <c r="V12" s="31">
         <v>40580</v>
       </c>
       <c r="W12">
         <v>41910</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X12">
+        <v>43090</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" s="13" customFormat="1">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="23">
         <v>37060</v>
       </c>
       <c r="C13" s="13">
         <v>41950</v>
       </c>
       <c r="D13" s="13">
         <v>46190</v>
       </c>
       <c r="E13" s="13">
         <v>55550</v>
       </c>
       <c r="F13" s="13">
         <v>63750</v>
       </c>
       <c r="G13" s="13">
         <v>65870</v>
       </c>
       <c r="H13" s="13">
         <v>60200</v>
       </c>
       <c r="I13" s="13">
@@ -35674,52 +37107,55 @@
       </c>
       <c r="P13" s="13">
         <v>51300</v>
       </c>
       <c r="Q13" s="13">
         <v>53060</v>
       </c>
       <c r="R13" s="20">
         <v>54290</v>
       </c>
       <c r="S13" s="20">
         <v>56250</v>
       </c>
       <c r="T13" s="23">
         <v>60090</v>
       </c>
       <c r="U13" s="23">
         <v>65600</v>
       </c>
       <c r="V13" s="31">
         <v>67270</v>
       </c>
       <c r="W13">
         <v>67820</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X13">
+        <v>70850</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" s="13" customFormat="1">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="23">
         <v>48820</v>
       </c>
       <c r="C14" s="13">
         <v>57710</v>
       </c>
       <c r="D14" s="13">
         <v>65970</v>
       </c>
       <c r="E14" s="13">
         <v>77070</v>
       </c>
       <c r="F14" s="13">
         <v>85940</v>
       </c>
       <c r="G14" s="13">
         <v>86940</v>
       </c>
       <c r="H14" s="13">
         <v>81410</v>
       </c>
       <c r="I14" s="13">
@@ -35745,52 +37181,55 @@
       </c>
       <c r="P14" s="13">
         <v>70100</v>
       </c>
       <c r="Q14" s="13">
         <v>71860</v>
       </c>
       <c r="R14" s="20">
         <v>73400</v>
       </c>
       <c r="S14" s="20">
         <v>73350</v>
       </c>
       <c r="T14" s="23">
         <v>78320</v>
       </c>
       <c r="U14" s="23">
         <v>84730</v>
       </c>
       <c r="V14" s="31">
         <v>85050</v>
       </c>
       <c r="W14">
         <v>86000</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X14">
+        <v>87850</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" s="13" customFormat="1">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="23">
         <v>49130</v>
       </c>
       <c r="C15" s="13">
         <v>55230</v>
       </c>
       <c r="D15" s="13">
         <v>57890</v>
       </c>
       <c r="E15" s="13">
         <v>62090</v>
       </c>
       <c r="F15" s="13">
         <v>66140</v>
       </c>
       <c r="G15" s="13">
         <v>68830</v>
       </c>
       <c r="H15" s="13">
         <v>65490</v>
       </c>
       <c r="I15" s="13">
@@ -35816,52 +37255,55 @@
       </c>
       <c r="P15" s="13">
         <v>68450</v>
       </c>
       <c r="Q15" s="13">
         <v>71340</v>
       </c>
       <c r="R15" s="20">
         <v>73890</v>
       </c>
       <c r="S15" s="20">
         <v>76340</v>
       </c>
       <c r="T15" s="23">
         <v>82100</v>
       </c>
       <c r="U15" s="23">
         <v>89170</v>
       </c>
       <c r="V15" s="31">
         <v>90760</v>
       </c>
       <c r="W15">
         <v>90540</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X15">
+        <v>92690</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" s="13" customFormat="1">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="23">
         <v>40850</v>
       </c>
       <c r="C16" s="13">
         <v>47170</v>
       </c>
       <c r="D16" s="13">
         <v>51280</v>
       </c>
       <c r="E16" s="13">
         <v>56010</v>
       </c>
       <c r="F16" s="13">
         <v>60200</v>
       </c>
       <c r="G16" s="13">
         <v>63090</v>
       </c>
       <c r="H16" s="13">
         <v>61760</v>
       </c>
       <c r="I16" s="13">
@@ -35887,52 +37329,55 @@
       </c>
       <c r="P16" s="13">
         <v>58860</v>
       </c>
       <c r="Q16" s="13">
         <v>59330</v>
       </c>
       <c r="R16" s="20">
         <v>59840</v>
       </c>
       <c r="S16" s="20">
         <v>59720</v>
       </c>
       <c r="T16" s="23">
         <v>61520</v>
       </c>
       <c r="U16" s="23">
         <v>64670</v>
       </c>
       <c r="V16" s="31">
         <v>64950</v>
       </c>
       <c r="W16">
         <v>66590</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X16">
+        <v>67530</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" s="13" customFormat="1">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="23">
         <v>41250</v>
       </c>
       <c r="C17" s="13">
         <v>50010</v>
       </c>
       <c r="D17" s="13">
         <v>57040</v>
       </c>
       <c r="E17" s="13">
         <v>65280</v>
       </c>
       <c r="F17" s="13">
         <v>74060</v>
       </c>
       <c r="G17" s="13">
         <v>76420</v>
       </c>
       <c r="H17" s="13">
         <v>76020</v>
       </c>
       <c r="I17" s="13">
@@ -35958,52 +37403,55 @@
       </c>
       <c r="P17" s="13">
         <v>84380</v>
       </c>
       <c r="Q17" s="13">
         <v>86730</v>
       </c>
       <c r="R17" s="20">
         <v>88450</v>
       </c>
       <c r="S17" s="20">
         <v>90220</v>
       </c>
       <c r="T17" s="23">
         <v>98940</v>
       </c>
       <c r="U17" s="23">
         <v>105800</v>
       </c>
       <c r="V17" s="31">
         <v>104190</v>
       </c>
       <c r="W17">
         <v>103570</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X17">
+        <v>102400</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24" s="13" customFormat="1">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="23">
         <v>34350</v>
       </c>
       <c r="C18" s="13">
         <v>38420</v>
       </c>
       <c r="D18" s="13">
         <v>40330</v>
       </c>
       <c r="E18" s="13">
         <v>46550</v>
       </c>
       <c r="F18" s="13">
         <v>50930</v>
       </c>
       <c r="G18" s="13">
         <v>54020</v>
       </c>
       <c r="H18" s="13">
         <v>52500</v>
       </c>
       <c r="I18" s="13">
@@ -36029,52 +37477,55 @@
       </c>
       <c r="P18" s="13">
         <v>53390</v>
       </c>
       <c r="Q18" s="13">
         <v>54200</v>
       </c>
       <c r="R18" s="20">
         <v>55290</v>
       </c>
       <c r="S18" s="20">
         <v>56430</v>
       </c>
       <c r="T18" s="23">
         <v>58280</v>
       </c>
       <c r="U18" s="23">
         <v>61490</v>
       </c>
       <c r="V18" s="31">
         <v>62870</v>
       </c>
       <c r="W18">
         <v>64010</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X18">
+        <v>66170</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" s="13" customFormat="1">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="23">
         <v>30210</v>
       </c>
       <c r="C19" s="13">
         <v>35200</v>
       </c>
       <c r="D19" s="13">
         <v>39730</v>
       </c>
       <c r="E19" s="13">
         <v>48020</v>
       </c>
       <c r="F19" s="13">
         <v>54630</v>
       </c>
       <c r="G19" s="13">
         <v>56510</v>
       </c>
       <c r="H19" s="13">
         <v>52510</v>
       </c>
       <c r="I19" s="13">
@@ -36100,52 +37551,55 @@
       </c>
       <c r="P19" s="13">
         <v>43400</v>
       </c>
       <c r="Q19" s="13">
         <v>45300</v>
       </c>
       <c r="R19" s="20">
         <v>47380</v>
       </c>
       <c r="S19" s="20">
         <v>49100</v>
       </c>
       <c r="T19" s="23">
         <v>52240</v>
       </c>
       <c r="U19" s="23">
         <v>56600</v>
       </c>
       <c r="V19" s="31">
         <v>58390</v>
       </c>
       <c r="W19">
         <v>59800</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X19">
+        <v>61890</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" s="13" customFormat="1">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="23">
         <v>34450</v>
       </c>
       <c r="C20" s="13">
         <v>38980</v>
       </c>
       <c r="D20" s="13">
         <v>41940</v>
       </c>
       <c r="E20" s="13">
         <v>44710</v>
       </c>
       <c r="F20" s="13">
         <v>49160</v>
       </c>
       <c r="G20" s="13">
         <v>51030</v>
       </c>
       <c r="H20" s="13">
         <v>47960</v>
       </c>
       <c r="I20" s="13">
@@ -36171,52 +37625,55 @@
       </c>
       <c r="P20" s="13">
         <v>46730</v>
       </c>
       <c r="Q20" s="13">
         <v>48370</v>
       </c>
       <c r="R20" s="20">
         <v>49720</v>
       </c>
       <c r="S20" s="20">
         <v>51140</v>
       </c>
       <c r="T20" s="23">
         <v>53900</v>
       </c>
       <c r="U20" s="23">
         <v>57570</v>
       </c>
       <c r="V20" s="31">
         <v>59370</v>
       </c>
       <c r="W20">
         <v>60440</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X20">
+        <v>62070</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" s="13" customFormat="1">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="23">
         <v>40140</v>
       </c>
       <c r="C21" s="13">
         <v>47030</v>
       </c>
       <c r="D21" s="13">
         <v>51810</v>
       </c>
       <c r="E21" s="13">
         <v>58210</v>
       </c>
       <c r="F21" s="13">
         <v>65040</v>
       </c>
       <c r="G21" s="13">
         <v>68610</v>
       </c>
       <c r="H21" s="13">
         <v>68320</v>
       </c>
       <c r="I21" s="13">
@@ -36242,52 +37699,55 @@
       </c>
       <c r="P21" s="13">
         <v>71170</v>
       </c>
       <c r="Q21" s="13">
         <v>72590</v>
       </c>
       <c r="R21" s="20">
         <v>74230</v>
       </c>
       <c r="S21" s="20">
         <v>74550</v>
       </c>
       <c r="T21" s="23">
         <v>77410</v>
       </c>
       <c r="U21" s="23">
         <v>82650</v>
       </c>
       <c r="V21" s="31">
         <v>82860</v>
       </c>
       <c r="W21">
         <v>81710</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X21">
+        <v>83480</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" s="13" customFormat="1">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="23">
         <v>22950</v>
       </c>
       <c r="C22" s="13">
         <v>26560</v>
       </c>
       <c r="D22" s="13">
         <v>28040</v>
       </c>
       <c r="E22" s="13">
         <v>30550</v>
       </c>
       <c r="F22" s="13">
         <v>32940</v>
       </c>
       <c r="G22" s="13">
         <v>34610</v>
       </c>
       <c r="H22" s="13">
         <v>34270</v>
       </c>
       <c r="I22" s="13">
@@ -36313,52 +37773,55 @@
       </c>
       <c r="P22" s="13">
         <v>38920</v>
       </c>
       <c r="Q22" s="13">
         <v>40110</v>
       </c>
       <c r="R22" s="20">
         <v>40740</v>
       </c>
       <c r="S22" s="20">
         <v>41400</v>
       </c>
       <c r="T22" s="23">
         <v>43120</v>
       </c>
       <c r="U22" s="23">
         <v>45720</v>
       </c>
       <c r="V22" s="31">
         <v>46130</v>
       </c>
       <c r="W22">
         <v>46900</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X22">
+        <v>47410</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" s="13" customFormat="1">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="23">
         <v>29300</v>
       </c>
       <c r="C23" s="13">
         <v>33420</v>
       </c>
       <c r="D23" s="13">
         <v>35480</v>
       </c>
       <c r="E23" s="13">
         <v>39540</v>
       </c>
       <c r="F23" s="13">
         <v>45290</v>
       </c>
       <c r="G23" s="13">
         <v>47870</v>
       </c>
       <c r="H23" s="13">
         <v>45980</v>
       </c>
       <c r="I23" s="13">
@@ -36384,52 +37847,55 @@
       </c>
       <c r="P23" s="13">
         <v>46270</v>
       </c>
       <c r="Q23" s="13">
         <v>48260</v>
       </c>
       <c r="R23" s="20">
         <v>50470</v>
       </c>
       <c r="S23" s="20">
         <v>53030</v>
       </c>
       <c r="T23" s="23">
         <v>58090</v>
       </c>
       <c r="U23" s="23">
         <v>64140</v>
       </c>
       <c r="V23" s="31">
         <v>65480</v>
       </c>
       <c r="W23">
         <v>66780</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X23">
+        <v>69450</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" s="13" customFormat="1">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="23">
         <v>33270</v>
       </c>
       <c r="C24" s="13">
         <v>37890</v>
       </c>
       <c r="D24" s="13">
         <v>41170</v>
       </c>
       <c r="E24" s="13">
         <v>45610</v>
       </c>
       <c r="F24" s="13">
         <v>49460</v>
       </c>
       <c r="G24" s="13">
         <v>51750</v>
       </c>
       <c r="H24" s="13">
         <v>49200</v>
       </c>
       <c r="I24" s="13">
@@ -36455,52 +37921,55 @@
       </c>
       <c r="P24" s="13">
         <v>45670</v>
       </c>
       <c r="Q24" s="13">
         <v>46810</v>
       </c>
       <c r="R24" s="20">
         <v>47510</v>
       </c>
       <c r="S24" s="20">
         <v>47610</v>
       </c>
       <c r="T24" s="23">
         <v>49480</v>
       </c>
       <c r="U24" s="23">
         <v>52580</v>
       </c>
       <c r="V24" s="31">
         <v>52780</v>
       </c>
       <c r="W24">
         <v>53390</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X24">
+        <v>54050</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" s="13" customFormat="1">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="23">
         <v>27180</v>
       </c>
       <c r="C25" s="13">
         <v>29750</v>
       </c>
       <c r="D25" s="13">
         <v>30820</v>
       </c>
       <c r="E25" s="13">
         <v>33000</v>
       </c>
       <c r="F25" s="13">
         <v>35520</v>
       </c>
       <c r="G25" s="13">
         <v>36570</v>
       </c>
       <c r="H25" s="13">
         <v>34970</v>
       </c>
       <c r="I25" s="13">
@@ -36526,52 +37995,55 @@
       </c>
       <c r="P25" s="13">
         <v>37210</v>
       </c>
       <c r="Q25" s="13">
         <v>37750</v>
       </c>
       <c r="R25" s="20">
         <v>39570</v>
       </c>
       <c r="S25" s="20">
         <v>40770</v>
       </c>
       <c r="T25" s="23">
         <v>42470</v>
       </c>
       <c r="U25" s="23">
         <v>45860</v>
       </c>
       <c r="V25" s="31">
         <v>46870</v>
       </c>
       <c r="W25">
         <v>48020</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X25">
+        <v>49330</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" s="13" customFormat="1">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="23">
         <v>25020</v>
       </c>
       <c r="C26" s="13">
         <v>27120</v>
       </c>
       <c r="D26" s="13">
         <v>28950</v>
       </c>
       <c r="E26" s="13">
         <v>30920</v>
       </c>
       <c r="F26" s="13">
         <v>33490</v>
       </c>
       <c r="G26" s="13">
         <v>35100</v>
       </c>
       <c r="H26" s="13">
         <v>34460</v>
       </c>
       <c r="I26" s="13">
@@ -36597,52 +38069,55 @@
       </c>
       <c r="P26" s="13">
         <v>37320</v>
       </c>
       <c r="Q26" s="13">
         <v>38120</v>
       </c>
       <c r="R26" s="20">
         <v>38720</v>
       </c>
       <c r="S26" s="20">
         <v>39480</v>
       </c>
       <c r="T26" s="23">
         <v>41380</v>
       </c>
       <c r="U26" s="23">
         <v>43440</v>
       </c>
       <c r="V26" s="31">
         <v>44280</v>
       </c>
       <c r="W26">
         <v>45290</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X26">
+        <v>46720</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" s="13" customFormat="1">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="23">
         <v>22000</v>
       </c>
       <c r="C27" s="13">
         <v>24320</v>
       </c>
       <c r="D27" s="13">
         <v>25920</v>
       </c>
       <c r="E27" s="13">
         <v>27700</v>
       </c>
       <c r="F27" s="13">
         <v>30560</v>
       </c>
       <c r="G27" s="13">
         <v>31940</v>
       </c>
       <c r="H27" s="13">
         <v>31080</v>
       </c>
       <c r="I27" s="13">
@@ -36668,52 +38143,55 @@
       </c>
       <c r="P27" s="13">
         <v>33660</v>
       </c>
       <c r="Q27" s="13">
         <v>34010</v>
       </c>
       <c r="R27" s="20">
         <v>34910</v>
       </c>
       <c r="S27" s="20">
         <v>36270</v>
       </c>
       <c r="T27" s="23">
         <v>37890</v>
       </c>
       <c r="U27" s="23">
         <v>40290</v>
       </c>
       <c r="V27" s="31">
         <v>41170</v>
       </c>
       <c r="W27">
         <v>42190</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X27">
+        <v>43160</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" s="13" customFormat="1">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="23">
         <v>21650</v>
       </c>
       <c r="C28" s="13">
         <v>24190</v>
       </c>
       <c r="D28" s="13">
         <v>20390</v>
       </c>
       <c r="E28" s="13">
         <v>25870</v>
       </c>
       <c r="F28" s="13">
         <v>29570</v>
       </c>
       <c r="G28" s="13">
         <v>31580</v>
       </c>
       <c r="H28" s="13">
         <v>31370</v>
       </c>
       <c r="I28" s="13">
@@ -36739,52 +38217,55 @@
       </c>
       <c r="P28" s="13">
         <v>36720</v>
       </c>
       <c r="Q28" s="13">
         <v>38160</v>
       </c>
       <c r="R28" s="20">
         <v>39740</v>
       </c>
       <c r="S28" s="20">
         <v>40820</v>
       </c>
       <c r="T28" s="23">
         <v>43190</v>
       </c>
       <c r="U28" s="23">
         <v>45830</v>
       </c>
       <c r="V28" s="31">
         <v>46660</v>
       </c>
       <c r="W28">
         <v>47380</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X28">
+        <v>48250</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" s="13" customFormat="1">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="23">
         <v>41430</v>
       </c>
       <c r="C29" s="13">
         <v>48000</v>
       </c>
       <c r="D29" s="13">
         <v>52820</v>
       </c>
       <c r="E29" s="13">
         <v>57060</v>
       </c>
       <c r="F29" s="13">
         <v>60610</v>
       </c>
       <c r="G29" s="13">
         <v>62180</v>
       </c>
       <c r="H29" s="13">
         <v>60100</v>
       </c>
       <c r="I29" s="13">
@@ -36810,52 +38291,55 @@
       </c>
       <c r="P29" s="13">
         <v>63070</v>
       </c>
       <c r="Q29" s="13">
         <v>64680</v>
       </c>
       <c r="R29" s="20">
         <v>65500</v>
       </c>
       <c r="S29" s="20">
         <v>67010</v>
       </c>
       <c r="T29" s="23">
         <v>69930</v>
       </c>
       <c r="U29" s="23">
         <v>74260</v>
       </c>
       <c r="V29" s="31">
         <v>74780</v>
       </c>
       <c r="W29">
         <v>76400</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X29">
+        <v>77400</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" s="13" customFormat="1">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="23">
         <v>42700</v>
       </c>
       <c r="C30" s="13">
         <v>49400</v>
       </c>
       <c r="D30" s="13">
         <v>54670</v>
       </c>
       <c r="E30" s="13">
         <v>63170</v>
       </c>
       <c r="F30" s="13">
         <v>70030</v>
       </c>
       <c r="G30" s="13">
         <v>73490</v>
       </c>
       <c r="H30" s="13">
         <v>71170</v>
       </c>
       <c r="I30" s="13">
@@ -36881,52 +38365,55 @@
       </c>
       <c r="P30" s="13">
         <v>70010</v>
       </c>
       <c r="Q30" s="13">
         <v>71120</v>
       </c>
       <c r="R30" s="20">
         <v>72310</v>
       </c>
       <c r="S30" s="20">
         <v>72670</v>
       </c>
       <c r="T30" s="23">
         <v>75460</v>
       </c>
       <c r="U30" s="23">
         <v>80130</v>
       </c>
       <c r="V30" s="31">
         <v>80660</v>
       </c>
       <c r="W30">
         <v>79760</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X30">
+        <v>81390</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" s="13" customFormat="1">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="23">
         <v>26860</v>
       </c>
       <c r="C31" s="13">
         <v>30690</v>
       </c>
       <c r="D31" s="13">
         <v>33740</v>
       </c>
       <c r="E31" s="13">
         <v>36850</v>
       </c>
       <c r="F31" s="13">
         <v>38980</v>
       </c>
       <c r="G31" s="13">
         <v>40840</v>
       </c>
       <c r="H31" s="13">
         <v>39990</v>
       </c>
       <c r="I31" s="13">
@@ -36952,52 +38439,55 @@
       </c>
       <c r="P31" s="13">
         <v>42080</v>
       </c>
       <c r="Q31" s="13">
         <v>42230</v>
       </c>
       <c r="R31" s="20">
         <v>43740</v>
       </c>
       <c r="S31" s="20">
         <v>44840</v>
       </c>
       <c r="T31" s="23">
         <v>46780</v>
       </c>
       <c r="U31" s="23">
         <v>49740</v>
       </c>
       <c r="V31" s="31">
         <v>51010</v>
       </c>
       <c r="W31">
         <v>52260</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X31">
+        <v>53360</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" s="13" customFormat="1">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="23">
         <v>32540</v>
       </c>
       <c r="C32" s="13">
         <v>36000</v>
       </c>
       <c r="D32" s="13">
         <v>37690</v>
       </c>
       <c r="E32" s="13">
         <v>39460</v>
       </c>
       <c r="F32" s="13">
         <v>40930</v>
       </c>
       <c r="G32" s="13">
         <v>41420</v>
       </c>
       <c r="H32" s="13">
         <v>38660</v>
       </c>
       <c r="I32" s="13">
@@ -37023,52 +38513,55 @@
       </c>
       <c r="P32" s="13">
         <v>37640</v>
       </c>
       <c r="Q32" s="13">
         <v>37590</v>
       </c>
       <c r="R32" s="20">
         <v>40160</v>
       </c>
       <c r="S32" s="20">
         <v>41110</v>
       </c>
       <c r="T32" s="23">
         <v>43030</v>
       </c>
       <c r="U32" s="23">
         <v>45620</v>
       </c>
       <c r="V32" s="31">
         <v>46500</v>
       </c>
       <c r="W32">
         <v>46980</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X32">
+        <v>48050</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24" s="13" customFormat="1">
       <c r="A33" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="23">
         <v>38950</v>
       </c>
       <c r="C33" s="13">
         <v>44220</v>
       </c>
       <c r="D33" s="13">
         <v>48160</v>
       </c>
       <c r="E33" s="13">
         <v>52030</v>
       </c>
       <c r="F33" s="13">
         <v>55200</v>
       </c>
       <c r="G33" s="13">
         <v>55930</v>
       </c>
       <c r="H33" s="13">
         <v>53660</v>
       </c>
       <c r="I33" s="13">
@@ -37094,52 +38587,55 @@
       </c>
       <c r="P33" s="13">
         <v>53260</v>
       </c>
       <c r="Q33" s="13">
         <v>54190</v>
       </c>
       <c r="R33" s="20">
         <v>55380</v>
       </c>
       <c r="S33" s="20">
         <v>56390</v>
       </c>
       <c r="T33" s="23">
         <v>59160</v>
       </c>
       <c r="U33" s="23">
         <v>62240</v>
       </c>
       <c r="V33" s="31">
         <v>62680</v>
       </c>
       <c r="W33">
         <v>63050</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X33">
+        <v>63860</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24" s="13" customFormat="1">
       <c r="A34" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="23">
         <v>26100</v>
       </c>
       <c r="C34" s="13">
         <v>28660</v>
       </c>
       <c r="D34" s="13">
         <v>30670</v>
       </c>
       <c r="E34" s="13">
         <v>32830</v>
       </c>
       <c r="F34" s="13">
         <v>35950</v>
       </c>
       <c r="G34" s="13">
         <v>37640</v>
       </c>
       <c r="H34" s="13">
         <v>36400</v>
       </c>
       <c r="I34" s="13">
@@ -37165,52 +38661,55 @@
       </c>
       <c r="P34" s="13">
         <v>38420</v>
       </c>
       <c r="Q34" s="13">
         <v>39060</v>
       </c>
       <c r="R34" s="20">
         <v>40380</v>
       </c>
       <c r="S34" s="20">
         <v>41470</v>
       </c>
       <c r="T34" s="23">
         <v>43310</v>
       </c>
       <c r="U34" s="23">
         <v>45910</v>
       </c>
       <c r="V34" s="31">
         <v>47000</v>
       </c>
       <c r="W34">
         <v>47890</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X34">
+        <v>49420</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24" s="13" customFormat="1">
       <c r="A35" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="23">
         <v>18260</v>
       </c>
       <c r="C35" s="13">
         <v>19980</v>
       </c>
       <c r="D35" s="13">
         <v>18480</v>
       </c>
       <c r="E35" s="13">
         <v>22010</v>
       </c>
       <c r="F35" s="13">
         <v>25000</v>
       </c>
       <c r="G35" s="13">
         <v>26890</v>
       </c>
       <c r="H35" s="13">
         <v>26370</v>
       </c>
       <c r="I35" s="13">
@@ -37236,52 +38735,55 @@
       </c>
       <c r="P35" s="13">
         <v>30920</v>
       </c>
       <c r="Q35" s="13">
         <v>32100</v>
       </c>
       <c r="R35" s="20">
         <v>33140</v>
       </c>
       <c r="S35" s="20">
         <v>34060</v>
       </c>
       <c r="T35" s="23">
         <v>35800</v>
       </c>
       <c r="U35" s="23">
         <v>38130</v>
       </c>
       <c r="V35" s="31">
         <v>39510</v>
       </c>
       <c r="W35">
         <v>40310</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X35">
+        <v>41450</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24" s="13" customFormat="1">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="23">
         <v>24410</v>
       </c>
       <c r="C36" s="13">
         <v>28530</v>
       </c>
       <c r="D36" s="13">
         <v>30370</v>
       </c>
       <c r="E36" s="13">
         <v>33440</v>
       </c>
       <c r="F36" s="13">
         <v>37640</v>
       </c>
       <c r="G36" s="13">
         <v>40030</v>
       </c>
       <c r="H36" s="13">
         <v>39380</v>
       </c>
       <c r="I36" s="13">
@@ -37307,52 +38809,55 @@
       </c>
       <c r="P36" s="13">
         <v>44200</v>
       </c>
       <c r="Q36" s="13">
         <v>44960</v>
       </c>
       <c r="R36" s="20">
         <v>46660</v>
       </c>
       <c r="S36" s="20">
         <v>48380</v>
       </c>
       <c r="T36" s="23">
         <v>51790</v>
       </c>
       <c r="U36" s="23">
         <v>55440</v>
       </c>
       <c r="V36" s="31">
         <v>57070</v>
       </c>
       <c r="W36">
         <v>56980</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X36">
+        <v>58390</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24" s="13" customFormat="1">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="23">
         <v>30200</v>
       </c>
       <c r="C37" s="13">
         <v>33200</v>
       </c>
       <c r="D37" s="13">
         <v>35360</v>
       </c>
       <c r="E37" s="13">
         <v>38150</v>
       </c>
       <c r="F37" s="13">
         <v>42320</v>
       </c>
       <c r="G37" s="13">
         <v>44720</v>
       </c>
       <c r="H37" s="13">
         <v>43650</v>
       </c>
       <c r="I37" s="13">
@@ -37378,52 +38883,55 @@
       </c>
       <c r="P37" s="13">
         <v>44780</v>
       </c>
       <c r="Q37" s="13">
         <v>45840</v>
       </c>
       <c r="R37" s="20">
         <v>47260</v>
       </c>
       <c r="S37" s="20">
         <v>48480</v>
       </c>
       <c r="T37" s="23">
         <v>51130</v>
       </c>
       <c r="U37" s="23">
         <v>55370</v>
       </c>
       <c r="V37" s="31">
         <v>57650</v>
       </c>
       <c r="W37">
         <v>58900</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X37">
+        <v>61070</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24" s="13" customFormat="1">
       <c r="A38" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="23">
         <v>20010</v>
       </c>
       <c r="C38" s="13">
         <v>22610</v>
       </c>
       <c r="D38" s="13">
         <v>24300</v>
       </c>
       <c r="E38" s="13">
         <v>26130</v>
       </c>
       <c r="F38" s="13">
         <v>28880</v>
       </c>
       <c r="G38" s="13">
         <v>30210</v>
       </c>
       <c r="H38" s="13">
         <v>30280</v>
       </c>
       <c r="I38" s="13">
@@ -37449,52 +38957,55 @@
       </c>
       <c r="P38" s="13">
         <v>42230</v>
       </c>
       <c r="Q38" s="13">
         <v>44140</v>
       </c>
       <c r="R38" s="20">
         <v>45550</v>
       </c>
       <c r="S38" s="20">
         <v>45710</v>
       </c>
       <c r="T38" s="23">
         <v>48250</v>
       </c>
       <c r="U38" s="23">
         <v>51360</v>
       </c>
       <c r="V38" s="31">
         <v>51190</v>
       </c>
       <c r="W38">
         <v>52380</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X38">
+        <v>53300</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24" s="13" customFormat="1">
       <c r="A39" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="23">
         <v>24160</v>
       </c>
       <c r="C39" s="13">
         <v>28160</v>
       </c>
       <c r="D39" s="13">
         <v>30030</v>
       </c>
       <c r="E39" s="13">
         <v>31880</v>
       </c>
       <c r="F39" s="13">
         <v>33430</v>
       </c>
       <c r="G39" s="13">
         <v>34610</v>
       </c>
       <c r="H39" s="13">
         <v>34300</v>
       </c>
       <c r="I39" s="13">
@@ -37520,52 +39031,55 @@
       </c>
       <c r="P39" s="13">
         <v>39400</v>
       </c>
       <c r="Q39" s="13">
         <v>40310</v>
       </c>
       <c r="R39" s="20">
         <v>41610</v>
       </c>
       <c r="S39" s="20">
         <v>42350</v>
       </c>
       <c r="T39" s="23">
         <v>44750</v>
       </c>
       <c r="U39" s="23">
         <v>47580</v>
       </c>
       <c r="V39" s="31">
         <v>47980</v>
       </c>
       <c r="W39">
         <v>48810</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X39">
+        <v>49530</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24" s="13" customFormat="1">
       <c r="A40" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="23">
         <v>36240</v>
       </c>
       <c r="C40" s="13">
         <v>42530</v>
       </c>
       <c r="D40" s="13">
         <v>46780</v>
       </c>
       <c r="E40" s="13">
         <v>51200</v>
       </c>
       <c r="F40" s="13">
         <v>54260</v>
       </c>
       <c r="G40" s="13">
         <v>56160</v>
       </c>
       <c r="H40" s="13">
         <v>54280</v>
       </c>
       <c r="I40" s="13">
@@ -37591,52 +39105,55 @@
       </c>
       <c r="P40" s="13">
         <v>54570</v>
       </c>
       <c r="Q40" s="13">
         <v>55650</v>
       </c>
       <c r="R40" s="20">
         <v>56640</v>
       </c>
       <c r="S40" s="20">
         <v>57780</v>
       </c>
       <c r="T40" s="23">
         <v>60020</v>
       </c>
       <c r="U40" s="23">
         <v>63230</v>
       </c>
       <c r="V40" s="31">
         <v>64640</v>
       </c>
       <c r="W40">
         <v>65540</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X40">
+        <v>66480</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24" s="13" customFormat="1">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="23">
         <v>38940</v>
       </c>
       <c r="C41" s="13">
         <v>44590</v>
       </c>
       <c r="D41" s="13">
         <v>49420</v>
       </c>
       <c r="E41" s="13">
         <v>54770</v>
       </c>
       <c r="F41" s="13">
         <v>60550</v>
       </c>
       <c r="G41" s="13">
         <v>63620</v>
       </c>
       <c r="H41" s="13">
         <v>62190</v>
       </c>
       <c r="I41" s="13">
@@ -37662,52 +39179,55 @@
       </c>
       <c r="P41" s="13">
         <v>57830</v>
       </c>
       <c r="Q41" s="13">
         <v>58590</v>
       </c>
       <c r="R41" s="20">
         <v>59100</v>
       </c>
       <c r="S41" s="20">
         <v>59470</v>
       </c>
       <c r="T41" s="23">
         <v>62350</v>
       </c>
       <c r="U41" s="23">
         <v>66800</v>
       </c>
       <c r="V41" s="31">
         <v>67700</v>
       </c>
       <c r="W41">
         <v>68440</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X41">
+        <v>69550</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24" s="13" customFormat="1">
       <c r="A42" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="23">
         <v>27380</v>
       </c>
       <c r="C42" s="13">
         <v>29630</v>
       </c>
       <c r="D42" s="13">
         <v>32550</v>
       </c>
       <c r="E42" s="13">
         <v>34970</v>
       </c>
       <c r="F42" s="13">
         <v>39380</v>
       </c>
       <c r="G42" s="13">
         <v>41910</v>
       </c>
       <c r="H42" s="13">
         <v>40200</v>
       </c>
       <c r="I42" s="13">
@@ -37733,52 +39253,55 @@
       </c>
       <c r="P42" s="13">
         <v>38680</v>
       </c>
       <c r="Q42" s="13">
         <v>39650</v>
       </c>
       <c r="R42" s="20">
         <v>41000</v>
       </c>
       <c r="S42" s="20">
         <v>41800</v>
       </c>
       <c r="T42" s="23">
         <v>42930</v>
       </c>
       <c r="U42" s="23">
         <v>46710</v>
       </c>
       <c r="V42" s="31">
         <v>47140</v>
       </c>
       <c r="W42">
         <v>47920</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X42">
+        <v>49260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24" s="13" customFormat="1">
       <c r="A43" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="23">
         <v>39710</v>
       </c>
       <c r="C43" s="13">
         <v>46050</v>
       </c>
       <c r="D43" s="13">
         <v>54040</v>
       </c>
       <c r="E43" s="13">
         <v>64480</v>
       </c>
       <c r="F43" s="13">
         <v>73730</v>
       </c>
       <c r="G43" s="13">
         <v>73720</v>
       </c>
       <c r="H43" s="13">
         <v>65340</v>
       </c>
       <c r="I43" s="13">
@@ -37804,52 +39327,55 @@
       </c>
       <c r="P43" s="13">
         <v>50320</v>
       </c>
       <c r="Q43" s="13">
         <v>52770</v>
       </c>
       <c r="R43" s="20">
         <v>54830</v>
       </c>
       <c r="S43" s="20">
         <v>57130</v>
       </c>
       <c r="T43" s="23">
         <v>61150</v>
       </c>
       <c r="U43" s="23">
         <v>66020</v>
       </c>
       <c r="V43" s="31">
         <v>68040</v>
       </c>
       <c r="W43">
         <v>68550</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X43">
+        <v>71260</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24" s="13" customFormat="1">
       <c r="A44" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="23">
         <v>30430</v>
       </c>
       <c r="C44" s="13">
         <v>35260</v>
       </c>
       <c r="D44" s="13">
         <v>38780</v>
       </c>
       <c r="E44" s="13">
         <v>43380</v>
       </c>
       <c r="F44" s="13">
         <v>48030</v>
       </c>
       <c r="G44" s="13">
         <v>49530</v>
       </c>
       <c r="H44" s="13">
         <v>48710</v>
       </c>
       <c r="I44" s="13">
@@ -37875,52 +39401,55 @@
       </c>
       <c r="P44" s="13">
         <v>49030</v>
       </c>
       <c r="Q44" s="13">
         <v>49680</v>
       </c>
       <c r="R44" s="20">
         <v>51280</v>
       </c>
       <c r="S44" s="20">
         <v>51030</v>
       </c>
       <c r="T44" s="23">
         <v>53620</v>
       </c>
       <c r="U44" s="23">
         <v>56590</v>
       </c>
       <c r="V44" s="31">
         <v>57730</v>
       </c>
       <c r="W44">
         <v>58970</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X44">
+        <v>59420</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24" s="13" customFormat="1">
       <c r="A45" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="23">
         <v>28850</v>
       </c>
       <c r="C45" s="13">
         <v>31600</v>
       </c>
       <c r="D45" s="13">
         <v>33080</v>
       </c>
       <c r="E45" s="13">
         <v>34930</v>
       </c>
       <c r="F45" s="13">
         <v>36430</v>
       </c>
       <c r="G45" s="13">
         <v>37940</v>
       </c>
       <c r="H45" s="13">
         <v>36620</v>
       </c>
       <c r="I45" s="13">
@@ -37946,52 +39475,55 @@
       </c>
       <c r="P45" s="13">
         <v>37160</v>
       </c>
       <c r="Q45" s="13">
         <v>37990</v>
       </c>
       <c r="R45" s="20">
         <v>39450</v>
       </c>
       <c r="S45" s="20">
         <v>39960</v>
       </c>
       <c r="T45" s="23">
         <v>41740</v>
       </c>
       <c r="U45" s="23">
         <v>44210</v>
       </c>
       <c r="V45" s="31">
         <v>44870</v>
       </c>
       <c r="W45">
         <v>45780</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X45">
+        <v>46780</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24" s="13" customFormat="1">
       <c r="A46" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="23">
         <v>20220</v>
       </c>
       <c r="C46" s="13">
         <v>23040</v>
       </c>
       <c r="D46" s="13">
         <v>23470</v>
       </c>
       <c r="E46" s="13">
         <v>25230</v>
       </c>
       <c r="F46" s="13">
         <v>27870</v>
       </c>
       <c r="G46" s="13">
         <v>29560</v>
       </c>
       <c r="H46" s="13">
         <v>29060</v>
       </c>
       <c r="I46" s="13">
@@ -38017,52 +39549,55 @@
       </c>
       <c r="P46" s="13">
         <v>33890</v>
       </c>
       <c r="Q46" s="13">
         <v>34370</v>
       </c>
       <c r="R46" s="20">
         <v>35110</v>
       </c>
       <c r="S46" s="20">
         <v>35130</v>
       </c>
       <c r="T46" s="23">
         <v>37620</v>
       </c>
       <c r="U46" s="23">
         <v>39830</v>
       </c>
       <c r="V46" s="31">
         <v>40990</v>
       </c>
       <c r="W46">
         <v>41880</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X46">
+        <v>43170</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24" s="13" customFormat="1">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="23">
         <v>34390</v>
       </c>
       <c r="C47" s="13">
         <v>38420</v>
       </c>
       <c r="D47" s="13">
         <v>40950</v>
       </c>
       <c r="E47" s="13">
         <v>46000</v>
       </c>
       <c r="F47" s="13">
         <v>51390</v>
       </c>
       <c r="G47" s="13">
         <v>54210</v>
       </c>
       <c r="H47" s="13">
         <v>52370</v>
       </c>
       <c r="I47" s="13">
@@ -38088,52 +39623,55 @@
       </c>
       <c r="P47" s="13">
         <v>53020</v>
       </c>
       <c r="Q47" s="13">
         <v>55090</v>
       </c>
       <c r="R47" s="20">
         <v>56620</v>
       </c>
       <c r="S47" s="20">
         <v>58310</v>
       </c>
       <c r="T47" s="23">
         <v>61760</v>
       </c>
       <c r="U47" s="23">
         <v>66950</v>
       </c>
       <c r="V47" s="31">
         <v>66430</v>
       </c>
       <c r="W47">
         <v>67520</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X47">
+        <v>69640</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24" s="13" customFormat="1">
       <c r="A48" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="23">
         <v>25450</v>
       </c>
       <c r="C48" s="13">
         <v>28510</v>
       </c>
       <c r="D48" s="13">
         <v>30550</v>
       </c>
       <c r="E48" s="13">
         <v>33130</v>
       </c>
       <c r="F48" s="13">
         <v>36490</v>
       </c>
       <c r="G48" s="13">
         <v>38560</v>
       </c>
       <c r="H48" s="13">
         <v>38110</v>
       </c>
       <c r="I48" s="13">
@@ -38159,52 +39697,55 @@
       </c>
       <c r="P48" s="13">
         <v>41450</v>
       </c>
       <c r="Q48" s="13">
         <v>42440</v>
       </c>
       <c r="R48" s="20">
         <v>43440</v>
       </c>
       <c r="S48" s="20">
         <v>43690</v>
       </c>
       <c r="T48" s="23">
         <v>45580</v>
       </c>
       <c r="U48" s="23">
         <v>48300</v>
       </c>
       <c r="V48" s="31">
         <v>48760</v>
       </c>
       <c r="W48">
         <v>49520</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X48">
+        <v>50360</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24" s="13" customFormat="1">
       <c r="A49" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="23">
         <v>17680</v>
       </c>
       <c r="C49" s="13">
         <v>18900</v>
       </c>
       <c r="D49" s="13">
         <v>21000</v>
       </c>
       <c r="E49" s="13">
         <v>22130</v>
       </c>
       <c r="F49" s="13">
         <v>22560</v>
       </c>
       <c r="G49" s="13">
         <v>23730</v>
       </c>
       <c r="H49" s="13">
         <v>23400</v>
       </c>
       <c r="I49" s="13">
@@ -38212,52 +39753,53 @@
       </c>
       <c r="J49" s="13">
         <v>21860</v>
       </c>
       <c r="K49" s="13">
         <v>23910</v>
       </c>
       <c r="L49" s="13">
         <v>23440</v>
       </c>
       <c r="M49" s="13">
         <v>23260</v>
       </c>
       <c r="N49" s="13">
         <v>21480</v>
       </c>
       <c r="O49" s="13">
         <v>21800</v>
       </c>
       <c r="R49" s="20"/>
       <c r="S49" s="20"/>
       <c r="T49" s="23"/>
       <c r="U49" s="23"/>
       <c r="V49" s="31"/>
       <c r="W49"/>
-    </row>
-    <row r="50" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X49"/>
+    </row>
+    <row r="50" spans="1:24" s="13" customFormat="1">
       <c r="A50" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="23">
         <v>32740</v>
       </c>
       <c r="C50" s="13">
         <v>38080</v>
       </c>
       <c r="D50" s="13">
         <v>43100</v>
       </c>
       <c r="E50" s="13">
         <v>47120</v>
       </c>
       <c r="F50" s="13">
         <v>50480</v>
       </c>
       <c r="G50" s="13">
         <v>51930</v>
       </c>
       <c r="H50" s="13">
         <v>49930</v>
       </c>
       <c r="I50" s="13">
@@ -38283,52 +39825,55 @@
       </c>
       <c r="P50" s="13">
         <v>48850</v>
       </c>
       <c r="Q50" s="13">
         <v>49940</v>
       </c>
       <c r="R50" s="20">
         <v>51170</v>
       </c>
       <c r="S50" s="20">
         <v>51880</v>
       </c>
       <c r="T50" s="23">
         <v>54500</v>
       </c>
       <c r="U50" s="23">
         <v>58580</v>
       </c>
       <c r="V50" s="31">
         <v>59750</v>
       </c>
       <c r="W50">
         <v>61300</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X50">
+        <v>60090</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24" s="13" customFormat="1">
       <c r="A51" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="23">
         <v>27860</v>
       </c>
       <c r="C51" s="13">
         <v>30030</v>
       </c>
       <c r="D51" s="13">
         <v>32030</v>
       </c>
       <c r="E51" s="13">
         <v>34200</v>
       </c>
       <c r="F51" s="13">
         <v>38060</v>
       </c>
       <c r="G51" s="13">
         <v>40260</v>
       </c>
       <c r="H51" s="13">
         <v>39020</v>
       </c>
       <c r="I51" s="13">
@@ -38354,52 +39899,55 @@
       </c>
       <c r="P51" s="13">
         <v>42220</v>
       </c>
       <c r="Q51" s="13">
         <v>43880</v>
       </c>
       <c r="R51" s="20">
         <v>45420</v>
       </c>
       <c r="S51" s="20">
         <v>46950</v>
       </c>
       <c r="T51" s="23">
         <v>49630</v>
       </c>
       <c r="U51" s="23">
         <v>53410</v>
       </c>
       <c r="V51" s="31">
         <v>55610</v>
       </c>
       <c r="W51">
         <v>56630</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X51">
+        <v>59460</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24" s="13" customFormat="1">
       <c r="A52" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="23">
         <v>27260</v>
       </c>
       <c r="C52" s="13">
         <v>30550</v>
       </c>
       <c r="D52" s="13">
         <v>32200</v>
       </c>
       <c r="E52" s="13">
         <v>34850</v>
       </c>
       <c r="F52" s="13">
         <v>36810</v>
       </c>
       <c r="G52" s="13">
         <v>36980</v>
       </c>
       <c r="H52" s="13">
         <v>36860</v>
       </c>
       <c r="I52" s="13">
@@ -38425,52 +39973,55 @@
       </c>
       <c r="P52" s="13">
         <v>41130</v>
       </c>
       <c r="Q52" s="13">
         <v>41880</v>
       </c>
       <c r="R52" s="20">
         <v>43050</v>
       </c>
       <c r="S52" s="20">
         <v>44210</v>
       </c>
       <c r="T52" s="23">
         <v>47410</v>
       </c>
       <c r="U52" s="23">
         <v>50150</v>
       </c>
       <c r="V52" s="31">
         <v>49610</v>
       </c>
       <c r="W52">
         <v>51140</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X52">
+        <v>52270</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24" s="13" customFormat="1">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="23">
         <v>26660</v>
       </c>
       <c r="C53" s="13">
         <v>28950</v>
       </c>
       <c r="D53" s="13">
         <v>30720</v>
       </c>
       <c r="E53" s="13">
         <v>32600</v>
       </c>
       <c r="F53" s="13">
         <v>36230</v>
       </c>
       <c r="G53" s="13">
         <v>37990</v>
       </c>
       <c r="H53" s="13">
         <v>36900</v>
       </c>
       <c r="I53" s="13">
@@ -38496,52 +40047,55 @@
       </c>
       <c r="P53" s="13">
         <v>39880</v>
       </c>
       <c r="Q53" s="13">
         <v>40370</v>
       </c>
       <c r="R53" s="20">
         <v>42500</v>
       </c>
       <c r="S53" s="20">
         <v>44080</v>
       </c>
       <c r="T53" s="23">
         <v>46900</v>
       </c>
       <c r="U53" s="23">
         <v>51160</v>
       </c>
       <c r="V53" s="31">
         <v>53270</v>
       </c>
       <c r="W53">
         <v>54720</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X53">
+        <v>56690</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24" s="13" customFormat="1">
       <c r="A54" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="23">
         <v>25310</v>
       </c>
       <c r="C54" s="13">
         <v>27590</v>
       </c>
       <c r="D54" s="13">
         <v>29080</v>
       </c>
       <c r="E54" s="13">
         <v>30900</v>
       </c>
       <c r="F54" s="13">
         <v>34540</v>
       </c>
       <c r="G54" s="13">
         <v>36720</v>
       </c>
       <c r="H54" s="13">
         <v>36070</v>
       </c>
       <c r="I54" s="13">
@@ -38567,52 +40121,55 @@
       </c>
       <c r="P54" s="13">
         <v>41650</v>
       </c>
       <c r="Q54" s="13">
         <v>43660</v>
       </c>
       <c r="R54" s="20">
         <v>45290</v>
       </c>
       <c r="S54" s="20">
         <v>46840</v>
       </c>
       <c r="T54" s="23">
         <v>49720</v>
       </c>
       <c r="U54" s="23">
         <v>54290</v>
       </c>
       <c r="V54" s="31">
         <v>56560</v>
       </c>
       <c r="W54">
         <v>57890</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X54">
+        <v>60020</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24" s="13" customFormat="1">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="23">
         <v>35620</v>
       </c>
       <c r="C55" s="13">
         <v>38840</v>
       </c>
       <c r="D55" s="13">
         <v>41640</v>
       </c>
       <c r="E55" s="13">
         <v>46230</v>
       </c>
       <c r="F55" s="13">
         <v>53070</v>
       </c>
       <c r="G55" s="13">
         <v>56700</v>
       </c>
       <c r="H55" s="13">
         <v>54230</v>
       </c>
       <c r="I55" s="13">
@@ -38638,52 +40195,55 @@
       </c>
       <c r="P55" s="13">
         <v>56920</v>
       </c>
       <c r="Q55" s="13">
         <v>59320</v>
       </c>
       <c r="R55" s="20">
         <v>62090</v>
       </c>
       <c r="S55" s="20">
         <v>65360</v>
       </c>
       <c r="T55" s="23">
         <v>71900</v>
       </c>
       <c r="U55" s="23">
         <v>79240</v>
       </c>
       <c r="V55" s="31">
         <v>80240</v>
       </c>
       <c r="W55">
         <v>80820</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X55">
+        <v>83350</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24" s="13" customFormat="1">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="23">
         <v>39550</v>
       </c>
       <c r="C56" s="13">
         <v>45950</v>
       </c>
       <c r="D56" s="13">
         <v>51270</v>
       </c>
       <c r="E56" s="13">
         <v>58360</v>
       </c>
       <c r="F56" s="13">
         <v>64520</v>
       </c>
       <c r="G56" s="13">
         <v>66970</v>
       </c>
       <c r="H56" s="13">
         <v>64830</v>
       </c>
       <c r="I56" s="13">
@@ -38709,52 +40269,55 @@
       </c>
       <c r="P56" s="13">
         <v>65050</v>
       </c>
       <c r="Q56" s="13">
         <v>65480</v>
       </c>
       <c r="R56" s="20">
         <v>66140</v>
       </c>
       <c r="S56" s="20">
         <v>66530</v>
       </c>
       <c r="T56" s="23">
         <v>69870</v>
       </c>
       <c r="U56" s="23">
         <v>74110</v>
       </c>
       <c r="V56" s="31">
         <v>75140</v>
       </c>
       <c r="W56">
         <v>75670</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X56">
+        <v>77060</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24" s="13" customFormat="1">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="23">
         <v>28580</v>
       </c>
       <c r="C57" s="13">
         <v>31310</v>
       </c>
       <c r="D57" s="13">
         <v>33110</v>
       </c>
       <c r="E57" s="13">
         <v>36050</v>
       </c>
       <c r="F57" s="13">
         <v>39310</v>
       </c>
       <c r="G57" s="13">
         <v>41520</v>
       </c>
       <c r="H57" s="13">
         <v>40910</v>
       </c>
       <c r="I57" s="13">
@@ -38780,52 +40343,55 @@
       </c>
       <c r="P57" s="13">
         <v>45120</v>
       </c>
       <c r="Q57" s="13">
         <v>45270</v>
       </c>
       <c r="R57" s="20">
         <v>46490</v>
       </c>
       <c r="S57" s="20">
         <v>46690</v>
       </c>
       <c r="T57" s="23">
         <v>48760</v>
       </c>
       <c r="U57" s="23">
         <v>51170</v>
       </c>
       <c r="V57" s="31">
         <v>51200</v>
       </c>
       <c r="W57">
         <v>51940</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X57">
+        <v>52910</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24" s="13" customFormat="1">
       <c r="A58" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="23">
         <v>41480</v>
       </c>
       <c r="C58" s="13">
         <v>45890</v>
       </c>
       <c r="D58" s="13">
         <v>49340</v>
       </c>
       <c r="E58" s="13">
         <v>54720</v>
       </c>
       <c r="F58" s="13">
         <v>62130</v>
       </c>
       <c r="G58" s="13">
         <v>65860</v>
       </c>
       <c r="H58" s="13">
         <v>64030</v>
       </c>
       <c r="I58" s="13">
@@ -38851,52 +40417,55 @@
       </c>
       <c r="P58" s="13">
         <v>62560</v>
       </c>
       <c r="Q58" s="13">
         <v>65390</v>
       </c>
       <c r="R58" s="20">
         <v>67440</v>
       </c>
       <c r="S58" s="20">
         <v>69630</v>
       </c>
       <c r="T58" s="23">
         <v>75470</v>
       </c>
       <c r="U58" s="23">
         <v>82300</v>
       </c>
       <c r="V58" s="31">
         <v>82130</v>
       </c>
       <c r="W58">
         <v>83820</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X58">
+        <v>85880</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24" s="13" customFormat="1">
       <c r="A59" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="23">
         <v>27140</v>
       </c>
       <c r="C59" s="13">
         <v>29420</v>
       </c>
       <c r="D59" s="13">
         <v>32990</v>
       </c>
       <c r="E59" s="13">
         <v>35510</v>
       </c>
       <c r="F59" s="13">
         <v>38130</v>
       </c>
       <c r="G59" s="13">
         <v>39330</v>
       </c>
       <c r="H59" s="13">
         <v>38420</v>
       </c>
       <c r="I59" s="13">
@@ -38922,52 +40491,55 @@
       </c>
       <c r="P59" s="13">
         <v>39120</v>
       </c>
       <c r="Q59" s="13">
         <v>40060</v>
       </c>
       <c r="R59" s="20">
         <v>41760</v>
       </c>
       <c r="S59" s="20">
         <v>42540</v>
       </c>
       <c r="T59" s="23">
         <v>44470</v>
       </c>
       <c r="U59" s="23">
         <v>46790</v>
       </c>
       <c r="V59" s="31">
         <v>47480</v>
       </c>
       <c r="W59">
         <v>48040</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X59">
+        <v>49210</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24" s="13" customFormat="1">
       <c r="A60" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="23">
         <v>17180</v>
       </c>
       <c r="C60" s="13">
         <v>18890</v>
       </c>
       <c r="D60" s="13">
         <v>19770</v>
       </c>
       <c r="E60" s="13">
         <v>21470</v>
       </c>
       <c r="F60" s="13">
         <v>23470</v>
       </c>
       <c r="G60" s="13">
         <v>24750</v>
       </c>
       <c r="H60" s="13">
         <v>23920</v>
       </c>
       <c r="I60" s="13">
@@ -38993,52 +40565,55 @@
       </c>
       <c r="P60" s="13">
         <v>28790</v>
       </c>
       <c r="Q60" s="13">
         <v>29430</v>
       </c>
       <c r="R60" s="20">
         <v>30580</v>
       </c>
       <c r="S60" s="20">
         <v>31000</v>
       </c>
       <c r="T60" s="23">
         <v>32080</v>
       </c>
       <c r="U60" s="23">
         <v>34210</v>
       </c>
       <c r="V60" s="31">
         <v>35430</v>
       </c>
       <c r="W60">
         <v>36270</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X60">
+        <v>37850</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24" s="13" customFormat="1">
       <c r="A61" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="23">
         <v>25500</v>
       </c>
       <c r="C61" s="13">
         <v>28870</v>
       </c>
       <c r="D61" s="13">
         <v>31710</v>
       </c>
       <c r="E61" s="13">
         <v>34630</v>
       </c>
       <c r="F61" s="13">
         <v>39740</v>
       </c>
       <c r="G61" s="13">
         <v>42580</v>
       </c>
       <c r="H61" s="13">
         <v>42320</v>
       </c>
       <c r="I61" s="13">
@@ -39064,52 +40639,55 @@
       </c>
       <c r="P61" s="13">
         <v>46180</v>
       </c>
       <c r="Q61" s="13">
         <v>46410</v>
       </c>
       <c r="R61" s="20">
         <v>47670</v>
       </c>
       <c r="S61" s="20">
         <v>47400</v>
       </c>
       <c r="T61" s="23">
         <v>50580</v>
       </c>
       <c r="U61" s="23">
         <v>52900</v>
       </c>
       <c r="V61" s="31">
         <v>53400</v>
       </c>
       <c r="W61">
         <v>55330</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="X61">
+        <v>57120</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24" s="13" customFormat="1">
       <c r="A62" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="23">
         <v>32840</v>
       </c>
       <c r="C62" s="13">
         <v>37290</v>
       </c>
       <c r="D62" s="13">
         <v>40650</v>
       </c>
       <c r="E62" s="13">
         <v>45410</v>
       </c>
       <c r="F62" s="13">
         <v>50170</v>
       </c>
       <c r="G62" s="13">
         <v>52010</v>
       </c>
       <c r="H62" s="13">
         <v>49820</v>
       </c>
       <c r="I62" s="13">
@@ -39134,131 +40712,134 @@
         <v>46950</v>
       </c>
       <c r="P62" s="13">
         <v>48800</v>
       </c>
       <c r="Q62" s="13">
         <v>50090</v>
       </c>
       <c r="R62" s="20">
         <v>51580</v>
       </c>
       <c r="S62" s="20">
         <v>52500</v>
       </c>
       <c r="T62" s="23">
         <v>55480</v>
       </c>
       <c r="U62" s="23">
         <v>59580</v>
       </c>
       <c r="V62" s="31">
         <v>60690</v>
       </c>
       <c r="W62">
         <v>61660</v>
+      </c>
+      <c r="X62">
+        <v>63200</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{2545367C-B8E8-3441-A1D7-166A1DF45F40}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0700-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:X62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="H10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" sqref="A1:XFD5"/>
+      <selection pane="bottomRight" activeCell="Y10" sqref="Y10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="15" max="15" width="9.33203125"/>
-    <col min="16" max="16" width="9.33203125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="9.36328125"/>
+    <col min="16" max="16" width="9.36328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="32" customFormat="1" ht="15" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="D2" s="33" t="s">
+    <row r="1" spans="1:24" s="32" customFormat="1" ht="14.5"/>
+    <row r="2" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="68" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" s="68"/>
+      <c r="F2" s="68"/>
+      <c r="G2" s="68"/>
+      <c r="H2" s="68"/>
+      <c r="I2" s="68"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="68"/>
+    </row>
+    <row r="3" spans="1:24" s="32" customFormat="1" ht="15" customHeight="1">
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+    </row>
+    <row r="4" spans="1:24" s="32" customFormat="1" ht="14.5">
+      <c r="D4" s="33" t="s">
         <v>119</v>
       </c>
-      <c r="E2" s="33"/>
-[...23 lines deleted...]
-    <row r="6" spans="1:23" x14ac:dyDescent="0.15">
+    </row>
+    <row r="5" spans="1:24" s="34" customFormat="1" ht="14.5"/>
+    <row r="6" spans="1:24">
       <c r="A6" s="18" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:23" x14ac:dyDescent="0.15">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
       <c r="A7" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="8"/>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:24">
       <c r="A8" s="18" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:24">
       <c r="A9" t="s">
         <v>0</v>
       </c>
       <c r="B9" t="s">
         <v>116</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>58</v>
       </c>
       <c r="H9" t="s">
         <v>59</v>
       </c>
       <c r="I9" t="s">
@@ -39284,52 +40865,55 @@
       </c>
       <c r="P9" t="s">
         <v>100</v>
       </c>
       <c r="Q9" t="s">
         <v>101</v>
       </c>
       <c r="R9" t="s">
         <v>103</v>
       </c>
       <c r="S9" t="s">
         <v>104</v>
       </c>
       <c r="T9" t="s">
         <v>105</v>
       </c>
       <c r="U9" t="s">
         <v>111</v>
       </c>
       <c r="V9" t="s">
         <v>115</v>
       </c>
       <c r="W9" t="s">
         <v>117</v>
       </c>
-    </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X9" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="24">
         <v>0.83000000000000007</v>
       </c>
       <c r="C10" s="17">
         <v>1.04</v>
       </c>
       <c r="D10" s="17">
         <v>1.06</v>
       </c>
       <c r="E10" s="17">
         <v>0.91</v>
       </c>
       <c r="F10" s="17">
         <v>1.17</v>
       </c>
       <c r="G10" s="17">
         <v>1.28</v>
       </c>
       <c r="H10" s="17">
         <v>1.7</v>
       </c>
       <c r="I10" s="17">
@@ -39355,52 +40939,55 @@
       </c>
       <c r="P10" s="17">
         <v>2.41</v>
       </c>
       <c r="Q10" s="17">
         <v>2.29</v>
       </c>
       <c r="R10" s="19">
         <v>2.5299999999999998</v>
       </c>
       <c r="S10" s="28">
         <v>2.93</v>
       </c>
       <c r="T10" s="24">
         <v>2.5299999999999998</v>
       </c>
       <c r="U10" s="29">
         <v>2.0499999999999998</v>
       </c>
       <c r="V10" s="24">
         <v>2.09</v>
       </c>
       <c r="W10">
         <v>2.74</v>
       </c>
-    </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X10">
+        <v>2.94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
       <c r="A11" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="24">
         <v>2.63</v>
       </c>
       <c r="C11" s="17">
         <v>2.8</v>
       </c>
       <c r="D11" s="17">
         <v>2.41</v>
       </c>
       <c r="E11" s="17">
         <v>2.88</v>
       </c>
       <c r="F11" s="17">
         <v>3.43</v>
       </c>
       <c r="G11" s="17">
         <v>4.4800000000000004</v>
       </c>
       <c r="H11" s="17">
         <v>5.69</v>
       </c>
       <c r="I11" s="17">
@@ -39426,52 +41013,55 @@
       </c>
       <c r="P11" s="17">
         <v>5.75</v>
       </c>
       <c r="Q11" s="17">
         <v>6.15</v>
       </c>
       <c r="R11" s="19">
         <v>6.59</v>
       </c>
       <c r="S11" s="28">
         <v>6.22</v>
       </c>
       <c r="T11" s="24">
         <v>5.79</v>
       </c>
       <c r="U11" s="29">
         <v>5.58</v>
       </c>
       <c r="V11" s="24">
         <v>6.05</v>
       </c>
       <c r="W11">
         <v>6.48</v>
       </c>
-    </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X11">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="24">
         <v>2.06</v>
       </c>
       <c r="C12" s="17">
         <v>2.2999999999999998</v>
       </c>
       <c r="D12" s="17">
         <v>1.77</v>
       </c>
       <c r="E12" s="17">
         <v>2.21</v>
       </c>
       <c r="F12" s="17">
         <v>2.62</v>
       </c>
       <c r="G12" s="17">
         <v>3.14</v>
       </c>
       <c r="H12" s="17">
         <v>3.98</v>
       </c>
       <c r="I12" s="17">
@@ -39497,52 +41087,55 @@
       </c>
       <c r="P12" s="17">
         <v>4.3899999999999997</v>
       </c>
       <c r="Q12" s="17">
         <v>4.97</v>
       </c>
       <c r="R12" s="19">
         <v>5.47</v>
       </c>
       <c r="S12" s="28">
         <v>5.33</v>
       </c>
       <c r="T12" s="24">
         <v>4.5999999999999996</v>
       </c>
       <c r="U12" s="29">
         <v>4.38</v>
       </c>
       <c r="V12" s="24">
         <v>4.82</v>
       </c>
       <c r="W12">
         <v>5.29</v>
       </c>
-    </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X12">
+        <v>5.61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="24">
         <v>2.86</v>
       </c>
       <c r="C13" s="17">
         <v>2.92</v>
       </c>
       <c r="D13" s="17">
         <v>2.4300000000000002</v>
       </c>
       <c r="E13" s="17">
         <v>2.6</v>
       </c>
       <c r="F13" s="17">
         <v>3.82</v>
       </c>
       <c r="G13" s="17">
         <v>5.7</v>
       </c>
       <c r="H13" s="17">
         <v>7.46</v>
       </c>
       <c r="I13" s="17">
@@ -39568,52 +41161,55 @@
       </c>
       <c r="P13" s="17">
         <v>4.57</v>
       </c>
       <c r="Q13" s="17">
         <v>4.75</v>
       </c>
       <c r="R13" s="19">
         <v>5.22</v>
       </c>
       <c r="S13" s="28">
         <v>4.8899999999999997</v>
       </c>
       <c r="T13" s="24">
         <v>4</v>
       </c>
       <c r="U13" s="29">
         <v>3.73</v>
       </c>
       <c r="V13" s="24">
         <v>4.16</v>
       </c>
       <c r="W13">
         <v>4.96</v>
       </c>
-    </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X13">
+        <v>5.5600000000000005</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="24">
         <v>1.8900000000000001</v>
       </c>
       <c r="C14" s="17">
         <v>2.1</v>
       </c>
       <c r="D14" s="17">
         <v>1.9</v>
       </c>
       <c r="E14" s="17">
         <v>2.62</v>
       </c>
       <c r="F14" s="17">
         <v>3.6</v>
       </c>
       <c r="G14" s="17">
         <v>4.9800000000000004</v>
       </c>
       <c r="H14" s="17">
         <v>6.18</v>
       </c>
       <c r="I14" s="17">
@@ -39639,52 +41235,55 @@
       </c>
       <c r="P14" s="17">
         <v>3.63</v>
       </c>
       <c r="Q14" s="17">
         <v>4.1500000000000004</v>
       </c>
       <c r="R14" s="19">
         <v>4.8899999999999997</v>
       </c>
       <c r="S14" s="28">
         <v>4.8</v>
       </c>
       <c r="T14" s="24">
         <v>3.83</v>
       </c>
       <c r="U14" s="29">
         <v>3.35</v>
       </c>
       <c r="V14" s="24">
         <v>3.69</v>
       </c>
       <c r="W14">
         <v>4.37</v>
       </c>
-    </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X14">
+        <v>4.84</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="24">
         <v>1.83</v>
       </c>
       <c r="C15" s="17">
         <v>2</v>
       </c>
       <c r="D15" s="17">
         <v>1.6</v>
       </c>
       <c r="E15" s="17">
         <v>1.95</v>
       </c>
       <c r="F15" s="17">
         <v>2.46</v>
       </c>
       <c r="G15" s="17">
         <v>3.28</v>
       </c>
       <c r="H15" s="17">
         <v>4.32</v>
       </c>
       <c r="I15" s="17">
@@ -39710,52 +41309,55 @@
       </c>
       <c r="P15" s="17">
         <v>2.98</v>
       </c>
       <c r="Q15" s="17">
         <v>3.09</v>
       </c>
       <c r="R15" s="19">
         <v>3.41</v>
       </c>
       <c r="S15" s="28">
         <v>3.37</v>
       </c>
       <c r="T15" s="24">
         <v>3.01</v>
       </c>
       <c r="U15" s="29">
         <v>2.82</v>
       </c>
       <c r="V15" s="24">
         <v>3.21</v>
       </c>
       <c r="W15">
         <v>3.58</v>
       </c>
-    </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X15">
+        <v>4.01</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="24">
         <v>1.42</v>
       </c>
       <c r="C16" s="17">
         <v>1.47</v>
       </c>
       <c r="D16" s="17">
         <v>1.33</v>
       </c>
       <c r="E16" s="17">
         <v>1.47</v>
       </c>
       <c r="F16" s="17">
         <v>1.87</v>
       </c>
       <c r="G16" s="17">
         <v>2.25</v>
       </c>
       <c r="H16" s="17">
         <v>2.2400000000000002</v>
       </c>
       <c r="I16" s="17">
@@ -39781,52 +41383,55 @@
       </c>
       <c r="P16" s="17">
         <v>2.62</v>
       </c>
       <c r="Q16" s="17">
         <v>2.73</v>
       </c>
       <c r="R16" s="19">
         <v>3.14</v>
       </c>
       <c r="S16" s="28">
         <v>3.05</v>
       </c>
       <c r="T16" s="24">
         <v>2.52</v>
       </c>
       <c r="U16" s="29">
         <v>2.37</v>
       </c>
       <c r="V16" s="24">
         <v>2.7</v>
       </c>
       <c r="W16">
         <v>3.04</v>
       </c>
-    </row>
-    <row r="17" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X16">
+        <v>3.06</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="24">
         <v>4.2</v>
       </c>
       <c r="C17" s="17">
         <v>4.7300000000000004</v>
       </c>
       <c r="D17" s="17">
         <v>3.31</v>
       </c>
       <c r="E17" s="17">
         <v>3.76</v>
       </c>
       <c r="F17" s="17">
         <v>5.13</v>
       </c>
       <c r="G17" s="17">
         <v>6.81</v>
       </c>
       <c r="H17" s="17">
         <v>8.15</v>
       </c>
       <c r="I17" s="17">
@@ -39852,52 +41457,55 @@
       </c>
       <c r="P17" s="17">
         <v>7.23</v>
       </c>
       <c r="Q17" s="17">
         <v>8.6</v>
       </c>
       <c r="R17" s="19">
         <v>9.7899999999999991</v>
       </c>
       <c r="S17" s="28">
         <v>10.35</v>
       </c>
       <c r="T17" s="24">
         <v>10.11</v>
       </c>
       <c r="U17" s="29">
         <v>10.93</v>
       </c>
       <c r="V17" s="24">
         <v>11.56</v>
       </c>
       <c r="W17">
         <v>12.82</v>
       </c>
-    </row>
-    <row r="18" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X17">
+        <v>13.58</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="24">
         <v>1.9100000000000001</v>
       </c>
       <c r="C18" s="17">
         <v>2.06</v>
       </c>
       <c r="D18" s="17">
         <v>1.78</v>
       </c>
       <c r="E18" s="17">
         <v>2.12</v>
       </c>
       <c r="F18" s="17">
         <v>2.75</v>
       </c>
       <c r="G18" s="17">
         <v>3.37</v>
       </c>
       <c r="H18" s="17">
         <v>4.74</v>
       </c>
       <c r="I18" s="17">
@@ -39923,52 +41531,55 @@
       </c>
       <c r="P18" s="17">
         <v>4.3499999999999996</v>
       </c>
       <c r="Q18" s="17">
         <v>5.13</v>
       </c>
       <c r="R18" s="19">
         <v>5.51</v>
       </c>
       <c r="S18" s="28">
         <v>5.17</v>
       </c>
       <c r="T18" s="24">
         <v>4.49</v>
       </c>
       <c r="U18" s="29">
         <v>4.4800000000000004</v>
       </c>
       <c r="V18" s="24">
         <v>5.2</v>
       </c>
       <c r="W18">
         <v>5.71</v>
       </c>
-    </row>
-    <row r="19" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X18">
+        <v>6.12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="24">
         <v>2.74</v>
       </c>
       <c r="C19" s="17">
         <v>2.82</v>
       </c>
       <c r="D19" s="17">
         <v>2.2599999999999998</v>
       </c>
       <c r="E19" s="17">
         <v>2.64</v>
       </c>
       <c r="F19" s="17">
         <v>3.57</v>
       </c>
       <c r="G19" s="17">
         <v>5.39</v>
       </c>
       <c r="H19" s="17">
         <v>7.13</v>
       </c>
       <c r="I19" s="17">
@@ -39994,52 +41605,55 @@
       </c>
       <c r="P19" s="17">
         <v>4.42</v>
       </c>
       <c r="Q19" s="17">
         <v>5.27</v>
       </c>
       <c r="R19" s="19">
         <v>5.82</v>
       </c>
       <c r="S19" s="28">
         <v>5.69</v>
       </c>
       <c r="T19" s="24">
         <v>4.66</v>
       </c>
       <c r="U19" s="29">
         <v>4.2300000000000004</v>
       </c>
       <c r="V19" s="24">
         <v>4.47</v>
       </c>
       <c r="W19">
         <v>5.2</v>
       </c>
-    </row>
-    <row r="20" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X19">
+        <v>5.53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="24">
         <v>3.15</v>
       </c>
       <c r="C20" s="17">
         <v>3.29</v>
       </c>
       <c r="D20" s="17">
         <v>2.86</v>
       </c>
       <c r="E20" s="17">
         <v>3.47</v>
       </c>
       <c r="F20" s="17">
         <v>4.1100000000000003</v>
       </c>
       <c r="G20" s="17">
         <v>5.45</v>
       </c>
       <c r="H20" s="17">
         <v>6.71</v>
       </c>
       <c r="I20" s="17">
@@ -40065,52 +41679,55 @@
       </c>
       <c r="P20" s="17">
         <v>5.52</v>
       </c>
       <c r="Q20" s="17">
         <v>5.93</v>
       </c>
       <c r="R20" s="19">
         <v>6.32</v>
       </c>
       <c r="S20" s="28">
         <v>6.08</v>
       </c>
       <c r="T20" s="24">
         <v>5.15</v>
       </c>
       <c r="U20" s="29">
         <v>4.96</v>
       </c>
       <c r="V20" s="24">
         <v>5.71</v>
       </c>
       <c r="W20">
         <v>6.76</v>
       </c>
-    </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X20">
+        <v>6.99</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="24">
         <v>1.9000000000000001</v>
       </c>
       <c r="C21" s="17">
         <v>2.08</v>
       </c>
       <c r="D21" s="17">
         <v>1.74</v>
       </c>
       <c r="E21" s="17">
         <v>1.53</v>
       </c>
       <c r="F21" s="17">
         <v>2.2599999999999998</v>
       </c>
       <c r="G21" s="17">
         <v>2.97</v>
       </c>
       <c r="H21" s="17">
         <v>3.93</v>
       </c>
       <c r="I21" s="17">
@@ -40136,52 +41753,55 @@
       </c>
       <c r="P21" s="17">
         <v>3.34</v>
       </c>
       <c r="Q21" s="17">
         <v>3.71</v>
       </c>
       <c r="R21" s="19">
         <v>4.09</v>
       </c>
       <c r="S21" s="28">
         <v>4.08</v>
       </c>
       <c r="T21" s="24">
         <v>3.19</v>
       </c>
       <c r="U21" s="29">
         <v>2.88</v>
       </c>
       <c r="V21" s="24">
         <v>5.24</v>
       </c>
       <c r="W21">
         <v>3.24</v>
       </c>
-    </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X21">
+        <v>3.67</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="24">
         <v>1.96</v>
       </c>
       <c r="C22" s="17">
         <v>2.36</v>
       </c>
       <c r="D22" s="17">
         <v>1.6</v>
       </c>
       <c r="E22" s="17">
         <v>1.63</v>
       </c>
       <c r="F22" s="17">
         <v>1.74</v>
       </c>
       <c r="G22" s="17">
         <v>1.9</v>
       </c>
       <c r="H22" s="17">
         <v>2.39</v>
       </c>
       <c r="I22" s="17">
@@ -40207,52 +41827,55 @@
       </c>
       <c r="P22" s="17">
         <v>2.3199999999999998</v>
       </c>
       <c r="Q22" s="17">
         <v>2.59</v>
       </c>
       <c r="R22" s="19">
         <v>2.89</v>
       </c>
       <c r="S22" s="28">
         <v>2.83</v>
       </c>
       <c r="T22" s="24">
         <v>2.5499999999999998</v>
       </c>
       <c r="U22" s="29">
         <v>2.57</v>
       </c>
       <c r="V22" s="24">
         <v>2.77</v>
       </c>
       <c r="W22">
         <v>3.29</v>
       </c>
-    </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X22">
+        <v>3.5300000000000002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="24">
         <v>1.3800000000000001</v>
       </c>
       <c r="C23" s="17">
         <v>1.6</v>
       </c>
       <c r="D23" s="17">
         <v>1.36</v>
       </c>
       <c r="E23" s="17">
         <v>1.36</v>
       </c>
       <c r="F23" s="17">
         <v>2.0099999999999998</v>
       </c>
       <c r="G23" s="17">
         <v>2.69</v>
       </c>
       <c r="H23" s="17">
         <v>3.54</v>
       </c>
       <c r="I23" s="17">
@@ -40278,52 +41901,55 @@
       </c>
       <c r="P23" s="17">
         <v>2.2200000000000002</v>
       </c>
       <c r="Q23" s="17">
         <v>2.37</v>
       </c>
       <c r="R23" s="19">
         <v>2.88</v>
       </c>
       <c r="S23" s="28">
         <v>2.6</v>
       </c>
       <c r="T23" s="24">
         <v>2.37</v>
       </c>
       <c r="U23" s="29">
         <v>2.2599999999999998</v>
       </c>
       <c r="V23" s="24">
         <v>2.59</v>
       </c>
       <c r="W23">
         <v>3.02</v>
       </c>
-    </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X23">
+        <v>3.27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="24">
         <v>2.17</v>
       </c>
       <c r="C24" s="17">
         <v>2.65</v>
       </c>
       <c r="D24" s="17">
         <v>2.15</v>
       </c>
       <c r="E24" s="17">
         <v>2.66</v>
       </c>
       <c r="F24" s="17">
         <v>3.04</v>
       </c>
       <c r="G24" s="17">
         <v>3.65</v>
       </c>
       <c r="H24" s="17">
         <v>4.3499999999999996</v>
       </c>
       <c r="I24" s="17">
@@ -40349,52 +41975,55 @@
       </c>
       <c r="P24" s="17">
         <v>3.82</v>
       </c>
       <c r="Q24" s="17">
         <v>4.0999999999999996</v>
       </c>
       <c r="R24" s="19">
         <v>4.51</v>
       </c>
       <c r="S24" s="28">
         <v>4.4800000000000004</v>
       </c>
       <c r="T24" s="24">
         <v>3.87</v>
       </c>
       <c r="U24" s="29">
         <v>3.86</v>
       </c>
       <c r="V24" s="24">
         <v>4.33</v>
       </c>
       <c r="W24">
         <v>5.13</v>
       </c>
-    </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X24">
+        <v>5.59</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="24">
         <v>3.12</v>
       </c>
       <c r="C25" s="17">
         <v>3.72</v>
       </c>
       <c r="D25" s="17">
         <v>2.88</v>
       </c>
       <c r="E25" s="17">
         <v>3.36</v>
       </c>
       <c r="F25" s="17">
         <v>3.64</v>
       </c>
       <c r="G25" s="17">
         <v>4.33</v>
       </c>
       <c r="H25" s="17">
         <v>4.8499999999999996</v>
       </c>
       <c r="I25" s="17">
@@ -40420,52 +42049,55 @@
       </c>
       <c r="P25" s="17">
         <v>4.4800000000000004</v>
       </c>
       <c r="Q25" s="17">
         <v>4.7</v>
       </c>
       <c r="R25" s="19">
         <v>5.2</v>
       </c>
       <c r="S25" s="28">
         <v>5.0199999999999996</v>
       </c>
       <c r="T25" s="24">
         <v>4.5599999999999996</v>
       </c>
       <c r="U25" s="29">
         <v>4.72</v>
       </c>
       <c r="V25" s="24">
         <v>5.29</v>
       </c>
       <c r="W25">
         <v>5.92</v>
       </c>
-    </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X25">
+        <v>6.26</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="24">
         <v>2.0699999999999998</v>
       </c>
       <c r="C26" s="17">
         <v>2.12</v>
       </c>
       <c r="D26" s="17">
         <v>1.86</v>
       </c>
       <c r="E26" s="17">
         <v>2.21</v>
       </c>
       <c r="F26" s="17">
         <v>2.4300000000000002</v>
       </c>
       <c r="G26" s="17">
         <v>2.66</v>
       </c>
       <c r="H26" s="17">
         <v>3.4</v>
       </c>
       <c r="I26" s="17">
@@ -40491,52 +42123,55 @@
       </c>
       <c r="P26" s="17">
         <v>3.05</v>
       </c>
       <c r="Q26" s="17">
         <v>3.14</v>
       </c>
       <c r="R26" s="19">
         <v>3.4</v>
       </c>
       <c r="S26" s="28">
         <v>3.28</v>
       </c>
       <c r="T26" s="24">
         <v>3.02</v>
       </c>
       <c r="U26" s="29">
         <v>2.9</v>
       </c>
       <c r="V26" s="24">
         <v>3.17</v>
       </c>
       <c r="W26">
         <v>3.7800000000000002</v>
       </c>
-    </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X26">
+        <v>4.04</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" s="24">
         <v>3.04</v>
       </c>
       <c r="C27" s="17">
         <v>3.53</v>
       </c>
       <c r="D27" s="17">
         <v>2.79</v>
       </c>
       <c r="E27" s="17">
         <v>2.73</v>
       </c>
       <c r="F27" s="17">
         <v>3.24</v>
       </c>
       <c r="G27" s="17">
         <v>3.83</v>
       </c>
       <c r="H27" s="17">
         <v>4.4400000000000004</v>
       </c>
       <c r="I27" s="17">
@@ -40562,52 +42197,55 @@
       </c>
       <c r="P27" s="17">
         <v>4.37</v>
       </c>
       <c r="Q27" s="17">
         <v>4.63</v>
       </c>
       <c r="R27" s="19">
         <v>5</v>
       </c>
       <c r="S27" s="28">
         <v>4.8899999999999997</v>
       </c>
       <c r="T27" s="24">
         <v>4.16</v>
       </c>
       <c r="U27" s="29">
         <v>4.01</v>
       </c>
       <c r="V27" s="24">
         <v>4.3</v>
       </c>
       <c r="W27">
         <v>4.8</v>
       </c>
-    </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X27">
+        <v>4.92</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="24">
         <v>2.46</v>
       </c>
       <c r="C28" s="17">
         <v>2.19</v>
       </c>
       <c r="D28" s="17">
         <v>1.94</v>
       </c>
       <c r="E28" s="17">
         <v>2.04</v>
       </c>
       <c r="F28" s="17">
         <v>2.58</v>
       </c>
       <c r="G28" s="17">
         <v>3.11</v>
       </c>
       <c r="H28" s="17">
         <v>4.21</v>
       </c>
       <c r="I28" s="17">
@@ -40633,52 +42271,55 @@
       </c>
       <c r="P28" s="17">
         <v>5.86</v>
       </c>
       <c r="Q28" s="17">
         <v>6.42</v>
       </c>
       <c r="R28" s="19">
         <v>6.94</v>
       </c>
       <c r="S28" s="28">
         <v>6.73</v>
       </c>
       <c r="T28" s="24">
         <v>5.64</v>
       </c>
       <c r="U28" s="29">
         <v>5.44</v>
       </c>
       <c r="V28" s="24">
         <v>5.69</v>
       </c>
       <c r="W28">
         <v>6.28</v>
       </c>
-    </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X28">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="24">
         <v>1.19</v>
       </c>
       <c r="C29" s="17">
         <v>1.52</v>
       </c>
       <c r="D29" s="17">
         <v>1.64</v>
       </c>
       <c r="E29" s="17">
         <v>2.2799999999999998</v>
       </c>
       <c r="F29" s="17">
         <v>2.33</v>
       </c>
       <c r="G29" s="17">
         <v>2.77</v>
       </c>
       <c r="H29" s="17">
         <v>2.71</v>
       </c>
       <c r="I29" s="17">
@@ -40704,52 +42345,55 @@
       </c>
       <c r="P29" s="17">
         <v>2.06</v>
       </c>
       <c r="Q29" s="17">
         <v>2.27</v>
       </c>
       <c r="R29" s="19">
         <v>2.79</v>
       </c>
       <c r="S29" s="28">
         <v>2.66</v>
       </c>
       <c r="T29" s="24">
         <v>1.94</v>
       </c>
       <c r="U29" s="29">
         <v>1.86</v>
       </c>
       <c r="V29" s="24">
         <v>2.2000000000000002</v>
       </c>
       <c r="W29">
         <v>2.54</v>
       </c>
-    </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X29">
+        <v>2.59</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="24">
         <v>2.04</v>
       </c>
       <c r="C30" s="17">
         <v>2.4</v>
       </c>
       <c r="D30" s="17">
         <v>1.96</v>
       </c>
       <c r="E30" s="17">
         <v>2.34</v>
       </c>
       <c r="F30" s="17">
         <v>2.92</v>
       </c>
       <c r="G30" s="17">
         <v>3.85</v>
       </c>
       <c r="H30" s="17">
         <v>4.6100000000000003</v>
       </c>
       <c r="I30" s="17">
@@ -40775,52 +42419,55 @@
       </c>
       <c r="P30" s="17">
         <v>4.25</v>
       </c>
       <c r="Q30" s="17">
         <v>4.66</v>
       </c>
       <c r="R30" s="19">
         <v>5.1100000000000003</v>
       </c>
       <c r="S30" s="28">
         <v>4.9000000000000004</v>
       </c>
       <c r="T30" s="24">
         <v>4.29</v>
       </c>
       <c r="U30" s="29">
         <v>4.25</v>
       </c>
       <c r="V30" s="24">
         <v>4.71</v>
       </c>
       <c r="W30">
         <v>5.46</v>
       </c>
-    </row>
-    <row r="31" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X30">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="24">
         <v>1.99</v>
       </c>
       <c r="C31" s="17">
         <v>2.0299999999999998</v>
       </c>
       <c r="D31" s="17">
         <v>1.59</v>
       </c>
       <c r="E31" s="17">
         <v>2.08</v>
       </c>
       <c r="F31" s="17">
         <v>2.2400000000000002</v>
       </c>
       <c r="G31" s="17">
         <v>2.42</v>
       </c>
       <c r="H31" s="17">
         <v>2.79</v>
       </c>
       <c r="I31" s="17">
@@ -40846,52 +42493,55 @@
       </c>
       <c r="P31" s="17">
         <v>2.5299999999999998</v>
       </c>
       <c r="Q31" s="17">
         <v>2.65</v>
       </c>
       <c r="R31" s="19">
         <v>3.14</v>
       </c>
       <c r="S31" s="28">
         <v>2.97</v>
       </c>
       <c r="T31" s="24">
         <v>2.4500000000000002</v>
       </c>
       <c r="U31" s="29">
         <v>2.39</v>
       </c>
       <c r="V31" s="24">
         <v>2.42</v>
       </c>
       <c r="W31">
         <v>2.7800000000000002</v>
       </c>
-    </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X31">
+        <v>3.09</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="24">
         <v>2.2800000000000002</v>
       </c>
       <c r="C32" s="17">
         <v>2.4900000000000002</v>
       </c>
       <c r="D32" s="17">
         <v>2.2599999999999998</v>
       </c>
       <c r="E32" s="17">
         <v>2.93</v>
       </c>
       <c r="F32" s="17">
         <v>3.24</v>
       </c>
       <c r="G32" s="17">
         <v>3.69</v>
       </c>
       <c r="H32" s="17">
         <v>4</v>
       </c>
       <c r="I32" s="17">
@@ -40917,52 +42567,55 @@
       </c>
       <c r="P32" s="17">
         <v>4.6900000000000004</v>
       </c>
       <c r="Q32" s="17">
         <v>4.95</v>
       </c>
       <c r="R32" s="19">
         <v>5.34</v>
       </c>
       <c r="S32" s="28">
         <v>5.08</v>
       </c>
       <c r="T32" s="24">
         <v>4.7</v>
       </c>
       <c r="U32" s="29">
         <v>4.83</v>
       </c>
       <c r="V32" s="24">
         <v>5.24</v>
       </c>
       <c r="W32">
         <v>5.7700000000000005</v>
       </c>
-    </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X32">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" t="s">
         <v>24</v>
       </c>
       <c r="B33" s="24">
         <v>1.33</v>
       </c>
       <c r="C33" s="17">
         <v>1.53</v>
       </c>
       <c r="D33" s="17">
         <v>1.37</v>
       </c>
       <c r="E33" s="17">
         <v>1.65</v>
       </c>
       <c r="F33" s="17">
         <v>1.82</v>
       </c>
       <c r="G33" s="17">
         <v>2.2599999999999998</v>
       </c>
       <c r="H33" s="17">
         <v>2.82</v>
       </c>
       <c r="I33" s="17">
@@ -40988,52 +42641,55 @@
       </c>
       <c r="P33" s="17">
         <v>1.77</v>
       </c>
       <c r="Q33" s="17">
         <v>1.99</v>
       </c>
       <c r="R33" s="19">
         <v>2.2599999999999998</v>
       </c>
       <c r="S33" s="28">
         <v>2.16</v>
       </c>
       <c r="T33" s="24">
         <v>1.86</v>
       </c>
       <c r="U33" s="29">
         <v>2.06</v>
       </c>
       <c r="V33" s="24">
         <v>2.4</v>
       </c>
       <c r="W33">
         <v>2.77</v>
       </c>
-    </row>
-    <row r="34" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X33">
+        <v>3.0300000000000002</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" t="s">
         <v>25</v>
       </c>
       <c r="B34" s="24">
         <v>2.38</v>
       </c>
       <c r="C34" s="17">
         <v>2.73</v>
       </c>
       <c r="D34" s="17">
         <v>2.23</v>
       </c>
       <c r="E34" s="17">
         <v>2.68</v>
       </c>
       <c r="F34" s="17">
         <v>3.08</v>
       </c>
       <c r="G34" s="17">
         <v>3.79</v>
       </c>
       <c r="H34" s="17">
         <v>4.5</v>
       </c>
       <c r="I34" s="17">
@@ -41059,52 +42715,55 @@
       </c>
       <c r="P34" s="17">
         <v>4.05</v>
       </c>
       <c r="Q34" s="17">
         <v>4.32</v>
       </c>
       <c r="R34" s="19">
         <v>4.79</v>
       </c>
       <c r="S34" s="28">
         <v>4.6900000000000004</v>
       </c>
       <c r="T34" s="24">
         <v>4.2</v>
       </c>
       <c r="U34" s="29">
         <v>4.16</v>
       </c>
       <c r="V34" s="24">
         <v>4.67</v>
       </c>
       <c r="W34">
         <v>5.34</v>
       </c>
-    </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X34">
+        <v>5.55</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="24">
         <v>3.74</v>
       </c>
       <c r="C35" s="17">
         <v>3.94</v>
       </c>
       <c r="D35" s="17">
         <v>3.37</v>
       </c>
       <c r="E35" s="17">
         <v>3.77</v>
       </c>
       <c r="F35" s="17">
         <v>4.33</v>
       </c>
       <c r="G35" s="17">
         <v>5.23</v>
       </c>
       <c r="H35" s="17">
         <v>6.56</v>
       </c>
       <c r="I35" s="17">
@@ -41130,52 +42789,55 @@
       </c>
       <c r="P35" s="17">
         <v>6.43</v>
       </c>
       <c r="Q35" s="17">
         <v>6.6</v>
       </c>
       <c r="R35" s="19">
         <v>7.49</v>
       </c>
       <c r="S35" s="28">
         <v>7.26</v>
       </c>
       <c r="T35" s="24">
         <v>6.14</v>
       </c>
       <c r="U35" s="29">
         <v>6.1</v>
       </c>
       <c r="V35" s="24">
         <v>6.77</v>
       </c>
       <c r="W35">
         <v>7.12</v>
       </c>
-    </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X35">
+        <v>7.68</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="24">
         <v>1.6600000000000001</v>
       </c>
       <c r="C36" s="17">
         <v>1.95</v>
       </c>
       <c r="D36" s="17">
         <v>1.91</v>
       </c>
       <c r="E36" s="17">
         <v>2</v>
       </c>
       <c r="F36" s="17">
         <v>2.21</v>
       </c>
       <c r="G36" s="17">
         <v>2.76</v>
       </c>
       <c r="H36" s="17">
         <v>3.11</v>
       </c>
       <c r="I36" s="17">
@@ -41201,52 +42863,55 @@
       </c>
       <c r="P36" s="17">
         <v>3.09</v>
       </c>
       <c r="Q36" s="17">
         <v>3.43</v>
       </c>
       <c r="R36" s="19">
         <v>3.97</v>
       </c>
       <c r="S36" s="28">
         <v>3.81</v>
       </c>
       <c r="T36" s="24">
         <v>3.34</v>
       </c>
       <c r="U36" s="29">
         <v>2.87</v>
       </c>
       <c r="V36" s="24">
         <v>3.05</v>
       </c>
       <c r="W36">
         <v>3.24</v>
       </c>
-    </row>
-    <row r="37" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X36">
+        <v>4.0200000000000005</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="24">
         <v>2.52</v>
       </c>
       <c r="C37" s="17">
         <v>3.13</v>
       </c>
       <c r="D37" s="17">
         <v>2.86</v>
       </c>
       <c r="E37" s="17">
         <v>3.2</v>
       </c>
       <c r="F37" s="17">
         <v>3.64</v>
       </c>
       <c r="G37" s="17">
         <v>4.5199999999999996</v>
       </c>
       <c r="H37" s="17">
         <v>5.8</v>
       </c>
       <c r="I37" s="17">
@@ -41272,52 +42937,55 @@
       </c>
       <c r="P37" s="17">
         <v>5.17</v>
       </c>
       <c r="Q37" s="17">
         <v>5.4</v>
       </c>
       <c r="R37" s="19">
         <v>5.71</v>
       </c>
       <c r="S37" s="28">
         <v>5.76</v>
       </c>
       <c r="T37" s="24">
         <v>4.79</v>
       </c>
       <c r="U37" s="29">
         <v>4.54</v>
       </c>
       <c r="V37" s="24">
         <v>5.14</v>
       </c>
       <c r="W37">
         <v>5.75</v>
       </c>
-    </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X37">
+        <v>6.0600000000000005</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="24">
         <v>1.27</v>
       </c>
       <c r="C38" s="17">
         <v>3.16</v>
       </c>
       <c r="D38" s="17">
         <v>2.4500000000000002</v>
       </c>
       <c r="E38" s="17">
         <v>2.71</v>
       </c>
       <c r="F38" s="17">
         <v>1.79</v>
       </c>
       <c r="G38" s="17">
         <v>1.87</v>
       </c>
       <c r="H38" s="17">
         <v>1.56</v>
       </c>
       <c r="I38" s="17">
@@ -41343,52 +43011,55 @@
       </c>
       <c r="P38" s="17">
         <v>2.14</v>
       </c>
       <c r="Q38" s="17">
         <v>2.29</v>
       </c>
       <c r="R38" s="19">
         <v>2.86</v>
       </c>
       <c r="S38" s="28">
         <v>2.75</v>
       </c>
       <c r="T38" s="24">
         <v>2.27</v>
       </c>
       <c r="U38" s="29">
         <v>2.11</v>
       </c>
       <c r="V38" s="24">
         <v>2.3199999999999998</v>
       </c>
       <c r="W38">
         <v>2.56</v>
       </c>
-    </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X38">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="24">
         <v>1.95</v>
       </c>
       <c r="C39" s="17">
         <v>2.19</v>
       </c>
       <c r="D39" s="17">
         <v>1.83</v>
       </c>
       <c r="E39" s="17">
         <v>2.0499999999999998</v>
       </c>
       <c r="F39" s="17">
         <v>2.4900000000000002</v>
       </c>
       <c r="G39" s="17">
         <v>2.59</v>
       </c>
       <c r="H39" s="17">
         <v>3.09</v>
       </c>
       <c r="I39" s="17">
@@ -41414,52 +43085,55 @@
       </c>
       <c r="P39" s="17">
         <v>2.48</v>
       </c>
       <c r="Q39" s="17">
         <v>2.48</v>
       </c>
       <c r="R39" s="19">
         <v>2.81</v>
       </c>
       <c r="S39" s="28">
         <v>2.6</v>
       </c>
       <c r="T39" s="24">
         <v>2.12</v>
       </c>
       <c r="U39" s="29">
         <v>2.0499999999999998</v>
       </c>
       <c r="V39" s="24">
         <v>2.42</v>
       </c>
       <c r="W39">
         <v>2.79</v>
       </c>
-    </row>
-    <row r="40" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X39">
+        <v>3.25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="24">
         <v>1.29</v>
       </c>
       <c r="C40" s="17">
         <v>1.61</v>
       </c>
       <c r="D40" s="17">
         <v>1.53</v>
       </c>
       <c r="E40" s="17">
         <v>1.88</v>
       </c>
       <c r="F40" s="17">
         <v>2.2200000000000002</v>
       </c>
       <c r="G40" s="17">
         <v>2.42</v>
       </c>
       <c r="H40" s="17">
         <v>2.89</v>
       </c>
       <c r="I40" s="17">
@@ -41485,52 +43159,55 @@
       </c>
       <c r="P40" s="17">
         <v>2.33</v>
       </c>
       <c r="Q40" s="17">
         <v>2.37</v>
       </c>
       <c r="R40" s="19">
         <v>2.89</v>
       </c>
       <c r="S40" s="28">
         <v>2.71</v>
       </c>
       <c r="T40" s="24">
         <v>2.14</v>
       </c>
       <c r="U40" s="29">
         <v>1.89</v>
       </c>
       <c r="V40" s="24">
         <v>2.1</v>
       </c>
       <c r="W40">
         <v>2.46</v>
       </c>
-    </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X40">
+        <v>3.02</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="24">
         <v>1.18</v>
       </c>
       <c r="C41" s="17">
         <v>1.33</v>
       </c>
       <c r="D41" s="17">
         <v>1.24</v>
       </c>
       <c r="E41" s="17">
         <v>1.53</v>
       </c>
       <c r="F41" s="17">
         <v>1.92</v>
       </c>
       <c r="G41" s="17">
         <v>2.35</v>
       </c>
       <c r="H41" s="17">
         <v>2.63</v>
       </c>
       <c r="I41" s="17">
@@ -41556,52 +43233,55 @@
       </c>
       <c r="P41" s="17">
         <v>3.09</v>
       </c>
       <c r="Q41" s="17">
         <v>3.44</v>
       </c>
       <c r="R41" s="19">
         <v>3.94</v>
       </c>
       <c r="S41" s="28">
         <v>3.72</v>
       </c>
       <c r="T41" s="24">
         <v>3.04</v>
       </c>
       <c r="U41" s="29">
         <v>2.96</v>
       </c>
       <c r="V41" s="24">
         <v>3.31</v>
       </c>
       <c r="W41">
         <v>3.7600000000000002</v>
       </c>
-    </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X41">
+        <v>4.2300000000000004</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="24">
         <v>2.63</v>
       </c>
       <c r="C42" s="17">
         <v>3.01</v>
       </c>
       <c r="D42" s="17">
         <v>2.62</v>
       </c>
       <c r="E42" s="17">
         <v>2.99</v>
       </c>
       <c r="F42" s="17">
         <v>3.43</v>
       </c>
       <c r="G42" s="17">
         <v>4.29</v>
       </c>
       <c r="H42" s="17">
         <v>5.63</v>
       </c>
       <c r="I42" s="17">
@@ -41627,52 +43307,55 @@
       </c>
       <c r="P42" s="17">
         <v>6.15</v>
       </c>
       <c r="Q42" s="17">
         <v>6.35</v>
       </c>
       <c r="R42" s="19">
         <v>6.36</v>
       </c>
       <c r="S42" s="28">
         <v>6.13</v>
       </c>
       <c r="T42" s="24">
         <v>5.9</v>
       </c>
       <c r="U42" s="29">
         <v>4.83</v>
       </c>
       <c r="V42" s="24">
         <v>5.1100000000000003</v>
       </c>
       <c r="W42">
         <v>5.5</v>
       </c>
-    </row>
-    <row r="43" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X42">
+        <v>6.07</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="24">
         <v>2.95</v>
       </c>
       <c r="C43" s="17">
         <v>2.68</v>
       </c>
       <c r="D43" s="17">
         <v>2.29</v>
       </c>
       <c r="E43" s="17">
         <v>2.99</v>
       </c>
       <c r="F43" s="17">
         <v>4.13</v>
       </c>
       <c r="G43" s="17">
         <v>5.86</v>
       </c>
       <c r="H43" s="17">
         <v>8.18</v>
       </c>
       <c r="I43" s="17">
@@ -41698,52 +43381,55 @@
       </c>
       <c r="P43" s="17">
         <v>4.84</v>
       </c>
       <c r="Q43" s="17">
         <v>5.15</v>
       </c>
       <c r="R43" s="19">
         <v>5.83</v>
       </c>
       <c r="S43" s="28">
         <v>5.68</v>
       </c>
       <c r="T43" s="24">
         <v>4.6500000000000004</v>
       </c>
       <c r="U43" s="29">
         <v>4.32</v>
       </c>
       <c r="V43" s="24">
         <v>4.7300000000000004</v>
       </c>
       <c r="W43">
         <v>5.49</v>
       </c>
-    </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X43">
+        <v>6.16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="24">
         <v>1.36</v>
       </c>
       <c r="C44" s="17">
         <v>1.59</v>
       </c>
       <c r="D44" s="17">
         <v>1.55</v>
       </c>
       <c r="E44" s="17">
         <v>1.95</v>
       </c>
       <c r="F44" s="17">
         <v>2.29</v>
       </c>
       <c r="G44" s="17">
         <v>2.69</v>
       </c>
       <c r="H44" s="17">
         <v>2.99</v>
       </c>
       <c r="I44" s="17">
@@ -41769,52 +43455,55 @@
       </c>
       <c r="P44" s="17">
         <v>3.38</v>
       </c>
       <c r="Q44" s="17">
         <v>3.64</v>
       </c>
       <c r="R44" s="19">
         <v>4.09</v>
       </c>
       <c r="S44" s="28">
         <v>4.0199999999999996</v>
       </c>
       <c r="T44" s="24">
         <v>3.28</v>
       </c>
       <c r="U44" s="29">
         <v>3.16</v>
       </c>
       <c r="V44" s="24">
         <v>3.55</v>
       </c>
       <c r="W44">
         <v>3.91</v>
       </c>
-    </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X44">
+        <v>4.2700000000000005</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="24">
         <v>2.64</v>
       </c>
       <c r="C45" s="17">
         <v>3.01</v>
       </c>
       <c r="D45" s="17">
         <v>2.39</v>
       </c>
       <c r="E45" s="17">
         <v>2.8</v>
       </c>
       <c r="F45" s="17">
         <v>3.16</v>
       </c>
       <c r="G45" s="17">
         <v>3.61</v>
       </c>
       <c r="H45" s="17">
         <v>4.08</v>
       </c>
       <c r="I45" s="17">
@@ -41840,52 +43529,55 @@
       </c>
       <c r="P45" s="17">
         <v>4.0599999999999996</v>
       </c>
       <c r="Q45" s="17">
         <v>4.3</v>
       </c>
       <c r="R45" s="19">
         <v>4.5599999999999996</v>
       </c>
       <c r="S45" s="28">
         <v>4.47</v>
       </c>
       <c r="T45" s="24">
         <v>4.01</v>
       </c>
       <c r="U45" s="29">
         <v>4.04</v>
       </c>
       <c r="V45" s="24">
         <v>4.47</v>
       </c>
       <c r="W45">
         <v>4.9800000000000004</v>
       </c>
-    </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X45">
+        <v>5.34</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" t="s">
         <v>37</v>
       </c>
       <c r="B46" s="24">
         <v>2.54</v>
       </c>
       <c r="C46" s="17">
         <v>2.88</v>
       </c>
       <c r="D46" s="17">
         <v>2.37</v>
       </c>
       <c r="E46" s="17">
         <v>2.84</v>
       </c>
       <c r="F46" s="17">
         <v>3.31</v>
       </c>
       <c r="G46" s="17">
         <v>3.73</v>
       </c>
       <c r="H46" s="17">
         <v>4.3</v>
       </c>
       <c r="I46" s="17">
@@ -41911,52 +43603,55 @@
       </c>
       <c r="P46" s="17">
         <v>4.8899999999999997</v>
       </c>
       <c r="Q46" s="17">
         <v>5.36</v>
       </c>
       <c r="R46" s="19">
         <v>5.6</v>
       </c>
       <c r="S46" s="28">
         <v>5.83</v>
       </c>
       <c r="T46" s="24">
         <v>4.8600000000000003</v>
       </c>
       <c r="U46" s="29">
         <v>4.0199999999999996</v>
       </c>
       <c r="V46" s="24">
         <v>4.46</v>
       </c>
       <c r="W46">
         <v>4.83</v>
       </c>
-    </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X46">
+        <v>5.48</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" s="24">
         <v>1.73</v>
       </c>
       <c r="C47" s="17">
         <v>1.95</v>
       </c>
       <c r="D47" s="17">
         <v>1.52</v>
       </c>
       <c r="E47" s="17">
         <v>1.69</v>
       </c>
       <c r="F47" s="17">
         <v>2.2999999999999998</v>
       </c>
       <c r="G47" s="17">
         <v>2.97</v>
       </c>
       <c r="H47" s="17">
         <v>3.98</v>
       </c>
       <c r="I47" s="17">
@@ -41982,52 +43677,55 @@
       </c>
       <c r="P47" s="17">
         <v>2.27</v>
       </c>
       <c r="Q47" s="17">
         <v>2.38</v>
       </c>
       <c r="R47" s="19">
         <v>2.61</v>
       </c>
       <c r="S47" s="28">
         <v>2.4500000000000002</v>
       </c>
       <c r="T47" s="24">
         <v>2.12</v>
       </c>
       <c r="U47" s="29">
         <v>2.2400000000000002</v>
       </c>
       <c r="V47" s="24">
         <v>2.77</v>
       </c>
       <c r="W47">
         <v>3.23</v>
       </c>
-    </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X47">
+        <v>3.59</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="24">
         <v>1.71</v>
       </c>
       <c r="C48" s="17">
         <v>2.13</v>
       </c>
       <c r="D48" s="17">
         <v>1.94</v>
       </c>
       <c r="E48" s="17">
         <v>2.29</v>
       </c>
       <c r="F48" s="17">
         <v>2.59</v>
       </c>
       <c r="G48" s="17">
         <v>2.84</v>
       </c>
       <c r="H48" s="17">
         <v>3.3</v>
       </c>
       <c r="I48" s="17">
@@ -42053,52 +43751,55 @@
       </c>
       <c r="P48" s="17">
         <v>3.73</v>
       </c>
       <c r="Q48" s="17">
         <v>4.01</v>
       </c>
       <c r="R48" s="19">
         <v>4.37</v>
       </c>
       <c r="S48" s="28">
         <v>4.0999999999999996</v>
       </c>
       <c r="T48" s="24">
         <v>3.35</v>
       </c>
       <c r="U48" s="29">
         <v>3.35</v>
       </c>
       <c r="V48" s="24">
         <v>3.84</v>
       </c>
       <c r="W48">
         <v>4.41</v>
       </c>
-    </row>
-    <row r="49" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X48">
+        <v>4.79</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" t="s">
         <v>40</v>
       </c>
       <c r="B49" s="24">
         <v>3.04</v>
       </c>
       <c r="C49" s="17">
         <v>3.38</v>
       </c>
       <c r="D49" s="17">
         <v>3.42</v>
       </c>
       <c r="E49" s="17">
         <v>4.55</v>
       </c>
       <c r="F49" s="17">
         <v>4.34</v>
       </c>
       <c r="G49" s="17">
         <v>4.62</v>
       </c>
       <c r="H49" s="17">
         <v>4.45</v>
       </c>
       <c r="I49" s="17">
@@ -42108,51 +43809,51 @@
         <v>5.48</v>
       </c>
       <c r="K49" s="17">
         <v>5.27</v>
       </c>
       <c r="L49" s="17">
         <v>5.1100000000000003</v>
       </c>
       <c r="M49" s="17">
         <v>5.55</v>
       </c>
       <c r="N49" s="17">
         <v>5.72</v>
       </c>
       <c r="O49" s="17">
         <v>5.95</v>
       </c>
       <c r="P49" s="17"/>
       <c r="Q49" s="17"/>
       <c r="R49" s="19"/>
       <c r="S49" s="28"/>
       <c r="T49" s="24"/>
       <c r="U49" s="29"/>
       <c r="V49" s="24"/>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:24">
       <c r="A50" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="24">
         <v>1.1200000000000001</v>
       </c>
       <c r="C50" s="17">
         <v>1.63</v>
       </c>
       <c r="D50" s="17">
         <v>1.59</v>
       </c>
       <c r="E50" s="17">
         <v>2.4900000000000002</v>
       </c>
       <c r="F50" s="17">
         <v>2.67</v>
       </c>
       <c r="G50" s="17">
         <v>3.45</v>
       </c>
       <c r="H50" s="17">
         <v>3.53</v>
       </c>
       <c r="I50" s="17">
@@ -42178,52 +43879,55 @@
       </c>
       <c r="P50" s="17">
         <v>2.5099999999999998</v>
       </c>
       <c r="Q50" s="17">
         <v>2.68</v>
       </c>
       <c r="R50" s="19">
         <v>3.1</v>
       </c>
       <c r="S50" s="28">
         <v>2.78</v>
       </c>
       <c r="T50" s="24">
         <v>2.23</v>
       </c>
       <c r="U50" s="29">
         <v>2.09</v>
       </c>
       <c r="V50" s="24">
         <v>2.4500000000000002</v>
       </c>
       <c r="W50">
         <v>2.84</v>
       </c>
-    </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X50">
+        <v>3.54</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="24">
         <v>3.47</v>
       </c>
       <c r="C51" s="17">
         <v>4.13</v>
       </c>
       <c r="D51" s="17">
         <v>3.32</v>
       </c>
       <c r="E51" s="17">
         <v>3.63</v>
       </c>
       <c r="F51" s="17">
         <v>4.18</v>
       </c>
       <c r="G51" s="17">
         <v>5.49</v>
       </c>
       <c r="H51" s="17">
         <v>6.38</v>
       </c>
       <c r="I51" s="17">
@@ -42249,52 +43953,55 @@
       </c>
       <c r="P51" s="17">
         <v>5.62</v>
       </c>
       <c r="Q51" s="17">
         <v>6.09</v>
       </c>
       <c r="R51" s="19">
         <v>6.4</v>
       </c>
       <c r="S51" s="28">
         <v>6.29</v>
       </c>
       <c r="T51" s="24">
         <v>5.27</v>
       </c>
       <c r="U51" s="29">
         <v>4.6500000000000004</v>
       </c>
       <c r="V51" s="24">
         <v>5.2</v>
       </c>
       <c r="W51">
         <v>5.89</v>
       </c>
-    </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X51">
+        <v>6.18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="24">
         <v>2.0499999999999998</v>
       </c>
       <c r="C52" s="17">
         <v>2.2000000000000002</v>
       </c>
       <c r="D52" s="17">
         <v>1.59</v>
       </c>
       <c r="E52" s="17">
         <v>2.2799999999999998</v>
       </c>
       <c r="F52" s="17">
         <v>2.41</v>
       </c>
       <c r="G52" s="17">
         <v>2.5099999999999998</v>
       </c>
       <c r="H52" s="17">
         <v>3.04</v>
       </c>
       <c r="I52" s="17">
@@ -42320,52 +44027,55 @@
       </c>
       <c r="P52" s="17">
         <v>2.78</v>
       </c>
       <c r="Q52" s="17">
         <v>2.97</v>
       </c>
       <c r="R52" s="19">
         <v>3.42</v>
       </c>
       <c r="S52" s="28">
         <v>3.39</v>
       </c>
       <c r="T52" s="24">
         <v>2.85</v>
       </c>
       <c r="U52" s="29">
         <v>2.54</v>
       </c>
       <c r="V52" s="24">
         <v>2.97</v>
       </c>
       <c r="W52">
         <v>3.3200000000000003</v>
       </c>
-    </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X52">
+        <v>3.65</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" s="24">
         <v>2.75</v>
       </c>
       <c r="C53" s="17">
         <v>2.62</v>
       </c>
       <c r="D53" s="17">
         <v>2.21</v>
       </c>
       <c r="E53" s="17">
         <v>2.56</v>
       </c>
       <c r="F53" s="17">
         <v>3.07</v>
       </c>
       <c r="G53" s="17">
         <v>3.93</v>
       </c>
       <c r="H53" s="17">
         <v>4.9400000000000004</v>
       </c>
       <c r="I53" s="17">
@@ -42391,52 +44101,55 @@
       </c>
       <c r="P53" s="17">
         <v>4.16</v>
       </c>
       <c r="Q53" s="17">
         <v>4.3600000000000003</v>
       </c>
       <c r="R53" s="19">
         <v>4.83</v>
       </c>
       <c r="S53" s="28">
         <v>4.74</v>
       </c>
       <c r="T53" s="24">
         <v>4.28</v>
       </c>
       <c r="U53" s="29">
         <v>4.4400000000000004</v>
       </c>
       <c r="V53" s="24">
         <v>4.82</v>
       </c>
       <c r="W53">
         <v>5.42</v>
       </c>
-    </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X53">
+        <v>5.69</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" t="s">
         <v>45</v>
       </c>
       <c r="B54" s="24">
         <v>2.64</v>
       </c>
       <c r="C54" s="17">
         <v>2.98</v>
       </c>
       <c r="D54" s="17">
         <v>2.76</v>
       </c>
       <c r="E54" s="17">
         <v>3.09</v>
       </c>
       <c r="F54" s="17">
         <v>3.38</v>
       </c>
       <c r="G54" s="17">
         <v>4.03</v>
       </c>
       <c r="H54" s="17">
         <v>5.43</v>
       </c>
       <c r="I54" s="17">
@@ -42462,52 +44175,55 @@
       </c>
       <c r="P54" s="17">
         <v>4.74</v>
       </c>
       <c r="Q54" s="17">
         <v>5.35</v>
       </c>
       <c r="R54" s="19">
         <v>5.83</v>
       </c>
       <c r="S54" s="28">
         <v>5.82</v>
       </c>
       <c r="T54" s="24">
         <v>5</v>
       </c>
       <c r="U54" s="29">
         <v>4.47</v>
       </c>
       <c r="V54" s="24">
         <v>4.72</v>
       </c>
       <c r="W54">
         <v>5.37</v>
       </c>
-    </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X54">
+        <v>5.76</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="24">
         <v>1.51</v>
       </c>
       <c r="C55" s="17">
         <v>1.54</v>
       </c>
       <c r="D55" s="17">
         <v>1.52</v>
       </c>
       <c r="E55" s="17">
         <v>1.51</v>
       </c>
       <c r="F55" s="17">
         <v>1.99</v>
       </c>
       <c r="G55" s="17">
         <v>2.68</v>
       </c>
       <c r="H55" s="17">
         <v>3.68</v>
       </c>
       <c r="I55" s="17">
@@ -42533,52 +44249,55 @@
       </c>
       <c r="P55" s="17">
         <v>2.23</v>
       </c>
       <c r="Q55" s="17">
         <v>2.2599999999999998</v>
       </c>
       <c r="R55" s="19">
         <v>2.57</v>
       </c>
       <c r="S55" s="28">
         <v>2.2999999999999998</v>
       </c>
       <c r="T55" s="24">
         <v>1.92</v>
       </c>
       <c r="U55" s="29">
         <v>1.73</v>
       </c>
       <c r="V55" s="24">
         <v>1.89</v>
       </c>
       <c r="W55">
         <v>2.5</v>
       </c>
-    </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X55">
+        <v>2.95</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="24">
         <v>1.95</v>
       </c>
       <c r="C56" s="17">
         <v>2.0299999999999998</v>
       </c>
       <c r="D56" s="17">
         <v>1.81</v>
       </c>
       <c r="E56" s="17">
         <v>2.12</v>
       </c>
       <c r="F56" s="17">
         <v>2.57</v>
       </c>
       <c r="G56" s="17">
         <v>3.21</v>
       </c>
       <c r="H56" s="17">
         <v>3.91</v>
       </c>
       <c r="I56" s="17">
@@ -42604,52 +44323,55 @@
       </c>
       <c r="P56" s="17">
         <v>3.19</v>
       </c>
       <c r="Q56" s="17">
         <v>3.72</v>
       </c>
       <c r="R56" s="19">
         <v>3.93</v>
       </c>
       <c r="S56" s="28">
         <v>3.74</v>
       </c>
       <c r="T56" s="24">
         <v>3.34</v>
       </c>
       <c r="U56" s="29">
         <v>3.34</v>
       </c>
       <c r="V56" s="24">
         <v>3.72</v>
       </c>
       <c r="W56">
         <v>4.29</v>
       </c>
-    </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X56">
+        <v>4.6399999999999997</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57" s="24">
         <v>1.2</v>
       </c>
       <c r="C57" s="17">
         <v>1.46</v>
       </c>
       <c r="D57" s="17">
         <v>1.28</v>
       </c>
       <c r="E57" s="17">
         <v>1.81</v>
       </c>
       <c r="F57" s="17">
         <v>1.72</v>
       </c>
       <c r="G57" s="17">
         <v>2.0099999999999998</v>
       </c>
       <c r="H57" s="17">
         <v>2.61</v>
       </c>
       <c r="I57" s="17">
@@ -42675,52 +44397,55 @@
       </c>
       <c r="P57" s="17">
         <v>2.7</v>
       </c>
       <c r="Q57" s="17">
         <v>2.92</v>
       </c>
       <c r="R57" s="19">
         <v>3.21</v>
       </c>
       <c r="S57" s="28">
         <v>3.03</v>
       </c>
       <c r="T57" s="24">
         <v>2.5499999999999998</v>
       </c>
       <c r="U57" s="29">
         <v>2.1800000000000002</v>
       </c>
       <c r="V57" s="24">
         <v>2.56</v>
       </c>
       <c r="W57">
         <v>2.64</v>
       </c>
-    </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X57">
+        <v>2.84</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" t="s">
         <v>49</v>
       </c>
       <c r="B58" s="24">
         <v>1.33</v>
       </c>
       <c r="C58" s="17">
         <v>1.67</v>
       </c>
       <c r="D58" s="17">
         <v>1.38</v>
       </c>
       <c r="E58" s="17">
         <v>1.63</v>
       </c>
       <c r="F58" s="17">
         <v>2.06</v>
       </c>
       <c r="G58" s="17">
         <v>2.85</v>
       </c>
       <c r="H58" s="17">
         <v>3.63</v>
       </c>
       <c r="I58" s="17">
@@ -42746,52 +44471,55 @@
       </c>
       <c r="P58" s="17">
         <v>2.2599999999999998</v>
       </c>
       <c r="Q58" s="17">
         <v>2.25</v>
       </c>
       <c r="R58" s="19">
         <v>2.56</v>
       </c>
       <c r="S58" s="28">
         <v>2.52</v>
       </c>
       <c r="T58" s="24">
         <v>2.1</v>
       </c>
       <c r="U58" s="29">
         <v>2.04</v>
       </c>
       <c r="V58" s="24">
         <v>2.5</v>
       </c>
       <c r="W58">
         <v>3.09</v>
       </c>
-    </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X58">
+        <v>3.7800000000000002</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" t="s">
         <v>50</v>
       </c>
       <c r="B59" s="24">
         <v>2.06</v>
       </c>
       <c r="C59" s="17">
         <v>1.94</v>
       </c>
       <c r="D59" s="17">
         <v>1.51</v>
       </c>
       <c r="E59" s="17">
         <v>2.02</v>
       </c>
       <c r="F59" s="17">
         <v>1.97</v>
       </c>
       <c r="G59" s="17">
         <v>2.33</v>
       </c>
       <c r="H59" s="17">
         <v>2.71</v>
       </c>
       <c r="I59" s="17">
@@ -42817,52 +44545,55 @@
       </c>
       <c r="P59" s="17">
         <v>2.41</v>
       </c>
       <c r="Q59" s="17">
         <v>2.4900000000000002</v>
       </c>
       <c r="R59" s="19">
         <v>2.71</v>
       </c>
       <c r="S59" s="28">
         <v>2.73</v>
       </c>
       <c r="T59" s="24">
         <v>2.52</v>
       </c>
       <c r="U59" s="29">
         <v>2.52</v>
       </c>
       <c r="V59" s="24">
         <v>3.02</v>
       </c>
       <c r="W59">
         <v>3.5100000000000002</v>
       </c>
-    </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X59">
+        <v>3.64</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="24">
         <v>1.96</v>
       </c>
       <c r="C60" s="17">
         <v>2.2200000000000002</v>
       </c>
       <c r="D60" s="17">
         <v>1.73</v>
       </c>
       <c r="E60" s="17">
         <v>2.04</v>
       </c>
       <c r="F60" s="17">
         <v>2.31</v>
       </c>
       <c r="G60" s="17">
         <v>2.6</v>
       </c>
       <c r="H60" s="17">
         <v>3.25</v>
       </c>
       <c r="I60" s="17">
@@ -42888,52 +44619,55 @@
       </c>
       <c r="P60" s="17">
         <v>5.0599999999999996</v>
       </c>
       <c r="Q60" s="17">
         <v>5.01</v>
       </c>
       <c r="R60" s="19">
         <v>5.41</v>
       </c>
       <c r="S60" s="28">
         <v>5.0999999999999996</v>
       </c>
       <c r="T60" s="24">
         <v>3.95</v>
       </c>
       <c r="U60" s="29">
         <v>3.7</v>
       </c>
       <c r="V60" s="24">
         <v>4.04</v>
       </c>
       <c r="W60">
         <v>4.7700000000000005</v>
       </c>
-    </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X60">
+        <v>5.2700000000000005</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" t="s">
         <v>52</v>
       </c>
       <c r="B61" s="24">
         <v>1.6300000000000001</v>
       </c>
       <c r="C61" s="17">
         <v>1.75</v>
       </c>
       <c r="D61" s="17">
         <v>1.46</v>
       </c>
       <c r="E61" s="17">
         <v>1.47</v>
       </c>
       <c r="F61" s="17">
         <v>1.88</v>
       </c>
       <c r="G61" s="17">
         <v>2.0299999999999998</v>
       </c>
       <c r="H61" s="17">
         <v>2.75</v>
       </c>
       <c r="I61" s="17">
@@ -42959,52 +44693,55 @@
       </c>
       <c r="P61" s="17">
         <v>3.15</v>
       </c>
       <c r="Q61" s="17">
         <v>3.5</v>
       </c>
       <c r="R61" s="19">
         <v>3.73</v>
       </c>
       <c r="S61" s="28">
         <v>3.84</v>
       </c>
       <c r="T61" s="24">
         <v>3.19</v>
       </c>
       <c r="U61" s="29">
         <v>2.93</v>
       </c>
       <c r="V61" s="24">
         <v>3.18</v>
       </c>
       <c r="W61">
         <v>3.48</v>
       </c>
-    </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.15">
+      <c r="X61">
+        <v>3.49</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" t="s">
         <v>53</v>
       </c>
       <c r="B62" s="24">
         <v>2.21</v>
       </c>
       <c r="C62" s="17">
         <v>2.4700000000000002</v>
       </c>
       <c r="D62" s="17">
         <v>2.13</v>
       </c>
       <c r="E62" s="17">
         <v>2.56</v>
       </c>
       <c r="F62" s="17">
         <v>3.08</v>
       </c>
       <c r="G62" s="17">
         <v>3.92</v>
       </c>
       <c r="H62" s="17">
         <v>4.83</v>
       </c>
       <c r="I62" s="17">
@@ -43029,93 +44766,102 @@
         <v>3.75</v>
       </c>
       <c r="P62" s="17">
         <v>4.03</v>
       </c>
       <c r="Q62" s="17">
         <v>4.41</v>
       </c>
       <c r="R62" s="19">
         <v>4.87</v>
       </c>
       <c r="S62" s="28">
         <v>4.76</v>
       </c>
       <c r="T62" s="24">
         <v>4.04</v>
       </c>
       <c r="U62" s="29">
         <v>3.81</v>
       </c>
       <c r="V62" s="24">
         <v>4.2</v>
       </c>
       <c r="W62">
         <v>4.8</v>
+      </c>
+      <c r="X62">
+        <v>5.18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K3"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1" xr:uid="{5B183E00-5C2D-854B-AF1C-EA249A713C40}"/>
+    <hyperlink ref="D4" r:id="rId1" xr:uid="{00000000-0004-0000-0800-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // FRSONLY&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{dd35ee93-e0d0-47c5-8f73-0e773bb6d984}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="1" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Cover Sheet</vt:lpstr>
       <vt:lpstr>Info</vt:lpstr>
       <vt:lpstr>population</vt:lpstr>
       <vt:lpstr>auto</vt:lpstr>
       <vt:lpstr>creditcard</vt:lpstr>
       <vt:lpstr>mortgage</vt:lpstr>
-      <vt:lpstr>student loan</vt:lpstr>
+      <vt:lpstr>studentloan</vt:lpstr>
       <vt:lpstr>total</vt:lpstr>
       <vt:lpstr>auto_delinq</vt:lpstr>
       <vt:lpstr>creditcard_delinq</vt:lpstr>
       <vt:lpstr>mortgage_delinq</vt:lpstr>
       <vt:lpstr>studentloan_delinq</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">